--- v0 (2025-11-21)
+++ v1 (2026-01-09)
@@ -349,129 +349,129 @@
       </c>
       <c r="C5" t="s" s="2">
         <v>11</v>
       </c>
       <c r="D5" t="s" s="2">
         <v>11</v>
       </c>
       <c r="E5" t="s" s="2">
         <v>11</v>
       </c>
       <c r="F5" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G5" t="s" s="2">
         <v>11</v>
       </c>
       <c r="H5" t="s" s="2">
         <v>11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="n" s="4">
-        <v>236024.0</v>
+        <v>236025.0</v>
       </c>
       <c r="C6" t="n" s="4">
         <v>267350.0</v>
       </c>
       <c r="D6" t="n" s="4">
         <v>283337.0</v>
       </c>
       <c r="E6" t="n" s="4">
         <v>113591.0</v>
       </c>
       <c r="F6" t="n" s="4">
         <v>24159.0</v>
       </c>
       <c r="G6" t="n" s="4">
         <v>14471.0</v>
       </c>
       <c r="H6" t="n" s="4">
         <v>21514.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" t="n" s="5">
-        <v>94645.0</v>
+        <v>84474.0</v>
       </c>
       <c r="C7" t="n" s="5">
-        <v>81511.0</v>
+        <v>82691.0</v>
       </c>
       <c r="D7" t="n" s="5">
         <v>71941.0</v>
       </c>
       <c r="E7" t="n" s="5">
         <v>23075.0</v>
       </c>
       <c r="F7" t="n" s="5">
         <v>11633.0</v>
       </c>
       <c r="G7" t="n" s="5">
         <v>11291.0</v>
       </c>
       <c r="H7" t="n" s="5">
         <v>11716.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>14</v>
       </c>
       <c r="B8" t="n" s="6">
         <v>-5388.0</v>
       </c>
       <c r="C8" t="n" s="6">
-        <v>16332.0</v>
+        <v>16509.0</v>
       </c>
       <c r="D8" t="n" s="6">
         <v>30080.0</v>
       </c>
       <c r="E8" t="n" s="6">
         <v>-4372.0</v>
       </c>
       <c r="F8" t="n" s="6">
         <v>1709.0</v>
       </c>
       <c r="G8" t="n" s="6">
         <v>-2927.0</v>
       </c>
       <c r="H8" t="n" s="6">
         <v>4562.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9" t="n" s="7">
-        <v>72935.0</v>
+        <v>62775.0</v>
       </c>
       <c r="C9" t="n" s="7">
         <v>145730.0</v>
       </c>
       <c r="D9" t="n" s="7">
         <v>132439.0</v>
       </c>
       <c r="E9" t="n" s="7">
         <v>39388.0</v>
       </c>
       <c r="F9" t="n" s="7">
         <v>39490.0</v>
       </c>
       <c r="G9" t="n" s="7">
         <v>-119.0</v>
       </c>
       <c r="H9" t="n" s="7">
         <v>2318.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="n" s="9">
@@ -586,103 +586,103 @@
       </c>
       <c r="D15" t="n" s="15">
         <v>111992.0</v>
       </c>
       <c r="E15" t="n" s="15">
         <v>1686882.0</v>
       </c>
       <c r="F15" t="n" s="15">
         <v>92738.0</v>
       </c>
       <c r="G15" t="n" s="15">
         <v>115124.0</v>
       </c>
       <c r="H15" t="n" s="15">
         <v>67747.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>27</v>
       </c>
       <c r="B16" t="n" s="16">
         <v>5915851.0</v>
       </c>
       <c r="C16" t="n" s="16">
-        <v>5524845.0</v>
+        <v>5513479.0</v>
       </c>
       <c r="D16" t="n" s="16">
         <v>4708313.0</v>
       </c>
       <c r="E16" t="n" s="16">
         <v>4344046.0</v>
       </c>
       <c r="F16" t="n" s="16">
         <v>1140032.0</v>
       </c>
       <c r="G16" t="n" s="16">
         <v>991344.0</v>
       </c>
       <c r="H16" t="n" s="16">
         <v>924823.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="n" s="18">
-        <v>157928.0</v>
+        <v>260884.0</v>
       </c>
       <c r="C17" t="n" s="18">
         <v>216487.0</v>
       </c>
       <c r="D17" t="n" s="18">
         <v>168399.0</v>
       </c>
       <c r="E17" t="n" s="18">
         <v>143498.0</v>
       </c>
       <c r="F17" t="n" s="18">
         <v>56421.0</v>
       </c>
       <c r="G17" t="n" s="18">
         <v>57166.0</v>
       </c>
       <c r="H17" t="n" s="18">
         <v>54350.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>29</v>
       </c>
       <c r="B18" t="n" s="22">
         <v>1.2452278E7</v>
       </c>
       <c r="C18" t="n" s="22">
-        <v>1.1727053E7</v>
+        <v>1.1711501E7</v>
       </c>
       <c r="D18" t="n" s="22">
         <v>1.0487212E7</v>
       </c>
       <c r="E18" t="n" s="22">
         <v>1.0189745E7</v>
       </c>
       <c r="F18" t="n" s="22">
         <v>3034148.0</v>
       </c>
       <c r="G18" t="n" s="22">
         <v>2207808.0</v>
       </c>
       <c r="H18" t="n" s="22">
         <v>1827674.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>30</v>
       </c>
       <c r="B19" t="n" s="23">
         <v>1171979.0</v>
       </c>
       <c r="C19" t="n" s="23">
@@ -690,77 +690,77 @@
       </c>
       <c r="D19" t="n" s="23">
         <v>2203364.0</v>
       </c>
       <c r="E19" t="n" s="23">
         <v>2427047.0</v>
       </c>
       <c r="F19" t="n" s="23">
         <v>708306.0</v>
       </c>
       <c r="G19" t="n" s="23">
         <v>409201.0</v>
       </c>
       <c r="H19" t="n" s="23">
         <v>196182.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>31</v>
       </c>
       <c r="B20" t="n" s="24">
         <v>7925416.0</v>
       </c>
       <c r="C20" t="n" s="24">
-        <v>7626029.0</v>
+        <v>7610477.0</v>
       </c>
       <c r="D20" t="n" s="24">
         <v>6270902.0</v>
       </c>
       <c r="E20" t="n" s="24">
         <v>6267540.0</v>
       </c>
       <c r="F20" t="n" s="24">
         <v>1974896.0</v>
       </c>
       <c r="G20" t="n" s="24">
         <v>1459948.0</v>
       </c>
       <c r="H20" t="n" s="24">
         <v>1340175.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="n" s="26">
         <v>1.1311023E7</v>
       </c>
       <c r="C21" t="n" s="26">
-        <v>1.0617451E7</v>
+        <v>1.0601899E7</v>
       </c>
       <c r="D21" t="n" s="26">
         <v>9594232.0</v>
       </c>
       <c r="E21" t="n" s="26">
         <v>9461962.0</v>
       </c>
       <c r="F21" t="n" s="26">
         <v>2798814.0</v>
       </c>
       <c r="G21" t="n" s="26">
         <v>2011399.0</v>
       </c>
       <c r="H21" t="n" s="26">
         <v>1656389.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>33</v>
       </c>
       <c r="B22" t="n" s="27">
         <v>1141255.0</v>
       </c>
       <c r="C22" t="n" s="27">
@@ -794,51 +794,51 @@
       </c>
       <c r="D23" t="n" s="28">
         <v>322530.0</v>
       </c>
       <c r="E23" t="n" s="28">
         <v>311320.0</v>
       </c>
       <c r="F23" t="n" s="28">
         <v>100000.0</v>
       </c>
       <c r="G23" t="n" s="28">
         <v>100000.0</v>
       </c>
       <c r="H23" t="n" s="28">
         <v>100000.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>35</v>
       </c>
       <c r="B24" t="n" s="31">
         <v>1.2452278E7</v>
       </c>
       <c r="C24" t="n" s="31">
-        <v>1.1727053E7</v>
+        <v>1.1711501E7</v>
       </c>
       <c r="D24" t="n" s="31">
         <v>1.0487212E7</v>
       </c>
       <c r="E24" t="n" s="31">
         <v>1.0189745E7</v>
       </c>
       <c r="F24" t="n" s="31">
         <v>3034148.0</v>
       </c>
       <c r="G24" t="n" s="31">
         <v>2207808.0</v>
       </c>
       <c r="H24" t="n" s="31">
         <v>1827674.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>36</v>
       </c>
       <c r="B27" t="s">
         <v>37</v>
       </c>
     </row>