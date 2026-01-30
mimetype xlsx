--- v0 (2025-12-15)
+++ v1 (2026-01-30)
@@ -8,51 +8,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="92">
   <si>
-    <t>Évközi jelentések pénzügyi adatai - DUNA HOUSE HOLDING Nyrt.</t>
+    <t>Évközi jelentések pénzügyi adatai - DH Group Nyrt.</t>
   </si>
   <si>
     <t>auditált, konszolidált, nemzetközi számviteli elvek (IFRS) alapján (Üzleti év: január 1 - június 30.)</t>
   </si>
   <si>
     <t>Eredménykimutatás főbb adatai P&amp;L</t>
   </si>
   <si>
     <t>2025. jan. - 2025. jún. (1)</t>
   </si>
   <si>
     <t>2024. okt. - 2024. dec. (2)</t>
   </si>
   <si>
     <t>2024. ápr. - 2024. jún. (3)</t>
   </si>
   <si>
     <t>2023. okt. - 2023. dec. (2)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. jún. (4)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. márc. (5)</t>
   </si>