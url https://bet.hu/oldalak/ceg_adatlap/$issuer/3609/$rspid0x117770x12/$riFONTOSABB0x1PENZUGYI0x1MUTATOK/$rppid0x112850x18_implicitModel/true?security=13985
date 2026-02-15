--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -123,92 +123,92 @@
       </c>
       <c r="D4" t="n">
         <v>2022.0</v>
       </c>
       <c r="E4" t="n">
         <v>2023.0</v>
       </c>
       <c r="F4" t="n">
         <v>2024.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" t="n">
         <v>0.025177349105366814</v>
       </c>
       <c r="C5" t="n">
         <v>0.002033125073171524</v>
       </c>
       <c r="D5" t="n">
         <v>0.004649486652524133</v>
       </c>
       <c r="E5" t="n">
-        <v>0.006757504282690633</v>
+        <v>0.06757504282690632</v>
       </c>
       <c r="F5" t="n">
         <v>0.007810188746228034</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
       <c r="B6" t="n">
         <v>-0.02755258234593798</v>
       </c>
       <c r="C6" t="n">
         <v>-0.08590624525583472</v>
       </c>
       <c r="D6" t="n">
         <v>0.04835907612906644</v>
       </c>
       <c r="E6" t="n">
         <v>0.06222219905897245</v>
       </c>
       <c r="F6" t="n">
         <v>11.708242115851133</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="n">
         <v>-0.026852739640672245</v>
       </c>
       <c r="C7" t="n">
         <v>-0.08530899643445405</v>
       </c>
       <c r="D7" t="n">
         <v>0.04794469956321891</v>
       </c>
       <c r="E7" t="n">
         <v>0.05828367708391717</v>
       </c>
       <c r="F7" t="n">
-        <v>11.616825173183045</v>
+        <v>11.616825173183047</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>