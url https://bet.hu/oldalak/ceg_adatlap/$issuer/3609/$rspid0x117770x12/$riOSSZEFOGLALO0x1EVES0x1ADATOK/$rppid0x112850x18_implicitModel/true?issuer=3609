--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -201,51 +201,51 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:G23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="101.4609375" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="16.9375" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="10.80078125" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="10.80078125" customWidth="true" bestFit="true"/>
-    <col min="5" max="5" width="10.80078125" customWidth="true" bestFit="true"/>
+    <col min="5" max="5" width="10.95703125" customWidth="true" bestFit="true"/>
     <col min="6" max="6" width="10.80078125" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
@@ -269,234 +269,234 @@
       </c>
       <c r="D5" t="s" s="2">
         <v>8</v>
       </c>
       <c r="E5" t="s" s="2">
         <v>9</v>
       </c>
       <c r="F5" t="s" s="2">
         <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="n" s="3">
         <v>28500.0</v>
       </c>
       <c r="C6" t="n" s="3">
         <v>17705.0</v>
       </c>
       <c r="D6" t="n" s="3">
         <v>88424.0</v>
       </c>
       <c r="E6" t="n" s="3">
-        <v>463569.0</v>
+        <v>463.569</v>
       </c>
       <c r="F6" t="n" s="3">
-        <v>300594.0</v>
+        <v>300.594</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="n" s="7">
         <v>-159716.0</v>
       </c>
       <c r="C7" t="n" s="7">
         <v>-247743.0</v>
       </c>
       <c r="D7" t="n" s="7">
         <v>-316305.0</v>
       </c>
       <c r="E7" t="n" s="7">
-        <v>959935.0</v>
+        <v>959.935</v>
       </c>
       <c r="F7" t="n" s="7">
-        <v>218840.0</v>
+        <v>218.84</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8" t="n" s="8">
         <v>70292.0</v>
       </c>
       <c r="C8" t="n" s="8">
         <v>-132944.0</v>
       </c>
       <c r="D8" t="n" s="8">
         <v>579189.0</v>
       </c>
       <c r="E8" t="n" s="8">
-        <v>786801.0</v>
+        <v>786.801</v>
       </c>
       <c r="F8" t="n" s="8">
-        <v>-478993.0</v>
+        <v>-478.993</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>13</v>
       </c>
       <c r="B9" t="n" s="9">
         <v>-89424.0</v>
       </c>
       <c r="C9" t="n" s="9">
         <v>-380687.0</v>
       </c>
       <c r="D9" t="n" s="9">
         <v>262884.0</v>
       </c>
       <c r="E9" t="n" s="9">
-        <v>959935.0</v>
+        <v>959.935</v>
       </c>
       <c r="F9" t="n" s="9">
-        <v>218840.0</v>
+        <v>218.84</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10" t="n" s="10">
         <v>-89424.0</v>
       </c>
       <c r="C10" t="n" s="10">
         <v>-380829.0</v>
       </c>
       <c r="D10" t="n" s="10">
         <v>262884.0</v>
       </c>
       <c r="E10" t="n" s="10">
-        <v>943171.0</v>
+        <v>943.171</v>
       </c>
       <c r="F10" t="n" s="10">
-        <v>197881.0</v>
+        <v>197.881</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="C11" t="s" s="12">
         <v>2</v>
       </c>
       <c r="D11" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="E11" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="F11" t="n" s="12">
         <v>0.95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="n" s="13">
         <v>2985240.0</v>
       </c>
       <c r="C12" t="n" s="13">
         <v>3399938.0</v>
       </c>
       <c r="D12" t="n" s="13">
         <v>4379166.0</v>
       </c>
       <c r="E12" t="n" s="13">
-        <v>1.5365667E7</v>
+        <v>15365.667</v>
       </c>
       <c r="F12" t="n" s="13">
-        <v>11002.0</v>
+        <v>11.002</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13" t="n" s="18">
         <v>1314858.0</v>
       </c>
       <c r="C13" t="n" s="18">
         <v>1686964.0</v>
       </c>
       <c r="D13" t="n" s="18">
         <v>1873050.0</v>
       </c>
       <c r="E13" t="n" s="18">
-        <v>37461.0</v>
+        <v>3746.1</v>
       </c>
       <c r="F13" t="n" s="18">
-        <v>4228.0</v>
+        <v>4.228</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="n" s="19">
         <v>3245576.0</v>
       </c>
       <c r="C14" t="n" s="19">
         <v>4433077.0</v>
       </c>
       <c r="D14" t="n" s="19">
         <v>5436084.0</v>
       </c>
       <c r="E14" t="n" s="19">
-        <v>1.5158111E7</v>
+        <v>15158.111</v>
       </c>
       <c r="F14" t="n" s="19">
-        <v>16901.0</v>
+        <v>16.901</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>19</v>
       </c>
       <c r="B15" t="n" s="20">
         <v>3330163.0</v>
       </c>
       <c r="C15" t="n" s="20">
         <v>4464113.0</v>
       </c>
       <c r="D15" t="n" s="20">
         <v>5483067.0</v>
       </c>
       <c r="E15" t="n" s="20">
-        <v>1.6182421E7</v>
+        <v>16182.421</v>
       </c>
       <c r="F15" t="n" s="20">
-        <v>17034.0</v>
+        <v>17.034</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="C16" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="D16" t="n" s="21">
         <v>4.0</v>
       </c>
       <c r="E16" t="n" s="21">
         <v>4.0</v>
       </c>
       <c r="F16" t="n" s="21">
         <v>4.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>21</v>