--- v0 (2025-11-07)
+++ v1 (2026-02-13)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="26">
   <si>
     <t>Összefoglaló éves adatok - NAP Nyrt.</t>
   </si>
   <si>
     <t>Auditált, Konszolidált, IFRS; Üzleti év: Január 1 - December 31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020 (1)</t>
   </si>
   <si>
     <t>2021 (2)</t>
   </si>
   <si>
     <t>2022 (2)</t>
   </si>
   <si>
     <t>2023 (3)</t>
   </si>
   <si>
     <t>2024 (3)</t>
   </si>
   <si>
@@ -374,52 +374,52 @@
         <v>1267541.0</v>
       </c>
       <c r="E10" t="n" s="10">
         <v>1089502.0</v>
       </c>
       <c r="F10" t="n" s="10">
         <v>992104.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s" s="12">
         <v>2</v>
       </c>
       <c r="C11" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="D11" t="n" s="12">
         <v>0.0</v>
       </c>
       <c r="E11" t="n" s="12">
         <v>30.0</v>
       </c>
-      <c r="F11" t="s" s="12">
-        <v>2</v>
+      <c r="F11" t="n" s="12">
+        <v>54.15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12" t="n" s="13">
         <v>0.0</v>
       </c>
       <c r="C12" t="n" s="13">
         <v>1.0547379E7</v>
       </c>
       <c r="D12" t="n" s="13">
         <v>1.5225426E7</v>
       </c>
       <c r="E12" t="n" s="13">
         <v>1.8117137E7</v>
       </c>
       <c r="F12" t="n" s="13">
         <v>2.7991552E7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>