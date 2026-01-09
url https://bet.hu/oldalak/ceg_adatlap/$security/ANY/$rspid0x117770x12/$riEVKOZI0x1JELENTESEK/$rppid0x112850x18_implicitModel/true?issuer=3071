--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -6,61 +6,64 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="183">
   <si>
     <t>Évközi jelentések pénzügyi adatai - ANY Nyrt.</t>
   </si>
   <si>
     <t>Nem auditált, konszolidált, nemzetközi számviteli elvek (IFRS) alapján</t>
   </si>
   <si>
     <t>Eredménykimutatás főbb adatai P&amp;L</t>
   </si>
   <si>
+    <t>2025. jan. - 2025. szept. (1)</t>
+  </si>
+  <si>
     <t>2025. jan. - 2025. jún. (1)</t>
   </si>
   <si>
     <t>2025. jan. - 2025. márc. (1)</t>
   </si>
   <si>
     <t>2024. jan. - 2024. dec. (1)</t>
   </si>
   <si>
     <t>2024. jan. - 2024. szept. (1)</t>
   </si>
   <si>
     <t>2024. jan. - 2024. jún. (1)</t>
   </si>
   <si>
     <t>2024. jan. - 2024. márc. (1)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. dec. (1)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. szept. (1)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. jún. (2)</t>
@@ -264,50 +267,53 @@
     <t>2006. jan. - 2006. jún. (4)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>(ezer HUF)</t>
   </si>
   <si>
     <t>Értékesítés nettó árbevétele</t>
   </si>
   <si>
     <t>Üzleti eredmény</t>
   </si>
   <si>
     <t>Pénzügyi tevékenység nettó eredménye</t>
   </si>
   <si>
     <t>Adózás előtti eredmény</t>
   </si>
   <si>
     <t>Adózott eredmény</t>
   </si>
   <si>
     <t>Mérleg főbb adatai</t>
+  </si>
+  <si>
+    <t>2025. szept. 30.</t>
   </si>
   <si>
     <t>2025. jún. 30.</t>
   </si>
   <si>
     <t>2025. márc. 31.</t>
   </si>
   <si>
     <t>2024. dec. 31.</t>
   </si>
   <si>
     <t>2024. szept. 30.</t>
   </si>
   <si>
     <t>2024. jún. 30.</t>
   </si>
   <si>
     <t>2024. márc. 31.</t>
   </si>
   <si>
     <t>2023. dec. 31.</t>
   </si>
   <si>
     <t>2023. szept. 30.</t>
   </si>
@@ -689,132 +695,133 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BY34"/>
+  <dimension ref="A1:BZ34"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="38.12109375" customWidth="true" bestFit="true"/>
-    <col min="2" max="2" width="24.50390625" customWidth="true" bestFit="true"/>
-[...73 lines deleted...]
-    <col min="76" max="76" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="2" max="2" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="3" max="3" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="4" max="4" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="5" max="5" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="6" max="6" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="7" max="7" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="8" max="8" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="9" max="9" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="10" max="10" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="11" max="11" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="12" max="12" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="13" max="13" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="14" max="14" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="15" max="15" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="16" max="16" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="17" max="17" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="18" max="18" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="19" max="19" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="20" max="20" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="21" max="21" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="23" max="23" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="24" max="24" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="25" max="25" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="26" max="26" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="27" max="27" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="28" max="28" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="29" max="29" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="30" max="30" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="31" max="31" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="32" max="32" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="33" max="33" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="34" max="34" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="35" max="35" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="36" max="36" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="37" max="37" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="38" max="38" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="39" max="39" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="40" max="40" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="41" max="41" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="42" max="42" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="43" max="43" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="44" max="44" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="45" max="45" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="46" max="46" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="47" max="47" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="48" max="48" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="49" max="49" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="50" max="50" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="51" max="51" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="52" max="52" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="53" max="53" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="54" max="54" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="55" max="55" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="56" max="56" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="57" max="57" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="58" max="58" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="59" max="59" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="60" max="60" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="61" max="61" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="62" max="62" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="63" max="63" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="64" max="64" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="65" max="65" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="66" max="66" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="67" max="67" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="68" max="68" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="69" max="69" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="70" max="70" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="71" max="71" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="72" max="72" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="73" max="73" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="74" max="74" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="75" max="75" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="76" max="76" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="77" max="77" width="24.50390625" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
@@ -1012,3734 +1019,3785 @@
       </c>
       <c r="BQ4" t="s" s="1">
         <v>70</v>
       </c>
       <c r="BR4" t="s" s="1">
         <v>71</v>
       </c>
       <c r="BS4" t="s" s="1">
         <v>72</v>
       </c>
       <c r="BT4" t="s" s="1">
         <v>73</v>
       </c>
       <c r="BU4" t="s" s="1">
         <v>74</v>
       </c>
       <c r="BV4" t="s" s="1">
         <v>75</v>
       </c>
       <c r="BW4" t="s" s="1">
         <v>76</v>
       </c>
       <c r="BX4" t="s" s="1">
         <v>77</v>
       </c>
+      <c r="BY4" t="s" s="1">
+        <v>78</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Q5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="T5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="U5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="V5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="W5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="X5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Y5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Z5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AA5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AB5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AC5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AD5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AE5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AF5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AG5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AH5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AI5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AJ5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AK5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AL5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AM5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AN5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AO5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AP5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AQ5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AR5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AS5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AT5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AU5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AV5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AW5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AX5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AY5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AZ5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BA5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BB5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BC5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BD5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BE5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BF5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BG5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BH5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BI5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BJ5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BK5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BL5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BM5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BN5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BO5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BP5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BQ5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BR5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BS5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BT5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BU5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BV5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BW5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BX5" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
+      </c>
+      <c r="BY5" t="s" s="2">
+        <v>80</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B6" t="n" s="3">
+        <v>5.5179333E7</v>
+      </c>
+      <c r="C6" t="n" s="3">
         <v>3.8730334E7</v>
       </c>
-      <c r="C6" t="n" s="3">
+      <c r="D6" t="n" s="3">
         <v>2.3539908E7</v>
       </c>
-      <c r="D6" t="n" s="3">
+      <c r="E6" t="n" s="3">
         <v>7.0502996E7</v>
       </c>
-      <c r="E6" t="n" s="3">
+      <c r="F6" t="n" s="3">
         <v>5.2785811E7</v>
       </c>
-      <c r="F6" t="n" s="3">
+      <c r="G6" t="n" s="3">
         <v>3.4758968E7</v>
       </c>
-      <c r="G6" t="n" s="3">
+      <c r="H6" t="n" s="3">
         <v>1.7767177E7</v>
       </c>
-      <c r="H6" t="n" s="3">
+      <c r="I6" t="n" s="3">
         <v>5.5475269E7</v>
       </c>
-      <c r="I6" t="n" s="3">
+      <c r="J6" t="n" s="3">
         <v>4.4037353E7</v>
       </c>
-      <c r="J6" t="n" s="3">
+      <c r="K6" t="n" s="3">
         <v>2.617538E7</v>
       </c>
-      <c r="K6" t="n" s="3">
+      <c r="L6" t="n" s="3">
         <v>1.1164376E7</v>
       </c>
-      <c r="L6" t="n" s="3">
+      <c r="M6" t="n" s="3">
         <v>4.317993E7</v>
       </c>
-      <c r="M6" t="n" s="3">
+      <c r="N6" t="n" s="3">
         <v>3.5170124E7</v>
       </c>
-      <c r="N6" t="n" s="3">
+      <c r="O6" t="n" s="3">
         <v>2.3265009E7</v>
       </c>
-      <c r="O6" t="n" s="3">
+      <c r="P6" t="n" s="3">
         <v>1.1573546E7</v>
       </c>
-      <c r="P6" t="n" s="3">
+      <c r="Q6" t="n" s="3">
         <v>4.0657532E7</v>
       </c>
-      <c r="Q6" t="n" s="3">
+      <c r="R6" t="n" s="3">
         <v>3.1581537E7</v>
       </c>
-      <c r="R6" t="n" s="3">
+      <c r="S6" t="n" s="3">
         <v>2.2392505E7</v>
       </c>
-      <c r="S6" t="n" s="3">
+      <c r="T6" t="n" s="3">
         <v>9610079.0</v>
       </c>
-      <c r="T6" t="n" s="3">
+      <c r="U6" t="n" s="3">
         <v>2.7424022E7</v>
       </c>
-      <c r="U6" t="n" s="3">
+      <c r="V6" t="n" s="3">
         <v>2.0121021E7</v>
       </c>
-      <c r="V6" t="n" s="3">
+      <c r="W6" t="n" s="3">
         <v>1.2976792E7</v>
       </c>
-      <c r="W6" t="n" s="3">
+      <c r="X6" t="n" s="3">
         <v>6985502.0</v>
       </c>
-      <c r="X6" t="n" s="3">
+      <c r="Y6" t="n" s="3">
         <v>3.4130672E7</v>
       </c>
-      <c r="Y6" t="n" s="3">
+      <c r="Z6" t="n" s="3">
         <v>1.6089909E7</v>
       </c>
-      <c r="Z6" t="n" s="3">
+      <c r="AA6" t="n" s="3">
         <v>7440716.0</v>
       </c>
-      <c r="AA6" t="n" s="3">
+      <c r="AB6" t="n" s="3">
         <v>3.0527082E7</v>
       </c>
-      <c r="AB6" t="n" s="3">
+      <c r="AC6" t="n" s="3">
         <v>2.3125469E7</v>
       </c>
-      <c r="AC6" t="n" s="3">
+      <c r="AD6" t="n" s="3">
         <v>1.5636437E7</v>
       </c>
-      <c r="AD6" t="n" s="3">
+      <c r="AE6" t="n" s="3">
         <v>2.618092E7</v>
       </c>
-      <c r="AE6" t="n" s="3">
+      <c r="AF6" t="n" s="3">
         <v>1.857671E7</v>
       </c>
-      <c r="AF6" t="n" s="3">
+      <c r="AG6" t="n" s="3">
         <v>1.2204458E7</v>
       </c>
-      <c r="AG6" t="n" s="3">
+      <c r="AH6" t="n" s="3">
         <v>5595848.0</v>
       </c>
-      <c r="AH6" t="n" s="3">
+      <c r="AI6" t="n" s="3">
         <v>2.491112E7</v>
       </c>
-      <c r="AI6" t="n" s="3">
+      <c r="AJ6" t="n" s="3">
         <v>1.8449814E7</v>
       </c>
-      <c r="AJ6" t="n" s="3">
+      <c r="AK6" t="n" s="3">
         <v>1.1709542E7</v>
       </c>
-      <c r="AK6" t="n" s="3">
+      <c r="AL6" t="n" s="3">
         <v>5543356.0</v>
       </c>
-      <c r="AL6" t="n" s="3">
+      <c r="AM6" t="n" s="3">
         <v>2.1366017E7</v>
       </c>
-      <c r="AM6" t="n" s="3">
+      <c r="AN6" t="n" s="3">
         <v>1.6086041E7</v>
       </c>
-      <c r="AN6" t="n" s="3">
+      <c r="AO6" t="n" s="3">
         <v>1.033375E7</v>
       </c>
-      <c r="AO6" t="n" s="3">
+      <c r="AP6" t="n" s="3">
         <v>4955357.0</v>
       </c>
-      <c r="AP6" t="n" s="3">
+      <c r="AQ6" t="n" s="3">
         <v>2.2691682E7</v>
       </c>
-      <c r="AQ6" t="n" s="3">
+      <c r="AR6" t="n" s="3">
         <v>1.7135443E7</v>
       </c>
-      <c r="AR6" t="n" s="3">
+      <c r="AS6" t="n" s="3">
         <v>1.1472149E7</v>
       </c>
-      <c r="AS6" t="n" s="3">
+      <c r="AT6" t="n" s="3">
         <v>5577217.0</v>
       </c>
-      <c r="AT6" t="n" s="3">
+      <c r="AU6" t="n" s="3">
         <v>1.8021153E7</v>
       </c>
-      <c r="AU6" t="n" s="3">
+      <c r="AV6" t="n" s="3">
         <v>1.362262E7</v>
       </c>
-      <c r="AV6" t="n" s="3">
+      <c r="AW6" t="n" s="3">
         <v>8808864.0</v>
       </c>
-      <c r="AW6" t="n" s="3">
+      <c r="AX6" t="n" s="3">
         <v>4389857.0</v>
       </c>
-      <c r="AX6" t="n" s="3">
+      <c r="AY6" t="n" s="3">
         <v>1.6780927E7</v>
       </c>
-      <c r="AY6" t="n" s="3">
+      <c r="AZ6" t="n" s="3">
         <v>1.2594309E7</v>
       </c>
-      <c r="AZ6" t="n" s="3">
+      <c r="BA6" t="n" s="3">
         <v>8581855.0</v>
       </c>
-      <c r="BA6" t="n" s="3">
+      <c r="BB6" t="n" s="3">
         <v>4068457.0</v>
       </c>
-      <c r="BB6" t="n" s="3">
+      <c r="BC6" t="n" s="3">
         <v>1.7121781E7</v>
       </c>
-      <c r="BC6" t="n" s="3">
+      <c r="BD6" t="n" s="3">
         <v>1.3087293E7</v>
       </c>
-      <c r="BD6" t="n" s="3">
+      <c r="BE6" t="n" s="3">
         <v>8673897.0</v>
       </c>
-      <c r="BE6" t="n" s="3">
+      <c r="BF6" t="n" s="3">
         <v>4463202.0</v>
       </c>
-      <c r="BF6" t="n" s="3">
+      <c r="BG6" t="n" s="3">
         <v>1.7129082E7</v>
       </c>
-      <c r="BG6" t="n" s="3">
+      <c r="BH6" t="n" s="3">
         <v>1.2609499E7</v>
       </c>
-      <c r="BH6" t="n" s="3">
+      <c r="BI6" t="n" s="3">
         <v>7915572.0</v>
       </c>
-      <c r="BI6" t="n" s="3">
+      <c r="BJ6" t="n" s="3">
         <v>3714548.0</v>
       </c>
-      <c r="BJ6" t="n" s="3">
+      <c r="BK6" t="n" s="3">
         <v>1.400744E7</v>
       </c>
-      <c r="BK6" t="n" s="3">
+      <c r="BL6" t="n" s="3">
         <v>9708820.0</v>
       </c>
-      <c r="BL6" t="n" s="3">
+      <c r="BM6" t="n" s="3">
         <v>6801650.0</v>
       </c>
-      <c r="BM6" t="n" s="3">
+      <c r="BN6" t="n" s="3">
         <v>3132092.0</v>
       </c>
-      <c r="BN6" t="n" s="3">
+      <c r="BO6" t="n" s="3">
         <v>1.4620024E7</v>
       </c>
-      <c r="BO6" t="n" s="3">
+      <c r="BP6" t="n" s="3">
         <v>1.0576687E7</v>
       </c>
-      <c r="BP6" t="n" s="3">
+      <c r="BQ6" t="n" s="3">
         <v>7344205.0</v>
       </c>
-      <c r="BQ6" t="n" s="3">
+      <c r="BR6" t="n" s="3">
         <v>3132539.0</v>
       </c>
-      <c r="BR6" t="n" s="3">
+      <c r="BS6" t="n" s="3">
         <v>1.3472E7</v>
       </c>
-      <c r="BS6" t="n" s="3">
+      <c r="BT6" t="n" s="3">
         <v>9723675.0</v>
       </c>
-      <c r="BT6" t="n" s="3">
+      <c r="BU6" t="n" s="3">
         <v>6737667.0</v>
       </c>
-      <c r="BU6" t="n" s="3">
+      <c r="BV6" t="n" s="3">
         <v>3482563.0</v>
       </c>
-      <c r="BV6" t="n" s="3">
+      <c r="BW6" t="n" s="3">
         <v>1.4188565E7</v>
       </c>
-      <c r="BW6" t="n" s="3">
+      <c r="BX6" t="n" s="3">
         <v>1.0624031E7</v>
       </c>
-      <c r="BX6" t="n" s="3">
+      <c r="BY6" t="n" s="3">
         <v>6640196.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B7" t="n" s="7">
+        <v>1.0006209E7</v>
+      </c>
+      <c r="C7" t="n" s="7">
         <v>7313009.0</v>
       </c>
-      <c r="C7" t="n" s="7">
+      <c r="D7" t="n" s="7">
         <v>5413292.0</v>
       </c>
-      <c r="D7" t="n" s="7">
+      <c r="E7" t="n" s="7">
         <v>1.0828682E7</v>
       </c>
-      <c r="E7" t="n" s="7">
+      <c r="F7" t="n" s="7">
         <v>8622369.0</v>
       </c>
-      <c r="F7" t="n" s="7">
+      <c r="G7" t="n" s="7">
         <v>5649797.0</v>
       </c>
-      <c r="G7" t="n" s="7">
+      <c r="H7" t="n" s="7">
         <v>2754690.0</v>
       </c>
-      <c r="H7" t="n" s="7">
+      <c r="I7" t="n" s="7">
         <v>6402155.0</v>
       </c>
-      <c r="I7" t="n" s="7">
+      <c r="J7" t="n" s="7">
         <v>5187603.0</v>
       </c>
-      <c r="J7" t="n" s="7">
+      <c r="K7" t="n" s="7">
         <v>2506736.0</v>
       </c>
-      <c r="K7" t="n" s="7">
+      <c r="L7" t="n" s="7">
         <v>862810.0</v>
       </c>
-      <c r="L7" t="n" s="7">
+      <c r="M7" t="n" s="7">
         <v>3586058.0</v>
       </c>
-      <c r="M7" t="n" s="7">
+      <c r="N7" t="n" s="7">
         <v>3272064.0</v>
       </c>
-      <c r="N7" t="n" s="7">
+      <c r="O7" t="n" s="7">
         <v>2478013.0</v>
       </c>
-      <c r="O7" t="n" s="7">
+      <c r="P7" t="n" s="7">
         <v>1484884.0</v>
       </c>
-      <c r="P7" t="n" s="7">
+      <c r="Q7" t="n" s="7">
         <v>4951883.0</v>
       </c>
-      <c r="Q7" t="n" s="7">
+      <c r="R7" t="n" s="7">
         <v>4424737.0</v>
       </c>
-      <c r="R7" t="n" s="7">
+      <c r="S7" t="n" s="7">
         <v>3162521.0</v>
       </c>
-      <c r="S7" t="n" s="7">
+      <c r="T7" t="n" s="7">
         <v>892939.0</v>
       </c>
-      <c r="T7" t="n" s="7">
+      <c r="U7" t="n" s="7">
         <v>1497713.0</v>
       </c>
-      <c r="U7" t="n" s="7">
+      <c r="V7" t="n" s="7">
         <v>1039827.0</v>
       </c>
-      <c r="V7" t="n" s="7">
+      <c r="W7" t="n" s="7">
         <v>556395.0</v>
       </c>
-      <c r="W7" t="n" s="7">
+      <c r="X7" t="n" s="7">
         <v>427489.0</v>
       </c>
-      <c r="X7" t="n" s="7">
+      <c r="Y7" t="n" s="7">
         <v>2082750.0</v>
       </c>
-      <c r="Y7" t="n" s="7">
+      <c r="Z7" t="n" s="7">
         <v>953341.0</v>
       </c>
-      <c r="Z7" t="n" s="7">
+      <c r="AA7" t="n" s="7">
         <v>443409.0</v>
       </c>
-      <c r="AA7" t="n" s="7">
+      <c r="AB7" t="n" s="7">
         <v>1852717.0</v>
       </c>
-      <c r="AB7" t="n" s="7">
+      <c r="AC7" t="n" s="7">
         <v>1546257.0</v>
       </c>
-      <c r="AC7" t="n" s="7">
+      <c r="AD7" t="n" s="7">
         <v>945049.0</v>
       </c>
-      <c r="AD7" t="n" s="7">
+      <c r="AE7" t="n" s="7">
         <v>1997610.0</v>
       </c>
-      <c r="AE7" t="n" s="7">
+      <c r="AF7" t="n" s="7">
         <v>1424416.0</v>
       </c>
-      <c r="AF7" t="n" s="7">
+      <c r="AG7" t="n" s="7">
         <v>935953.0</v>
       </c>
-      <c r="AG7" t="n" s="7">
+      <c r="AH7" t="n" s="7">
         <v>428444.0</v>
       </c>
-      <c r="AH7" t="n" s="7">
+      <c r="AI7" t="n" s="7">
         <v>1969362.0</v>
       </c>
-      <c r="AI7" t="n" s="7">
+      <c r="AJ7" t="n" s="7">
         <v>1555416.0</v>
       </c>
-      <c r="AJ7" t="n" s="7">
+      <c r="AK7" t="n" s="7">
         <v>1066372.0</v>
       </c>
-      <c r="AK7" t="n" s="7">
+      <c r="AL7" t="n" s="7">
         <v>543492.0</v>
       </c>
-      <c r="AL7" t="n" s="7">
+      <c r="AM7" t="n" s="7">
         <v>1365572.0</v>
       </c>
-      <c r="AM7" t="n" s="7">
+      <c r="AN7" t="n" s="7">
         <v>1142167.0</v>
       </c>
-      <c r="AN7" t="n" s="7">
+      <c r="AO7" t="n" s="7">
         <v>752926.0</v>
       </c>
-      <c r="AO7" t="n" s="7">
+      <c r="AP7" t="n" s="7">
         <v>368290.0</v>
       </c>
-      <c r="AP7" t="n" s="7">
+      <c r="AQ7" t="n" s="7">
         <v>1422576.0</v>
       </c>
-      <c r="AQ7" t="n" s="7">
+      <c r="AR7" t="n" s="7">
         <v>1134489.0</v>
       </c>
-      <c r="AR7" t="n" s="7">
+      <c r="AS7" t="n" s="7">
         <v>768055.0</v>
       </c>
-      <c r="AS7" t="n" s="7">
+      <c r="AT7" t="n" s="7">
         <v>344976.0</v>
       </c>
-      <c r="AT7" t="n" s="7">
+      <c r="AU7" t="n" s="7">
         <v>866176.0</v>
       </c>
-      <c r="AU7" t="n" s="7">
+      <c r="AV7" t="n" s="7">
         <v>737450.0</v>
       </c>
-      <c r="AV7" t="n" s="7">
+      <c r="AW7" t="n" s="7">
         <v>519434.0</v>
       </c>
-      <c r="AW7" t="n" s="7">
+      <c r="AX7" t="n" s="7">
         <v>251845.0</v>
       </c>
-      <c r="AX7" t="n" s="7">
+      <c r="AY7" t="n" s="7">
         <v>681550.0</v>
       </c>
-      <c r="AY7" t="n" s="7">
+      <c r="AZ7" t="n" s="7">
         <v>585487.0</v>
       </c>
-      <c r="AZ7" t="n" s="7">
+      <c r="BA7" t="n" s="7">
         <v>479437.0</v>
       </c>
-      <c r="BA7" t="n" s="7">
+      <c r="BB7" t="n" s="7">
         <v>214443.0</v>
       </c>
-      <c r="BB7" t="n" s="7">
+      <c r="BC7" t="n" s="7">
         <v>786553.0</v>
       </c>
-      <c r="BC7" t="n" s="7">
+      <c r="BD7" t="n" s="7">
         <v>677534.0</v>
       </c>
-      <c r="BD7" t="n" s="7">
+      <c r="BE7" t="n" s="7">
         <v>520416.0</v>
       </c>
-      <c r="BE7" t="n" s="7">
+      <c r="BF7" t="n" s="7">
         <v>271613.0</v>
       </c>
-      <c r="BF7" t="n" s="7">
+      <c r="BG7" t="n" s="7">
         <v>886205.0</v>
       </c>
-      <c r="BG7" t="n" s="7">
+      <c r="BH7" t="n" s="7">
         <v>698595.0</v>
       </c>
-      <c r="BH7" t="n" s="7">
+      <c r="BI7" t="n" s="7">
         <v>241673.0</v>
       </c>
-      <c r="BI7" t="n" s="7">
+      <c r="BJ7" t="n" s="7">
         <v>94522.0</v>
       </c>
-      <c r="BJ7" t="n" s="7">
+      <c r="BK7" t="n" s="7">
         <v>1330869.0</v>
       </c>
-      <c r="BK7" t="n" s="7">
+      <c r="BL7" t="n" s="7">
         <v>884247.0</v>
       </c>
-      <c r="BL7" t="n" s="7">
+      <c r="BM7" t="n" s="7">
         <v>677678.0</v>
       </c>
-      <c r="BM7" t="n" s="7">
+      <c r="BN7" t="n" s="7">
         <v>277154.0</v>
       </c>
-      <c r="BN7" t="n" s="7">
+      <c r="BO7" t="n" s="7">
         <v>1574247.0</v>
       </c>
-      <c r="BO7" t="n" s="7">
+      <c r="BP7" t="n" s="7">
         <v>1050144.0</v>
       </c>
-      <c r="BP7" t="n" s="7">
+      <c r="BQ7" t="n" s="7">
         <v>736074.0</v>
       </c>
-      <c r="BQ7" t="n" s="7">
+      <c r="BR7" t="n" s="7">
         <v>311313.0</v>
       </c>
-      <c r="BR7" t="n" s="7">
+      <c r="BS7" t="n" s="7">
         <v>1390514.0</v>
       </c>
-      <c r="BS7" t="n" s="7">
+      <c r="BT7" t="n" s="7">
         <v>931365.0</v>
       </c>
-      <c r="BT7" t="n" s="7">
+      <c r="BU7" t="n" s="7">
         <v>641656.0</v>
       </c>
-      <c r="BU7" t="n" s="7">
+      <c r="BV7" t="n" s="7">
         <v>299912.0</v>
       </c>
-      <c r="BV7" t="n" s="7">
+      <c r="BW7" t="n" s="7">
         <v>1264644.0</v>
       </c>
-      <c r="BW7" t="n" s="7">
+      <c r="BX7" t="n" s="7">
         <v>804714.0</v>
       </c>
-      <c r="BX7" t="n" s="7">
+      <c r="BY7" t="n" s="7">
         <v>469249.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B8" t="n" s="8">
+        <v>-265880.0</v>
+      </c>
+      <c r="C8" t="n" s="8">
         <v>-196876.0</v>
       </c>
-      <c r="C8" t="n" s="8">
+      <c r="D8" t="n" s="8">
         <v>-94545.0</v>
       </c>
-      <c r="D8" t="n" s="8">
+      <c r="E8" t="n" s="8">
         <v>-412991.0</v>
       </c>
-      <c r="E8" t="n" s="8">
+      <c r="F8" t="n" s="8">
         <v>-314665.0</v>
       </c>
-      <c r="F8" t="n" s="8">
+      <c r="G8" t="n" s="8">
         <v>-192056.0</v>
       </c>
-      <c r="G8" t="n" s="8">
+      <c r="H8" t="n" s="8">
         <v>-37711.0</v>
       </c>
-      <c r="H8" t="n" s="8">
+      <c r="I8" t="n" s="8">
         <v>-539765.0</v>
       </c>
-      <c r="I8" t="n" s="8">
+      <c r="J8" t="n" s="8">
         <v>-367857.0</v>
       </c>
-      <c r="J8" t="n" s="8">
+      <c r="K8" t="n" s="8">
         <v>-215407.0</v>
       </c>
-      <c r="K8" t="n" s="8">
+      <c r="L8" t="n" s="8">
         <v>-110956.0</v>
       </c>
-      <c r="L8" t="n" s="8">
+      <c r="M8" t="n" s="8">
         <v>-200175.0</v>
       </c>
-      <c r="M8" t="n" s="8">
+      <c r="N8" t="n" s="8">
         <v>-133081.0</v>
       </c>
-      <c r="N8" t="n" s="8">
+      <c r="O8" t="n" s="8">
         <v>-73958.0</v>
       </c>
-      <c r="O8" t="n" s="8">
+      <c r="P8" t="n" s="8">
         <v>-27363.0</v>
       </c>
-      <c r="P8" t="n" s="8">
+      <c r="Q8" t="n" s="8">
         <v>-70235.0</v>
       </c>
-      <c r="Q8" t="n" s="8">
+      <c r="R8" t="n" s="8">
         <v>-56376.0</v>
       </c>
-      <c r="R8" t="n" s="8">
+      <c r="S8" t="n" s="8">
         <v>-42888.0</v>
       </c>
-      <c r="S8" t="n" s="8">
+      <c r="T8" t="n" s="8">
         <v>-21404.0</v>
       </c>
-      <c r="T8" t="n" s="8">
+      <c r="U8" t="n" s="8">
         <v>-145180.0</v>
       </c>
-      <c r="U8" t="n" s="8">
+      <c r="V8" t="n" s="8">
         <v>-94446.0</v>
       </c>
-      <c r="V8" t="n" s="8">
+      <c r="W8" t="n" s="8">
         <v>-53831.0</v>
       </c>
-      <c r="W8" t="n" s="8">
+      <c r="X8" t="n" s="8">
         <v>-17293.0</v>
       </c>
-      <c r="X8" t="n" s="8">
+      <c r="Y8" t="n" s="8">
         <v>-101649.0</v>
       </c>
-      <c r="Y8" t="n" s="8">
+      <c r="Z8" t="n" s="8">
         <v>-46094.0</v>
       </c>
-      <c r="Z8" t="n" s="8">
+      <c r="AA8" t="n" s="8">
         <v>-23421.0</v>
       </c>
-      <c r="AA8" t="n" s="8">
+      <c r="AB8" t="n" s="8">
         <v>-100552.0</v>
       </c>
-      <c r="AB8" t="n" s="8">
+      <c r="AC8" t="n" s="8">
         <v>-71890.0</v>
       </c>
-      <c r="AC8" t="n" s="8">
+      <c r="AD8" t="n" s="8">
         <v>-46848.0</v>
       </c>
-      <c r="AD8" t="n" s="8">
+      <c r="AE8" t="n" s="8">
         <v>-93485.0</v>
       </c>
-      <c r="AE8" t="n" s="8">
+      <c r="AF8" t="n" s="8">
         <v>-70325.0</v>
       </c>
-      <c r="AF8" t="n" s="8">
+      <c r="AG8" t="n" s="8">
         <v>-47234.0</v>
       </c>
-      <c r="AG8" t="n" s="8">
+      <c r="AH8" t="n" s="8">
         <v>-23252.0</v>
       </c>
-      <c r="AH8" t="n" s="8">
+      <c r="AI8" t="n" s="8">
         <v>-103000.0</v>
       </c>
-      <c r="AI8" t="n" s="8">
+      <c r="AJ8" t="n" s="8">
         <v>-65342.0</v>
       </c>
-      <c r="AJ8" t="n" s="8">
+      <c r="AK8" t="n" s="8">
         <v>-33352.0</v>
       </c>
-      <c r="AK8" t="n" s="8">
+      <c r="AL8" t="n" s="8">
         <v>-3776.0</v>
       </c>
-      <c r="AL8" t="n" s="8">
+      <c r="AM8" t="n" s="8">
         <v>-10843.0</v>
       </c>
-      <c r="AM8" t="n" s="8">
+      <c r="AN8" t="n" s="8">
         <v>5283.0</v>
       </c>
-      <c r="AN8" t="n" s="8">
+      <c r="AO8" t="n" s="8">
         <v>9410.0</v>
       </c>
-      <c r="AO8" t="n" s="8">
+      <c r="AP8" t="n" s="8">
         <v>7648.0</v>
       </c>
-      <c r="AP8" t="n" s="8">
+      <c r="AQ8" t="n" s="8">
         <v>6739.0</v>
       </c>
-      <c r="AQ8" t="n" s="8">
+      <c r="AR8" t="n" s="8">
         <v>6195.0</v>
       </c>
-      <c r="AR8" t="n" s="8">
+      <c r="AS8" t="n" s="8">
         <v>3838.0</v>
       </c>
-      <c r="AS8" t="n" s="8">
+      <c r="AT8" t="n" s="8">
         <v>3090.0</v>
       </c>
-      <c r="AT8" t="n" s="8">
+      <c r="AU8" t="n" s="8">
         <v>35088.0</v>
       </c>
-      <c r="AU8" t="n" s="8">
+      <c r="AV8" t="n" s="8">
         <v>27110.0</v>
       </c>
-      <c r="AV8" t="n" s="8">
+      <c r="AW8" t="n" s="8">
         <v>15127.0</v>
       </c>
-      <c r="AW8" t="n" s="8">
+      <c r="AX8" t="n" s="8">
         <v>1372.0</v>
       </c>
-      <c r="AX8" t="n" s="8">
+      <c r="AY8" t="n" s="8">
         <v>40187.0</v>
       </c>
-      <c r="AY8" t="n" s="8">
+      <c r="AZ8" t="n" s="8">
         <v>21916.0</v>
       </c>
-      <c r="AZ8" t="n" s="8">
+      <c r="BA8" t="n" s="8">
         <v>16500.0</v>
       </c>
-      <c r="BA8" t="n" s="8">
+      <c r="BB8" t="n" s="8">
         <v>5743.0</v>
       </c>
-      <c r="BB8" t="n" s="8">
+      <c r="BC8" t="n" s="8">
         <v>-38992.0</v>
       </c>
-      <c r="BC8" t="n" s="8">
+      <c r="BD8" t="n" s="8">
         <v>-36090.0</v>
       </c>
-      <c r="BD8" t="n" s="8">
+      <c r="BE8" t="n" s="8">
         <v>-10907.0</v>
       </c>
-      <c r="BE8" t="n" s="8">
+      <c r="BF8" t="n" s="8">
         <v>-14014.0</v>
       </c>
-      <c r="BF8" t="n" s="8">
+      <c r="BG8" t="n" s="8">
         <v>-13792.0</v>
       </c>
-      <c r="BG8" t="n" s="8">
+      <c r="BH8" t="n" s="8">
         <v>-12621.0</v>
       </c>
-      <c r="BH8" t="n" s="8">
+      <c r="BI8" t="n" s="8">
         <v>-10464.0</v>
       </c>
-      <c r="BI8" t="n" s="8">
+      <c r="BJ8" t="n" s="8">
         <v>-8804.0</v>
       </c>
-      <c r="BJ8" t="n" s="8">
+      <c r="BK8" t="n" s="8">
         <v>49104.0</v>
       </c>
-      <c r="BK8" t="n" s="8">
+      <c r="BL8" t="n" s="8">
         <v>33737.0</v>
       </c>
-      <c r="BL8" t="n" s="8">
+      <c r="BM8" t="n" s="8">
         <v>28632.0</v>
       </c>
-      <c r="BM8" t="n" s="8">
+      <c r="BN8" t="n" s="8">
         <v>26154.0</v>
       </c>
-      <c r="BN8" t="n" s="8">
+      <c r="BO8" t="n" s="8">
         <v>19735.0</v>
       </c>
-      <c r="BO8" t="n" s="8">
+      <c r="BP8" t="n" s="8">
         <v>15612.0</v>
       </c>
-      <c r="BP8" t="n" s="8">
+      <c r="BQ8" t="n" s="8">
         <v>21787.0</v>
       </c>
-      <c r="BQ8" t="n" s="8">
+      <c r="BR8" t="n" s="8">
         <v>8965.0</v>
       </c>
-      <c r="BR8" t="n" s="8">
+      <c r="BS8" t="n" s="8">
         <v>4534.0</v>
       </c>
-      <c r="BS8" t="n" s="8">
+      <c r="BT8" t="n" s="8">
         <v>-3850.0</v>
       </c>
-      <c r="BT8" t="n" s="8">
+      <c r="BU8" t="n" s="8">
         <v>4713.0</v>
       </c>
-      <c r="BU8" t="n" s="8">
+      <c r="BV8" t="n" s="8">
         <v>654.0</v>
       </c>
-      <c r="BV8" t="n" s="8">
+      <c r="BW8" t="n" s="8">
         <v>-32200.0</v>
       </c>
-      <c r="BW8" t="n" s="8">
+      <c r="BX8" t="n" s="8">
         <v>-19452.0</v>
       </c>
-      <c r="BX8" t="n" s="8">
+      <c r="BY8" t="n" s="8">
         <v>-855.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B9" t="n" s="9">
+        <v>9740329.0</v>
+      </c>
+      <c r="C9" t="n" s="9">
         <v>7116133.0</v>
       </c>
-      <c r="C9" t="n" s="9">
+      <c r="D9" t="n" s="9">
         <v>5318747.0</v>
       </c>
-      <c r="D9" t="n" s="9">
+      <c r="E9" t="n" s="9">
         <v>1.0415691E7</v>
       </c>
-      <c r="E9" t="n" s="9">
+      <c r="F9" t="n" s="9">
         <v>8307704.0</v>
       </c>
-      <c r="F9" t="n" s="9">
+      <c r="G9" t="n" s="9">
         <v>5457741.0</v>
       </c>
-      <c r="G9" t="n" s="9">
+      <c r="H9" t="n" s="9">
         <v>2716979.0</v>
       </c>
-      <c r="H9" t="n" s="9">
+      <c r="I9" t="n" s="9">
         <v>5862390.0</v>
       </c>
-      <c r="I9" t="n" s="9">
+      <c r="J9" t="n" s="9">
         <v>4819746.0</v>
       </c>
-      <c r="J9" t="n" s="9">
+      <c r="K9" t="n" s="9">
         <v>2291329.0</v>
       </c>
-      <c r="K9" t="n" s="9">
+      <c r="L9" t="n" s="9">
         <v>751854.0</v>
       </c>
-      <c r="L9" t="n" s="9">
+      <c r="M9" t="n" s="9">
         <v>3385883.0</v>
       </c>
-      <c r="M9" t="n" s="9">
+      <c r="N9" t="n" s="9">
         <v>3138983.0</v>
       </c>
-      <c r="N9" t="n" s="9">
+      <c r="O9" t="n" s="9">
         <v>2404055.0</v>
       </c>
-      <c r="O9" t="n" s="9">
+      <c r="P9" t="n" s="9">
         <v>1457521.0</v>
       </c>
-      <c r="P9" t="n" s="9">
+      <c r="Q9" t="n" s="9">
         <v>4881648.0</v>
       </c>
-      <c r="Q9" t="n" s="9">
+      <c r="R9" t="n" s="9">
         <v>4368361.0</v>
       </c>
-      <c r="R9" t="n" s="9">
+      <c r="S9" t="n" s="9">
         <v>3119633.0</v>
       </c>
-      <c r="S9" t="n" s="9">
+      <c r="T9" t="n" s="9">
         <v>871535.0</v>
       </c>
-      <c r="T9" t="n" s="9">
+      <c r="U9" t="n" s="9">
         <v>1352533.0</v>
       </c>
-      <c r="U9" t="n" s="9">
+      <c r="V9" t="n" s="9">
         <v>945381.0</v>
       </c>
-      <c r="V9" t="n" s="9">
+      <c r="W9" t="n" s="9">
         <v>502564.0</v>
       </c>
-      <c r="W9" t="n" s="9">
+      <c r="X9" t="n" s="9">
         <v>410196.0</v>
       </c>
-      <c r="X9" t="n" s="9">
+      <c r="Y9" t="n" s="9">
         <v>1981101.0</v>
       </c>
-      <c r="Y9" t="n" s="9">
+      <c r="Z9" t="n" s="9">
         <v>907247.0</v>
       </c>
-      <c r="Z9" t="n" s="9">
+      <c r="AA9" t="n" s="9">
         <v>419988.0</v>
       </c>
-      <c r="AA9" t="n" s="9">
+      <c r="AB9" t="n" s="9">
         <v>1752165.0</v>
       </c>
-      <c r="AB9" t="n" s="9">
+      <c r="AC9" t="n" s="9">
         <v>1474367.0</v>
       </c>
-      <c r="AC9" t="n" s="9">
+      <c r="AD9" t="n" s="9">
         <v>898201.0</v>
       </c>
-      <c r="AD9" t="n" s="9">
+      <c r="AE9" t="n" s="9">
         <v>1904125.0</v>
       </c>
-      <c r="AE9" t="n" s="9">
+      <c r="AF9" t="n" s="9">
         <v>1354091.0</v>
       </c>
-      <c r="AF9" t="n" s="9">
+      <c r="AG9" t="n" s="9">
         <v>888719.0</v>
       </c>
-      <c r="AG9" t="n" s="9">
+      <c r="AH9" t="n" s="9">
         <v>405192.0</v>
       </c>
-      <c r="AH9" t="n" s="9">
+      <c r="AI9" t="n" s="9">
         <v>1866362.0</v>
       </c>
-      <c r="AI9" t="n" s="9">
+      <c r="AJ9" t="n" s="9">
         <v>1490074.0</v>
       </c>
-      <c r="AJ9" t="n" s="9">
+      <c r="AK9" t="n" s="9">
         <v>1033020.0</v>
       </c>
-      <c r="AK9" t="n" s="9">
+      <c r="AL9" t="n" s="9">
         <v>539716.0</v>
       </c>
-      <c r="AL9" t="n" s="9">
+      <c r="AM9" t="n" s="9">
         <v>1354729.0</v>
       </c>
-      <c r="AM9" t="n" s="9">
+      <c r="AN9" t="n" s="9">
         <v>1147450.0</v>
       </c>
-      <c r="AN9" t="n" s="9">
+      <c r="AO9" t="n" s="9">
         <v>762336.0</v>
       </c>
-      <c r="AO9" t="n" s="9">
+      <c r="AP9" t="n" s="9">
         <v>375938.0</v>
       </c>
-      <c r="AP9" t="n" s="9">
+      <c r="AQ9" t="n" s="9">
         <v>1429315.0</v>
       </c>
-      <c r="AQ9" t="n" s="9">
+      <c r="AR9" t="n" s="9">
         <v>1140684.0</v>
       </c>
-      <c r="AR9" t="n" s="9">
+      <c r="AS9" t="n" s="9">
         <v>771893.0</v>
       </c>
-      <c r="AS9" t="n" s="9">
+      <c r="AT9" t="n" s="9">
         <v>348066.0</v>
       </c>
-      <c r="AT9" t="n" s="9">
+      <c r="AU9" t="n" s="9">
         <v>901264.0</v>
       </c>
-      <c r="AU9" t="n" s="9">
+      <c r="AV9" t="n" s="9">
         <v>764560.0</v>
       </c>
-      <c r="AV9" t="n" s="9">
+      <c r="AW9" t="n" s="9">
         <v>534561.0</v>
       </c>
-      <c r="AW9" t="n" s="9">
+      <c r="AX9" t="n" s="9">
         <v>253217.0</v>
       </c>
-      <c r="AX9" t="n" s="9">
+      <c r="AY9" t="n" s="9">
         <v>721737.0</v>
       </c>
-      <c r="AY9" t="n" s="9">
+      <c r="AZ9" t="n" s="9">
         <v>607403.0</v>
       </c>
-      <c r="AZ9" t="n" s="9">
+      <c r="BA9" t="n" s="9">
         <v>495937.0</v>
       </c>
-      <c r="BA9" t="n" s="9">
+      <c r="BB9" t="n" s="9">
         <v>220186.0</v>
       </c>
-      <c r="BB9" t="n" s="9">
+      <c r="BC9" t="n" s="9">
         <v>747561.0</v>
       </c>
-      <c r="BC9" t="n" s="9">
+      <c r="BD9" t="n" s="9">
         <v>641444.0</v>
       </c>
-      <c r="BD9" t="n" s="9">
+      <c r="BE9" t="n" s="9">
         <v>509509.0</v>
       </c>
-      <c r="BE9" t="n" s="9">
+      <c r="BF9" t="n" s="9">
         <v>257599.0</v>
       </c>
-      <c r="BF9" t="n" s="9">
+      <c r="BG9" t="n" s="9">
         <v>872413.0</v>
       </c>
-      <c r="BG9" t="n" s="9">
+      <c r="BH9" t="n" s="9">
         <v>685974.0</v>
       </c>
-      <c r="BH9" t="n" s="9">
+      <c r="BI9" t="n" s="9">
         <v>231209.0</v>
       </c>
-      <c r="BI9" t="n" s="9">
+      <c r="BJ9" t="n" s="9">
         <v>85718.0</v>
       </c>
-      <c r="BJ9" t="n" s="9">
+      <c r="BK9" t="n" s="9">
         <v>1379973.0</v>
       </c>
-      <c r="BK9" t="n" s="9">
+      <c r="BL9" t="n" s="9">
         <v>917984.0</v>
       </c>
-      <c r="BL9" t="n" s="9">
+      <c r="BM9" t="n" s="9">
         <v>706310.0</v>
       </c>
-      <c r="BM9" t="n" s="9">
+      <c r="BN9" t="n" s="9">
         <v>303308.0</v>
       </c>
-      <c r="BN9" t="n" s="9">
+      <c r="BO9" t="n" s="9">
         <v>1593982.0</v>
       </c>
-      <c r="BO9" t="n" s="9">
+      <c r="BP9" t="n" s="9">
         <v>1065756.0</v>
       </c>
-      <c r="BP9" t="n" s="9">
+      <c r="BQ9" t="n" s="9">
         <v>757861.0</v>
       </c>
-      <c r="BQ9" t="n" s="9">
+      <c r="BR9" t="n" s="9">
         <v>320278.0</v>
       </c>
-      <c r="BR9" t="n" s="9">
+      <c r="BS9" t="n" s="9">
         <v>1395048.0</v>
       </c>
-      <c r="BS9" t="n" s="9">
+      <c r="BT9" t="n" s="9">
         <v>927515.0</v>
       </c>
-      <c r="BT9" t="n" s="9">
+      <c r="BU9" t="n" s="9">
         <v>646369.0</v>
       </c>
-      <c r="BU9" t="n" s="9">
+      <c r="BV9" t="n" s="9">
         <v>300566.0</v>
       </c>
-      <c r="BV9" t="n" s="9">
+      <c r="BW9" t="n" s="9">
         <v>1232444.0</v>
       </c>
-      <c r="BW9" t="n" s="9">
+      <c r="BX9" t="n" s="9">
         <v>785262.0</v>
       </c>
-      <c r="BX9" t="n" s="9">
+      <c r="BY9" t="n" s="9">
         <v>468394.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B10" t="n" s="10">
+        <v>7307061.0</v>
+      </c>
+      <c r="C10" t="n" s="10">
         <v>5335608.0</v>
       </c>
-      <c r="C10" t="n" s="10">
+      <c r="D10" t="n" s="10">
         <v>3951129.0</v>
       </c>
-      <c r="D10" t="n" s="10">
+      <c r="E10" t="n" s="10">
         <v>7917791.0</v>
       </c>
-      <c r="E10" t="n" s="10">
+      <c r="F10" t="n" s="10">
         <v>5865702.0</v>
       </c>
-      <c r="F10" t="n" s="10">
+      <c r="G10" t="n" s="10">
         <v>3804439.0</v>
       </c>
-      <c r="G10" t="n" s="10">
+      <c r="H10" t="n" s="10">
         <v>1971781.0</v>
       </c>
-      <c r="H10" t="n" s="10">
+      <c r="I10" t="n" s="10">
         <v>4267289.0</v>
       </c>
-      <c r="I10" t="n" s="10">
+      <c r="J10" t="n" s="10">
         <v>3491561.0</v>
       </c>
-      <c r="J10" t="n" s="10">
+      <c r="K10" t="n" s="10">
         <v>1490424.0</v>
       </c>
-      <c r="K10" t="n" s="10">
+      <c r="L10" t="n" s="10">
         <v>473987.0</v>
       </c>
-      <c r="L10" t="n" s="10">
+      <c r="M10" t="n" s="10">
         <v>2244042.0</v>
       </c>
-      <c r="M10" t="n" s="10">
+      <c r="N10" t="n" s="10">
         <v>2021420.0</v>
       </c>
-      <c r="N10" t="n" s="10">
+      <c r="O10" t="n" s="10">
         <v>1635277.0</v>
       </c>
-      <c r="O10" t="n" s="10">
+      <c r="P10" t="n" s="10">
         <v>1086412.0</v>
       </c>
-      <c r="P10" t="n" s="10">
+      <c r="Q10" t="n" s="10">
         <v>3606617.0</v>
       </c>
-      <c r="Q10" t="n" s="10">
+      <c r="R10" t="n" s="10">
         <v>3145899.0</v>
       </c>
-      <c r="R10" t="n" s="10">
+      <c r="S10" t="n" s="10">
         <v>2190058.0</v>
       </c>
-      <c r="S10" t="n" s="10">
+      <c r="T10" t="n" s="10">
         <v>468047.0</v>
       </c>
-      <c r="T10" t="n" s="10">
+      <c r="U10" t="n" s="10">
         <v>784778.0</v>
       </c>
-      <c r="U10" t="n" s="10">
+      <c r="V10" t="n" s="10">
         <v>505911.0</v>
       </c>
-      <c r="V10" t="n" s="10">
+      <c r="W10" t="n" s="10">
         <v>300663.0</v>
       </c>
-      <c r="W10" t="n" s="10">
+      <c r="X10" t="n" s="10">
         <v>291895.0</v>
       </c>
-      <c r="X10" t="n" s="10">
+      <c r="Y10" t="n" s="10">
         <v>1273287.0</v>
       </c>
-      <c r="Y10" t="n" s="10">
+      <c r="Z10" t="n" s="10">
         <v>651753.0</v>
       </c>
-      <c r="Z10" t="n" s="10">
+      <c r="AA10" t="n" s="10">
         <v>315425.0</v>
       </c>
-      <c r="AA10" t="n" s="10">
+      <c r="AB10" t="n" s="10">
         <v>1139695.0</v>
       </c>
-      <c r="AB10" t="n" s="10">
+      <c r="AC10" t="n" s="10">
         <v>956408.0</v>
       </c>
-      <c r="AC10" t="n" s="10">
+      <c r="AD10" t="n" s="10">
         <v>624368.0</v>
       </c>
-      <c r="AD10" t="n" s="10">
+      <c r="AE10" t="n" s="10">
         <v>1132123.0</v>
       </c>
-      <c r="AE10" t="n" s="10">
+      <c r="AF10" t="n" s="10">
         <v>852274.0</v>
       </c>
-      <c r="AF10" t="n" s="10">
+      <c r="AG10" t="n" s="10">
         <v>536484.0</v>
       </c>
-      <c r="AG10" t="n" s="10">
+      <c r="AH10" t="n" s="10">
         <v>245660.0</v>
       </c>
-      <c r="AH10" t="n" s="10">
+      <c r="AI10" t="n" s="10">
         <v>1202475.0</v>
       </c>
-      <c r="AI10" t="n" s="10">
+      <c r="AJ10" t="n" s="10">
         <v>968482.0</v>
       </c>
-      <c r="AJ10" t="n" s="10">
+      <c r="AK10" t="n" s="10">
         <v>674863.0</v>
       </c>
-      <c r="AK10" t="n" s="10">
+      <c r="AL10" t="n" s="10">
         <v>388542.0</v>
       </c>
-      <c r="AL10" t="n" s="10">
+      <c r="AM10" t="n" s="10">
         <v>931702.0</v>
       </c>
-      <c r="AM10" t="n" s="10">
+      <c r="AN10" t="n" s="10">
         <v>725899.0</v>
       </c>
-      <c r="AN10" t="n" s="10">
+      <c r="AO10" t="n" s="10">
         <v>486847.0</v>
       </c>
-      <c r="AO10" t="n" s="10">
+      <c r="AP10" t="n" s="10">
         <v>238453.0</v>
       </c>
-      <c r="AP10" t="n" s="10">
+      <c r="AQ10" t="n" s="10">
         <v>1017260.0</v>
       </c>
-      <c r="AQ10" t="n" s="10">
+      <c r="AR10" t="n" s="10">
         <v>802171.0</v>
       </c>
-      <c r="AR10" t="n" s="10">
+      <c r="AS10" t="n" s="10">
         <v>569781.0</v>
       </c>
-      <c r="AS10" t="n" s="10">
+      <c r="AT10" t="n" s="10">
         <v>261992.0</v>
       </c>
-      <c r="AT10" t="n" s="10">
+      <c r="AU10" t="n" s="10">
         <v>712361.0</v>
       </c>
-      <c r="AU10" t="n" s="10">
+      <c r="AV10" t="n" s="10">
         <v>567315.0</v>
       </c>
-      <c r="AV10" t="n" s="10">
+      <c r="AW10" t="n" s="10">
         <v>417754.0</v>
       </c>
-      <c r="AW10" t="n" s="10">
+      <c r="AX10" t="n" s="10">
         <v>191604.0</v>
       </c>
-      <c r="AX10" t="n" s="10">
+      <c r="AY10" t="n" s="10">
         <v>544504.0</v>
       </c>
-      <c r="AY10" t="n" s="10">
+      <c r="AZ10" t="n" s="10">
         <v>448113.0</v>
       </c>
-      <c r="AZ10" t="n" s="10">
+      <c r="BA10" t="n" s="10">
         <v>427520.0</v>
       </c>
-      <c r="BA10" t="n" s="10">
+      <c r="BB10" t="n" s="10">
         <v>152583.0</v>
       </c>
-      <c r="BB10" t="n" s="10">
+      <c r="BC10" t="n" s="10">
         <v>623413.0</v>
       </c>
-      <c r="BC10" t="n" s="10">
+      <c r="BD10" t="n" s="10">
         <v>548202.0</v>
       </c>
-      <c r="BD10" t="n" s="10">
+      <c r="BE10" t="n" s="10">
         <v>451586.0</v>
       </c>
-      <c r="BE10" t="n" s="10">
+      <c r="BF10" t="n" s="10">
         <v>224494.0</v>
       </c>
-      <c r="BF10" t="n" s="10">
+      <c r="BG10" t="n" s="10">
         <v>860120.0</v>
       </c>
-      <c r="BG10" t="n" s="10">
+      <c r="BH10" t="n" s="10">
         <v>493111.0</v>
       </c>
-      <c r="BH10" t="n" s="10">
+      <c r="BI10" t="n" s="10">
         <v>163222.0</v>
       </c>
-      <c r="BI10" t="n" s="10">
+      <c r="BJ10" t="n" s="10">
         <v>61822.0</v>
       </c>
-      <c r="BJ10" t="n" s="10">
+      <c r="BK10" t="n" s="10">
         <v>1054840.0</v>
       </c>
-      <c r="BK10" t="n" s="10">
+      <c r="BL10" t="n" s="10">
         <v>703548.0</v>
       </c>
-      <c r="BL10" t="n" s="10">
+      <c r="BM10" t="n" s="10">
         <v>572855.0</v>
       </c>
-      <c r="BM10" t="n" s="10">
+      <c r="BN10" t="n" s="10">
         <v>242151.0</v>
       </c>
-      <c r="BN10" t="n" s="10">
+      <c r="BO10" t="n" s="10">
         <v>1318323.0</v>
       </c>
-      <c r="BO10" t="n" s="10">
+      <c r="BP10" t="n" s="10">
         <v>884526.0</v>
       </c>
-      <c r="BP10" t="n" s="10">
+      <c r="BQ10" t="n" s="10">
         <v>624626.0</v>
       </c>
-      <c r="BQ10" t="n" s="10">
+      <c r="BR10" t="n" s="10">
         <v>256571.0</v>
       </c>
-      <c r="BR10" t="n" s="10">
+      <c r="BS10" t="n" s="10">
         <v>1158216.0</v>
       </c>
-      <c r="BS10" t="n" s="10">
+      <c r="BT10" t="n" s="10">
         <v>751352.0</v>
       </c>
-      <c r="BT10" t="n" s="10">
+      <c r="BU10" t="n" s="10">
         <v>522428.0</v>
       </c>
-      <c r="BU10" t="n" s="10">
+      <c r="BV10" t="n" s="10">
         <v>241131.0</v>
       </c>
-      <c r="BV10" t="n" s="10">
+      <c r="BW10" t="n" s="10">
         <v>1070259.0</v>
       </c>
-      <c r="BW10" t="n" s="10">
+      <c r="BX10" t="n" s="10">
         <v>678900.0</v>
       </c>
-      <c r="BX10" t="n" s="10">
+      <c r="BY10" t="n" s="10">
         <v>411478.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B12" t="s" s="11">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C12" t="s" s="11">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D12" t="s" s="11">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E12" t="s" s="11">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F12" t="s" s="11">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G12" t="s" s="11">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H12" t="s" s="11">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I12" t="s" s="11">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J12" t="s" s="11">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K12" t="s" s="11">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L12" t="s" s="11">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M12" t="s" s="11">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s" s="11">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O12" t="s" s="11">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s" s="11">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="Q12" t="s" s="11">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="R12" t="s" s="11">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="S12" t="s" s="11">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="T12" t="s" s="11">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="U12" t="s" s="11">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="V12" t="s" s="11">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="W12" t="s" s="11">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="X12" t="s" s="11">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y12" t="s" s="11">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="Z12" t="s" s="11">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AA12" t="s" s="11">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AB12" t="s" s="11">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AC12" t="s" s="11">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AD12" t="s" s="11">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AE12" t="s" s="11">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AF12" t="s" s="11">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AG12" t="s" s="11">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AH12" t="s" s="11">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AI12" t="s" s="11">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AJ12" t="s" s="11">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AK12" t="s" s="11">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AL12" t="s" s="11">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AM12" t="s" s="11">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AN12" t="s" s="11">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AO12" t="s" s="11">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AP12" t="s" s="11">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AQ12" t="s" s="11">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AR12" t="s" s="11">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AS12" t="s" s="11">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AT12" t="s" s="11">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AU12" t="s" s="11">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AV12" t="s" s="11">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AW12" t="s" s="11">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AX12" t="s" s="11">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="AY12" t="s" s="11">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="AZ12" t="s" s="11">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="BA12" t="s" s="11">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="BB12" t="s" s="11">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="BC12" t="s" s="11">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="BD12" t="s" s="11">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="BE12" t="s" s="11">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="BF12" t="s" s="11">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="BG12" t="s" s="11">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="BH12" t="s" s="11">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="BI12" t="s" s="11">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="BJ12" t="s" s="11">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="BK12" t="s" s="11">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="BL12" t="s" s="11">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="BM12" t="s" s="11">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="BN12" t="s" s="11">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="BO12" t="s" s="11">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="BP12" t="s" s="11">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="BQ12" t="s" s="11">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="BR12" t="s" s="11">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="BS12" t="s" s="11">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="BT12" t="s" s="11">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="BU12" t="s" s="11">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="BV12" t="s" s="11">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="BW12" t="s" s="11">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="BX12" t="s" s="11">
-        <v>160</v>
+        <v>161</v>
+      </c>
+      <c r="BY12" t="s" s="11">
+        <v>162</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Q13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="T13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="U13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="V13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="W13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="X13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Y13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Z13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AA13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AB13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AC13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AD13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AE13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AF13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AG13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AH13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AI13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AJ13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AK13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AL13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AM13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AN13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AO13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AP13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AQ13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AR13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AS13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AT13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AU13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AV13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AW13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AX13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AY13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AZ13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BA13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BB13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BC13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BD13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BE13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BF13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BG13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BH13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BI13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BJ13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BK13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BL13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BM13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BN13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BO13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BP13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BQ13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BR13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BS13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BT13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BU13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BV13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BW13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="BX13" t="s" s="12">
-        <v>79</v>
+        <v>80</v>
+      </c>
+      <c r="BY13" t="s" s="12">
+        <v>80</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B14" t="n" s="13">
+        <v>1.5450545E7</v>
+      </c>
+      <c r="C14" t="n" s="13">
         <v>1.5805091E7</v>
       </c>
-      <c r="C14" t="n" s="13">
+      <c r="D14" t="n" s="13">
         <v>1.5655136E7</v>
       </c>
-      <c r="D14" t="n" s="13">
+      <c r="E14" t="n" s="13">
         <v>1.5981067E7</v>
       </c>
-      <c r="E14" t="n" s="13">
+      <c r="F14" t="n" s="13">
         <v>1.5657765E7</v>
       </c>
-      <c r="F14" t="n" s="13">
+      <c r="G14" t="n" s="13">
         <v>1.5309031E7</v>
       </c>
-      <c r="G14" t="n" s="13">
+      <c r="H14" t="n" s="13">
         <v>1.4956391E7</v>
       </c>
-      <c r="H14" t="n" s="13">
+      <c r="I14" t="n" s="13">
         <v>1.4157833E7</v>
       </c>
-      <c r="I14" t="n" s="13">
+      <c r="J14" t="n" s="13">
         <v>1.4292281E7</v>
       </c>
-      <c r="J14" t="n" s="13">
+      <c r="K14" t="n" s="13">
         <v>1.4438494E7</v>
       </c>
-      <c r="K14" t="n" s="13">
+      <c r="L14" t="n" s="13">
         <v>1.4347746E7</v>
       </c>
-      <c r="L14" t="n" s="13">
+      <c r="M14" t="n" s="13">
         <v>1.4496906E7</v>
       </c>
-      <c r="M14" t="n" s="13">
+      <c r="N14" t="n" s="13">
         <v>1.2229938E7</v>
       </c>
-      <c r="N14" t="n" s="13">
+      <c r="O14" t="n" s="13">
         <v>1.2340026E7</v>
       </c>
-      <c r="O14" t="n" s="13">
+      <c r="P14" t="n" s="13">
         <v>1.2599839E7</v>
       </c>
-      <c r="P14" t="n" s="13">
+      <c r="Q14" t="n" s="13">
         <v>1.1284866E7</v>
       </c>
-      <c r="Q14" t="n" s="13">
+      <c r="R14" t="n" s="13">
         <v>1.1060385E7</v>
       </c>
-      <c r="R14" t="n" s="13">
+      <c r="S14" t="n" s="13">
         <v>1.1311769E7</v>
       </c>
-      <c r="S14" t="n" s="13">
+      <c r="T14" t="n" s="13">
         <v>1.1234955E7</v>
       </c>
-      <c r="T14" t="n" s="13">
+      <c r="U14" t="n" s="13">
         <v>1.1300981E7</v>
       </c>
-      <c r="U14" t="n" s="13">
+      <c r="V14" t="n" s="13">
         <v>1.1029158E7</v>
       </c>
-      <c r="V14" t="n" s="13">
+      <c r="W14" t="n" s="13">
         <v>1.0568521E7</v>
       </c>
-      <c r="W14" t="n" s="13">
+      <c r="X14" t="n" s="13">
         <v>1.0704156E7</v>
       </c>
-      <c r="X14" t="n" s="13">
+      <c r="Y14" t="n" s="13">
         <v>1.0553475E7</v>
       </c>
-      <c r="Y14" t="n" s="13">
+      <c r="Z14" t="n" s="13">
         <v>9665341.0</v>
       </c>
-      <c r="Z14" t="n" s="13">
+      <c r="AA14" t="n" s="13">
         <v>9301363.0</v>
       </c>
-      <c r="AA14" t="n" s="13">
+      <c r="AB14" t="n" s="13">
         <v>9015534.0</v>
       </c>
-      <c r="AB14" t="n" s="13">
+      <c r="AC14" t="n" s="13">
         <v>8056470.0</v>
       </c>
-      <c r="AC14" t="n" s="13">
+      <c r="AD14" t="n" s="13">
         <v>8077873.0</v>
       </c>
-      <c r="AD14" t="n" s="13">
+      <c r="AE14" t="n" s="13">
         <v>7948623.0</v>
       </c>
-      <c r="AE14" t="n" s="13">
+      <c r="AF14" t="n" s="13">
         <v>7838833.0</v>
       </c>
-      <c r="AF14" t="n" s="13">
+      <c r="AG14" t="n" s="13">
         <v>7482963.0</v>
       </c>
-      <c r="AG14" t="n" s="13">
+      <c r="AH14" t="n" s="13">
         <v>7501227.0</v>
       </c>
-      <c r="AH14" t="n" s="13">
+      <c r="AI14" t="n" s="13">
         <v>7619795.0</v>
       </c>
-      <c r="AI14" t="n" s="13">
+      <c r="AJ14" t="n" s="13">
         <v>7722778.0</v>
       </c>
-      <c r="AJ14" t="n" s="13">
+      <c r="AK14" t="n" s="13">
         <v>7353129.0</v>
       </c>
-      <c r="AK14" t="n" s="13">
+      <c r="AL14" t="n" s="13">
         <v>7430476.0</v>
       </c>
-      <c r="AL14" t="n" s="13">
+      <c r="AM14" t="n" s="13">
         <v>4181809.0</v>
       </c>
-      <c r="AM14" t="n" s="13">
+      <c r="AN14" t="n" s="13">
         <v>3748963.0</v>
       </c>
-      <c r="AN14" t="n" s="13">
+      <c r="AO14" t="n" s="13">
         <v>3612927.0</v>
       </c>
-      <c r="AO14" t="n" s="13">
+      <c r="AP14" t="n" s="13">
         <v>3586994.0</v>
       </c>
-      <c r="AP14" t="n" s="13">
+      <c r="AQ14" t="n" s="13">
         <v>3716267.0</v>
       </c>
-      <c r="AQ14" t="n" s="13">
+      <c r="AR14" t="n" s="13">
         <v>3614643.0</v>
       </c>
-      <c r="AR14" t="n" s="13">
+      <c r="AS14" t="n" s="13">
         <v>3387445.0</v>
       </c>
-      <c r="AS14" t="n" s="13">
+      <c r="AT14" t="n" s="13">
         <v>3358193.0</v>
       </c>
-      <c r="AT14" t="n" s="13">
+      <c r="AU14" t="n" s="13">
         <v>3317791.0</v>
       </c>
-      <c r="AU14" t="n" s="13">
+      <c r="AV14" t="n" s="13">
         <v>3319136.0</v>
       </c>
-      <c r="AV14" t="n" s="13">
+      <c r="AW14" t="n" s="13">
         <v>3367815.0</v>
       </c>
-      <c r="AW14" t="n" s="13">
+      <c r="AX14" t="n" s="13">
         <v>3400262.0</v>
       </c>
-      <c r="AX14" t="n" s="13">
+      <c r="AY14" t="n" s="13">
         <v>3526011.0</v>
       </c>
-      <c r="AY14" t="n" s="13">
+      <c r="AZ14" t="n" s="13">
         <v>3499781.0</v>
       </c>
-      <c r="AZ14" t="n" s="13">
+      <c r="BA14" t="n" s="13">
         <v>3515695.0</v>
       </c>
-      <c r="BA14" t="n" s="13">
+      <c r="BB14" t="n" s="13">
         <v>3555183.0</v>
       </c>
-      <c r="BB14" t="n" s="13">
+      <c r="BC14" t="n" s="13">
         <v>3657805.0</v>
       </c>
-      <c r="BC14" t="n" s="13">
+      <c r="BD14" t="n" s="13">
         <v>3738106.0</v>
       </c>
-      <c r="BD14" t="n" s="13">
+      <c r="BE14" t="n" s="13">
         <v>3772582.0</v>
       </c>
-      <c r="BE14" t="n" s="13">
+      <c r="BF14" t="n" s="13">
         <v>3462627.0</v>
       </c>
-      <c r="BF14" t="n" s="13">
+      <c r="BG14" t="n" s="13">
         <v>3169201.0</v>
       </c>
-      <c r="BG14" t="n" s="13">
+      <c r="BH14" t="n" s="13">
         <v>3129363.0</v>
       </c>
-      <c r="BH14" t="n" s="13">
+      <c r="BI14" t="n" s="13">
         <v>3110681.0</v>
       </c>
-      <c r="BI14" t="n" s="13">
+      <c r="BJ14" t="n" s="13">
         <v>3129733.0</v>
       </c>
-      <c r="BJ14" t="n" s="13">
+      <c r="BK14" t="n" s="13">
         <v>3041630.0</v>
       </c>
-      <c r="BK14" t="n" s="13">
+      <c r="BL14" t="n" s="13">
         <v>3021087.0</v>
       </c>
-      <c r="BL14" t="n" s="13">
+      <c r="BM14" t="n" s="13">
         <v>3010132.0</v>
       </c>
-      <c r="BM14" t="n" s="13">
+      <c r="BN14" t="n" s="13">
         <v>3107647.0</v>
       </c>
-      <c r="BN14" t="n" s="13">
+      <c r="BO14" t="n" s="13">
         <v>2898863.0</v>
       </c>
-      <c r="BO14" t="n" s="13">
+      <c r="BP14" t="n" s="13">
         <v>2728341.0</v>
       </c>
-      <c r="BP14" t="n" s="13">
+      <c r="BQ14" t="n" s="13">
         <v>2531831.0</v>
       </c>
-      <c r="BQ14" t="n" s="13">
+      <c r="BR14" t="n" s="13">
         <v>2153193.0</v>
       </c>
-      <c r="BR14" t="n" s="13">
+      <c r="BS14" t="n" s="13">
         <v>2169102.0</v>
       </c>
-      <c r="BS14" t="n" s="13">
+      <c r="BT14" t="n" s="13">
         <v>2299138.0</v>
       </c>
-      <c r="BT14" t="n" s="13">
+      <c r="BU14" t="n" s="13">
         <v>2333756.0</v>
       </c>
-      <c r="BU14" t="n" s="13">
+      <c r="BV14" t="n" s="13">
         <v>2250288.0</v>
       </c>
-      <c r="BV14" t="n" s="13">
+      <c r="BW14" t="n" s="13">
         <v>2282944.0</v>
       </c>
-      <c r="BW14" t="n" s="13">
+      <c r="BX14" t="n" s="13">
         <v>2229417.0</v>
       </c>
-      <c r="BX14" t="n" s="13">
+      <c r="BY14" t="n" s="13">
         <v>2279287.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B15" t="n" s="14">
+        <v>62852.0</v>
+      </c>
+      <c r="C15" t="n" s="14">
         <v>77019.0</v>
       </c>
-      <c r="C15" t="n" s="14">
+      <c r="D15" t="n" s="14">
         <v>106124.0</v>
       </c>
-      <c r="D15" t="n" s="14">
+      <c r="E15" t="n" s="14">
         <v>105352.0</v>
       </c>
-      <c r="E15" t="n" s="14">
+      <c r="F15" t="n" s="14">
         <v>121869.0</v>
       </c>
-      <c r="F15" t="n" s="14">
+      <c r="G15" t="n" s="14">
         <v>138386.0</v>
       </c>
-      <c r="G15" t="n" s="14">
+      <c r="H15" t="n" s="14">
         <v>154902.0</v>
       </c>
-      <c r="H15" t="n" s="14">
+      <c r="I15" t="n" s="14">
         <v>171420.0</v>
       </c>
-      <c r="I15" t="n" s="14">
+      <c r="J15" t="n" s="14">
         <v>182065.0</v>
       </c>
-      <c r="J15" t="n" s="14">
+      <c r="K15" t="n" s="14">
         <v>203915.0</v>
       </c>
-      <c r="K15" t="n" s="14">
+      <c r="L15" t="n" s="14">
         <v>225765.0</v>
       </c>
-      <c r="L15" t="n" s="14">
+      <c r="M15" t="n" s="14">
         <v>247615.0</v>
       </c>
-      <c r="M15" t="n" s="14">
+      <c r="N15" t="n" s="14">
         <v>0.0</v>
       </c>
-      <c r="N15" t="s" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="O15" t="s" s="14">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="P15" t="n" s="14">
+        <v>79</v>
+      </c>
+      <c r="P15" t="s" s="14">
+        <v>79</v>
+      </c>
+      <c r="Q15" t="n" s="14">
         <v>0.0</v>
       </c>
-      <c r="Q15" t="s" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="R15" t="s" s="14">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="S15" t="s" s="14">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="T15" t="n" s="14">
+        <v>79</v>
+      </c>
+      <c r="T15" t="s" s="14">
+        <v>79</v>
+      </c>
+      <c r="U15" t="n" s="14">
         <v>989.0</v>
       </c>
-      <c r="U15" t="n" s="14">
+      <c r="V15" t="n" s="14">
         <v>3954.0</v>
       </c>
-      <c r="V15" t="n" s="14">
+      <c r="W15" t="n" s="14">
         <v>16351.0</v>
       </c>
-      <c r="W15" t="n" s="14">
+      <c r="X15" t="n" s="14">
         <v>9886.0</v>
       </c>
-      <c r="X15" t="n" s="14">
+      <c r="Y15" t="n" s="14">
         <v>12852.0</v>
       </c>
-      <c r="Y15" t="n" s="14">
+      <c r="Z15" t="n" s="14">
         <v>119327.0</v>
       </c>
-      <c r="Z15" t="n" s="14">
+      <c r="AA15" t="n" s="14">
         <v>122292.0</v>
       </c>
-      <c r="AA15" t="n" s="14">
+      <c r="AB15" t="n" s="14">
         <v>125260.0</v>
       </c>
-      <c r="AB15" t="n" s="14">
+      <c r="AC15" t="n" s="14">
         <v>27680.0</v>
       </c>
-      <c r="AC15" t="n" s="14">
+      <c r="AD15" t="n" s="14">
         <v>30646.0</v>
       </c>
-      <c r="AD15" t="n" s="14">
+      <c r="AE15" t="n" s="14">
         <v>36578.0</v>
       </c>
-      <c r="AE15" t="n" s="14">
+      <c r="AF15" t="n" s="14">
         <v>39543.0</v>
       </c>
-      <c r="AF15" t="n" s="14">
+      <c r="AG15" t="n" s="14">
         <v>42509.0</v>
       </c>
-      <c r="AG15" t="n" s="14">
+      <c r="AH15" t="n" s="14">
         <v>45475.0</v>
       </c>
-      <c r="AH15" t="n" s="14">
+      <c r="AI15" t="n" s="14">
         <v>50066.0</v>
       </c>
-      <c r="AI15" t="n" s="14">
+      <c r="AJ15" t="n" s="14">
         <v>57905.0</v>
       </c>
-      <c r="AJ15" t="n" s="14">
+      <c r="AK15" t="n" s="14">
         <v>65744.0</v>
       </c>
-      <c r="AK15" t="n" s="14">
+      <c r="AL15" t="n" s="14">
         <v>73583.0</v>
       </c>
-      <c r="AL15" t="n" s="14">
+      <c r="AM15" t="n" s="14">
         <v>80434.0</v>
       </c>
-      <c r="AM15" t="n" s="14">
+      <c r="AN15" t="n" s="14">
         <v>25990.0</v>
       </c>
-      <c r="AN15" t="n" s="14">
+      <c r="AO15" t="n" s="14">
         <v>30864.0</v>
       </c>
-      <c r="AO15" t="n" s="14">
+      <c r="AP15" t="n" s="14">
         <v>35737.0</v>
       </c>
-      <c r="AP15" t="n" s="14">
+      <c r="AQ15" t="n" s="14">
         <v>40610.0</v>
       </c>
-      <c r="AQ15" t="n" s="14">
+      <c r="AR15" t="n" s="14">
         <v>45484.0</v>
       </c>
-      <c r="AR15" t="n" s="14">
+      <c r="AS15" t="n" s="14">
         <v>50357.0</v>
       </c>
-      <c r="AS15" t="n" s="14">
+      <c r="AT15" t="n" s="14">
         <v>55230.0</v>
       </c>
-      <c r="AT15" t="n" s="14">
+      <c r="AU15" t="n" s="14">
         <v>60103.0</v>
       </c>
-      <c r="AU15" t="n" s="14">
+      <c r="AV15" t="n" s="14">
         <v>64977.0</v>
       </c>
-      <c r="AV15" t="n" s="14">
+      <c r="AW15" t="n" s="14">
         <v>69850.0</v>
       </c>
-      <c r="AW15" t="n" s="14">
+      <c r="AX15" t="n" s="14">
         <v>74723.0</v>
       </c>
-      <c r="AX15" t="n" s="14">
+      <c r="AY15" t="n" s="14">
         <v>79596.0</v>
       </c>
-      <c r="AY15" t="n" s="14">
+      <c r="AZ15" t="n" s="14">
         <v>84470.0</v>
       </c>
-      <c r="AZ15" t="n" s="14">
+      <c r="BA15" t="n" s="14">
         <v>89343.0</v>
       </c>
-      <c r="BA15" t="n" s="14">
+      <c r="BB15" t="n" s="14">
         <v>94216.0</v>
       </c>
-      <c r="BB15" t="n" s="14">
+      <c r="BC15" t="n" s="14">
         <v>97465.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>82631.0</v>
       </c>
       <c r="BD15" t="n" s="14">
         <v>82631.0</v>
       </c>
       <c r="BE15" t="n" s="14">
         <v>82631.0</v>
       </c>
       <c r="BF15" t="n" s="14">
         <v>82631.0</v>
       </c>
       <c r="BG15" t="n" s="14">
+        <v>82631.0</v>
+      </c>
+      <c r="BH15" t="n" s="14">
         <v>37507.0</v>
       </c>
-      <c r="BH15" t="n" s="14">
+      <c r="BI15" t="n" s="14">
         <v>38338.0</v>
       </c>
-      <c r="BI15" t="n" s="14">
+      <c r="BJ15" t="n" s="14">
         <v>39646.0</v>
       </c>
-      <c r="BJ15" t="n" s="14">
+      <c r="BK15" t="n" s="14">
         <v>57111.0</v>
       </c>
-      <c r="BK15" t="n" s="14">
+      <c r="BL15" t="n" s="14">
         <v>5337.0</v>
       </c>
-      <c r="BL15" t="n" s="14">
+      <c r="BM15" t="n" s="14">
         <v>6660.0</v>
       </c>
-      <c r="BM15" t="n" s="14">
+      <c r="BN15" t="n" s="14">
         <v>7968.0</v>
       </c>
-      <c r="BN15" t="n" s="14">
+      <c r="BO15" t="n" s="14">
         <v>9262.0</v>
       </c>
-      <c r="BO15" t="n" s="14">
+      <c r="BP15" t="n" s="14">
         <v>10581.0</v>
       </c>
-      <c r="BP15" t="n" s="14">
+      <c r="BQ15" t="n" s="14">
         <v>11900.0</v>
       </c>
-      <c r="BQ15" t="n" s="14">
+      <c r="BR15" t="n" s="14">
         <v>13204.0</v>
       </c>
-      <c r="BR15" t="n" s="14">
+      <c r="BS15" t="n" s="14">
         <v>14509.0</v>
       </c>
-      <c r="BS15" t="n" s="14">
+      <c r="BT15" t="n" s="14">
         <v>17381.0</v>
       </c>
-      <c r="BT15" t="n" s="14">
+      <c r="BU15" t="n" s="14">
         <v>17154.0</v>
       </c>
-      <c r="BU15" t="n" s="14">
+      <c r="BV15" t="n" s="14">
         <v>18462.0</v>
       </c>
-      <c r="BV15" t="n" s="14">
+      <c r="BW15" t="n" s="14">
         <v>19756.0</v>
       </c>
-      <c r="BW15" t="n" s="14">
+      <c r="BX15" t="n" s="14">
         <v>23629.0</v>
       </c>
-      <c r="BX15" t="n" s="14">
+      <c r="BY15" t="n" s="14">
         <v>25301.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B16" t="n" s="18">
+        <v>1.4586682E7</v>
+      </c>
+      <c r="C16" t="n" s="18">
         <v>1.4400664E7</v>
       </c>
-      <c r="C16" t="n" s="18">
+      <c r="D16" t="n" s="18">
         <v>1.4743068E7</v>
       </c>
-      <c r="D16" t="n" s="18">
+      <c r="E16" t="n" s="18">
         <v>1.5065015E7</v>
       </c>
-      <c r="E16" t="n" s="18">
+      <c r="F16" t="n" s="18">
         <v>1.4794425E7</v>
       </c>
-      <c r="F16" t="n" s="18">
+      <c r="G16" t="n" s="18">
         <v>1.4511035E7</v>
       </c>
-      <c r="G16" t="n" s="18">
+      <c r="H16" t="n" s="18">
         <v>1.4139263E7</v>
       </c>
-      <c r="H16" t="n" s="18">
+      <c r="I16" t="n" s="18">
         <v>1.3328838E7</v>
       </c>
-      <c r="I16" t="n" s="18">
+      <c r="J16" t="n" s="18">
         <v>1.3520393E7</v>
       </c>
-      <c r="J16" t="n" s="18">
+      <c r="K16" t="n" s="18">
         <v>1.3647773E7</v>
       </c>
-      <c r="K16" t="n" s="18">
+      <c r="L16" t="n" s="18">
         <v>1.3532755E7</v>
       </c>
-      <c r="L16" t="n" s="18">
+      <c r="M16" t="n" s="18">
         <v>1.3662554E7</v>
       </c>
-      <c r="M16" t="n" s="18">
+      <c r="N16" t="n" s="18">
         <v>1.1610326E7</v>
       </c>
-      <c r="N16" t="n" s="18">
+      <c r="O16" t="n" s="18">
         <v>1.083669E7</v>
       </c>
-      <c r="O16" t="n" s="18">
+      <c r="P16" t="n" s="18">
         <v>1.0935145E7</v>
       </c>
-      <c r="P16" t="n" s="18">
+      <c r="Q16" t="n" s="18">
         <v>9884215.0</v>
       </c>
-      <c r="Q16" t="n" s="18">
+      <c r="R16" t="n" s="18">
         <v>1.0711152E7</v>
       </c>
-      <c r="R16" t="n" s="18">
+      <c r="S16" t="n" s="18">
         <v>9758084.0</v>
       </c>
-      <c r="S16" t="n" s="18">
+      <c r="T16" t="n" s="18">
         <v>9592280.0</v>
       </c>
-      <c r="T16" t="n" s="18">
+      <c r="U16" t="n" s="18">
         <v>9748338.0</v>
       </c>
-      <c r="U16" t="n" s="18">
+      <c r="V16" t="n" s="18">
         <v>9566765.0</v>
       </c>
-      <c r="V16" t="n" s="18">
+      <c r="W16" t="n" s="18">
         <v>9108515.0</v>
       </c>
-      <c r="W16" t="n" s="18">
+      <c r="X16" t="n" s="18">
         <v>9393626.0</v>
       </c>
-      <c r="X16" t="n" s="18">
+      <c r="Y16" t="n" s="18">
         <v>9162166.0</v>
       </c>
-      <c r="Y16" t="n" s="18">
+      <c r="Z16" t="n" s="18">
         <v>9195273.0</v>
       </c>
-      <c r="Z16" t="n" s="18">
+      <c r="AA16" t="n" s="18">
         <v>8838726.0</v>
       </c>
-      <c r="AA16" t="n" s="18">
+      <c r="AB16" t="n" s="18">
         <v>8549889.0</v>
       </c>
-      <c r="AB16" t="n" s="18">
+      <c r="AC16" t="n" s="18">
         <v>7687290.0</v>
       </c>
-      <c r="AC16" t="n" s="18">
+      <c r="AD16" t="n" s="18">
         <v>7706599.0</v>
       </c>
-      <c r="AD16" t="n" s="18">
+      <c r="AE16" t="n" s="18">
         <v>7571426.0</v>
       </c>
-      <c r="AE16" t="n" s="18">
+      <c r="AF16" t="n" s="18">
         <v>7456340.0</v>
       </c>
-      <c r="AF16" t="n" s="18">
+      <c r="AG16" t="n" s="18">
         <v>7098405.0</v>
       </c>
-      <c r="AG16" t="n" s="18">
+      <c r="AH16" t="n" s="18">
         <v>7114463.0</v>
       </c>
-      <c r="AH16" t="n" s="18">
+      <c r="AI16" t="n" s="18">
         <v>7229706.0</v>
       </c>
-      <c r="AI16" t="n" s="18">
+      <c r="AJ16" t="n" s="18">
         <v>7319927.0</v>
       </c>
-      <c r="AJ16" t="n" s="18">
+      <c r="AK16" t="n" s="18">
         <v>6943336.0</v>
       </c>
-      <c r="AK16" t="n" s="18">
+      <c r="AL16" t="n" s="18">
         <v>7012750.0</v>
       </c>
-      <c r="AL16" t="n" s="18">
+      <c r="AM16" t="n" s="18">
         <v>3757640.0</v>
       </c>
-      <c r="AM16" t="n" s="18">
+      <c r="AN16" t="n" s="18">
         <v>3374038.0</v>
       </c>
-      <c r="AN16" t="n" s="18">
+      <c r="AO16" t="n" s="18">
         <v>3233056.0</v>
       </c>
-      <c r="AO16" t="n" s="18">
+      <c r="AP16" t="n" s="18">
         <v>3202233.0</v>
       </c>
-      <c r="AP16" t="n" s="18">
+      <c r="AQ16" t="n" s="18">
         <v>3326962.0</v>
       </c>
-      <c r="AQ16" t="n" s="18">
+      <c r="AR16" t="n" s="18">
         <v>3219949.0</v>
       </c>
-      <c r="AR16" t="n" s="18">
+      <c r="AS16" t="n" s="18">
         <v>2987703.0</v>
       </c>
-      <c r="AS16" t="n" s="18">
+      <c r="AT16" t="n" s="18">
         <v>2954584.0</v>
       </c>
-      <c r="AT16" t="n" s="18">
+      <c r="AU16" t="n" s="18">
         <v>2909481.0</v>
       </c>
-      <c r="AU16" t="n" s="18">
+      <c r="AV16" t="n" s="18">
         <v>2891522.0</v>
       </c>
-      <c r="AV16" t="n" s="18">
+      <c r="AW16" t="n" s="18">
         <v>2938353.0</v>
       </c>
-      <c r="AW16" t="n" s="18">
+      <c r="AX16" t="n" s="18">
         <v>2967098.0</v>
       </c>
-      <c r="AX16" t="n" s="18">
+      <c r="AY16" t="n" s="18">
         <v>3088528.0</v>
       </c>
-      <c r="AY16" t="n" s="18">
+      <c r="AZ16" t="n" s="18">
         <v>3055858.0</v>
       </c>
-      <c r="AZ16" t="n" s="18">
+      <c r="BA16" t="n" s="18">
         <v>3070910.0</v>
       </c>
-      <c r="BA16" t="n" s="18">
+      <c r="BB16" t="n" s="18">
         <v>3106196.0</v>
       </c>
-      <c r="BB16" t="n" s="18">
+      <c r="BC16" t="n" s="18">
         <v>3212895.0</v>
       </c>
-      <c r="BC16" t="n" s="18">
+      <c r="BD16" t="n" s="18">
         <v>3307024.0</v>
       </c>
-      <c r="BD16" t="n" s="18">
+      <c r="BE16" t="n" s="18">
         <v>3341576.0</v>
       </c>
-      <c r="BE16" t="n" s="18">
+      <c r="BF16" t="n" s="18">
         <v>3030440.0</v>
       </c>
-      <c r="BF16" t="n" s="18">
+      <c r="BG16" t="n" s="18">
         <v>3013452.0</v>
       </c>
-      <c r="BG16" t="n" s="18">
+      <c r="BH16" t="n" s="18">
         <v>3016353.0</v>
       </c>
-      <c r="BH16" t="n" s="18">
+      <c r="BI16" t="n" s="18">
         <v>2996491.0</v>
       </c>
-      <c r="BI16" t="n" s="18">
+      <c r="BJ16" t="n" s="18">
         <v>3015616.0</v>
       </c>
-      <c r="BJ16" t="n" s="18">
+      <c r="BK16" t="n" s="18">
         <v>2911368.0</v>
       </c>
-      <c r="BK16" t="n" s="18">
+      <c r="BL16" t="n" s="18">
         <v>2962497.0</v>
       </c>
-      <c r="BL16" t="n" s="18">
+      <c r="BM16" t="n" s="18">
         <v>2952122.0</v>
       </c>
-      <c r="BM16" t="n" s="18">
+      <c r="BN16" t="n" s="18">
         <v>3073668.0</v>
       </c>
-      <c r="BN16" t="n" s="18">
+      <c r="BO16" t="n" s="18">
         <v>2864592.0</v>
       </c>
-      <c r="BO16" t="n" s="18">
+      <c r="BP16" t="n" s="18">
         <v>2709451.0</v>
       </c>
-      <c r="BP16" t="n" s="18">
+      <c r="BQ16" t="n" s="18">
         <v>2512133.0</v>
       </c>
-      <c r="BQ16" t="n" s="18">
+      <c r="BR16" t="n" s="18">
         <v>2132141.0</v>
       </c>
-      <c r="BR16" t="n" s="18">
+      <c r="BS16" t="n" s="18">
         <v>2149176.0</v>
       </c>
-      <c r="BS16" t="n" s="18">
+      <c r="BT16" t="n" s="18">
         <v>2273187.0</v>
       </c>
-      <c r="BT16" t="n" s="18">
+      <c r="BU16" t="n" s="18">
         <v>2307548.0</v>
       </c>
-      <c r="BU16" t="n" s="18">
+      <c r="BV16" t="n" s="18">
         <v>2222029.0</v>
       </c>
-      <c r="BV16" t="n" s="18">
+      <c r="BW16" t="n" s="18">
         <v>2255702.0</v>
       </c>
-      <c r="BW16" t="n" s="18">
+      <c r="BX16" t="n" s="18">
         <v>2188376.0</v>
       </c>
-      <c r="BX16" t="n" s="18">
+      <c r="BY16" t="n" s="18">
         <v>2236835.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B17" t="n" s="19">
+        <v>119093.0</v>
+      </c>
+      <c r="C17" t="n" s="19">
         <v>121242.0</v>
       </c>
-      <c r="C17" t="n" s="19">
+      <c r="D17" t="n" s="19">
         <v>124026.0</v>
       </c>
-      <c r="D17" t="n" s="19">
+      <c r="E17" t="n" s="19">
         <v>128782.0</v>
       </c>
-      <c r="E17" t="n" s="19">
+      <c r="F17" t="n" s="19">
         <v>102118.0</v>
       </c>
-      <c r="F17" t="n" s="19">
+      <c r="G17" t="n" s="19">
         <v>20258.0</v>
       </c>
-      <c r="G17" t="n" s="19">
+      <c r="H17" t="n" s="19">
         <v>22874.0</v>
       </c>
-      <c r="H17" t="n" s="19">
+      <c r="I17" t="n" s="19">
         <v>18223.0</v>
       </c>
-      <c r="I17" t="n" s="19">
+      <c r="J17" t="n" s="19">
         <v>20000.0</v>
       </c>
-      <c r="J17" t="n" s="19">
+      <c r="K17" t="n" s="19">
         <v>16983.0</v>
       </c>
-      <c r="K17" t="n" s="19">
+      <c r="L17" t="n" s="19">
         <v>19403.0</v>
       </c>
-      <c r="L17" t="n" s="19">
+      <c r="M17" t="n" s="19">
         <v>16914.0</v>
       </c>
-      <c r="M17" t="n" s="19">
+      <c r="N17" t="n" s="19">
         <v>9662.0</v>
       </c>
-      <c r="N17" t="n" s="19">
+      <c r="O17" t="n" s="19">
         <v>6616.0</v>
       </c>
-      <c r="O17" t="n" s="19">
+      <c r="P17" t="n" s="19">
         <v>41772.0</v>
       </c>
-      <c r="P17" t="n" s="19">
+      <c r="Q17" t="n" s="19">
         <v>10222.0</v>
       </c>
-      <c r="Q17" t="n" s="19">
+      <c r="R17" t="n" s="19">
         <v>13376.0</v>
       </c>
-      <c r="R17" t="n" s="19">
+      <c r="S17" t="n" s="19">
         <v>13239.0</v>
       </c>
-      <c r="S17" t="n" s="19">
+      <c r="T17" t="n" s="19">
         <v>9787.0</v>
       </c>
-      <c r="T17" t="n" s="19">
+      <c r="U17" t="n" s="19">
         <v>9814.0</v>
       </c>
-      <c r="U17" t="n" s="19">
+      <c r="V17" t="n" s="19">
         <v>12600.0</v>
       </c>
-      <c r="V17" t="n" s="19">
+      <c r="W17" t="n" s="19">
         <v>12564.0</v>
       </c>
-      <c r="W17" t="n" s="19">
+      <c r="X17" t="n" s="19">
         <v>12580.0</v>
       </c>
-      <c r="X17" t="n" s="19">
+      <c r="Y17" t="n" s="19">
         <v>10942.0</v>
       </c>
-      <c r="Y17" t="n" s="19">
+      <c r="Z17" t="n" s="19">
         <v>14884.0</v>
       </c>
-      <c r="Z17" t="n" s="19">
+      <c r="AA17" t="n" s="19">
         <v>4488.0</v>
       </c>
-      <c r="AA17" t="n" s="19">
+      <c r="AB17" t="n" s="19">
         <v>4528.0</v>
       </c>
-      <c r="AB17" t="n" s="19">
+      <c r="AC17" t="n" s="19">
         <v>5643.0</v>
       </c>
-      <c r="AC17" t="n" s="19">
+      <c r="AD17" t="n" s="19">
         <v>4771.0</v>
       </c>
-      <c r="AD17" t="n" s="19">
+      <c r="AE17" t="n" s="19">
         <v>4762.0</v>
       </c>
-      <c r="AE17" t="n" s="19">
+      <c r="AF17" t="n" s="19">
         <v>7093.0</v>
       </c>
-      <c r="AF17" t="n" s="19">
+      <c r="AG17" t="n" s="19">
         <v>6192.0</v>
       </c>
-      <c r="AG17" t="n" s="19">
+      <c r="AH17" t="n" s="19">
         <v>6280.0</v>
       </c>
-      <c r="AH17" t="n" s="19">
+      <c r="AI17" t="n" s="19">
         <v>5014.0</v>
       </c>
-      <c r="AI17" t="n" s="19">
+      <c r="AJ17" t="n" s="19">
         <v>9937.0</v>
       </c>
-      <c r="AJ17" t="n" s="19">
+      <c r="AK17" t="n" s="19">
         <v>9040.0</v>
       </c>
-      <c r="AK17" t="n" s="19">
+      <c r="AL17" t="n" s="19">
         <v>9134.0</v>
       </c>
-      <c r="AL17" t="n" s="19">
+      <c r="AM17" t="n" s="19">
         <v>8726.0</v>
       </c>
-      <c r="AM17" t="n" s="19">
+      <c r="AN17" t="n" s="19">
         <v>13926.0</v>
       </c>
-      <c r="AN17" t="n" s="19">
+      <c r="AO17" t="n" s="19">
         <v>13998.0</v>
       </c>
-      <c r="AO17" t="n" s="19">
+      <c r="AP17" t="n" s="19">
         <v>14015.0</v>
       </c>
-      <c r="AP17" t="n" s="19">
+      <c r="AQ17" t="n" s="19">
         <v>13686.0</v>
       </c>
-      <c r="AQ17" t="n" s="19">
+      <c r="AR17" t="n" s="19">
         <v>14201.0</v>
       </c>
-      <c r="AR17" t="n" s="19">
+      <c r="AS17" t="n" s="19">
         <v>14376.0</v>
       </c>
-      <c r="AS17" t="n" s="19">
+      <c r="AT17" t="n" s="19">
         <v>13370.0</v>
       </c>
-      <c r="AT17" t="n" s="19">
+      <c r="AU17" t="n" s="19">
         <v>13198.0</v>
       </c>
-      <c r="AU17" t="n" s="19">
+      <c r="AV17" t="n" s="19">
         <v>27628.0</v>
       </c>
-      <c r="AV17" t="n" s="19">
+      <c r="AW17" t="n" s="19">
         <v>24603.0</v>
       </c>
-      <c r="AW17" t="n" s="19">
+      <c r="AX17" t="n" s="19">
         <v>23432.0</v>
       </c>
-      <c r="AX17" t="n" s="19">
+      <c r="AY17" t="n" s="19">
         <v>22878.0</v>
       </c>
-      <c r="AY17" t="n" s="19">
+      <c r="AZ17" t="n" s="19">
         <v>24444.0</v>
       </c>
-      <c r="AZ17" t="n" s="19">
+      <c r="BA17" t="n" s="19">
         <v>20433.0</v>
       </c>
-      <c r="BA17" t="n" s="19">
+      <c r="BB17" t="n" s="19">
         <v>19762.0</v>
       </c>
-      <c r="BB17" t="n" s="19">
+      <c r="BC17" t="n" s="19">
         <v>12436.0</v>
       </c>
-      <c r="BC17" t="n" s="19">
+      <c r="BD17" t="n" s="19">
         <v>13442.0</v>
       </c>
-      <c r="BD17" t="n" s="19">
+      <c r="BE17" t="n" s="19">
         <v>13366.0</v>
       </c>
-      <c r="BE17" t="n" s="19">
+      <c r="BF17" t="n" s="19">
         <v>14547.0</v>
       </c>
-      <c r="BF17" t="n" s="19">
+      <c r="BG17" t="n" s="19">
         <v>14340.0</v>
       </c>
-      <c r="BG17" t="n" s="19">
+      <c r="BH17" t="n" s="19">
         <v>16725.0</v>
       </c>
-      <c r="BH17" t="n" s="19">
+      <c r="BI17" t="n" s="19">
         <v>17074.0</v>
       </c>
-      <c r="BI17" t="n" s="19">
+      <c r="BJ17" t="n" s="19">
         <v>15693.0</v>
       </c>
-      <c r="BJ17" t="n" s="19">
+      <c r="BK17" t="n" s="19">
         <v>14311.0</v>
       </c>
-      <c r="BK17" t="n" s="19">
+      <c r="BL17" t="n" s="19">
         <v>7084.0</v>
       </c>
-      <c r="BL17" t="n" s="19">
+      <c r="BM17" t="n" s="19">
         <v>5181.0</v>
       </c>
-      <c r="BM17" t="n" s="19">
+      <c r="BN17" t="n" s="19">
         <v>5988.0</v>
       </c>
-      <c r="BN17" t="n" s="19">
+      <c r="BO17" t="n" s="19">
         <v>4986.0</v>
       </c>
-      <c r="BO17" t="n" s="19">
+      <c r="BP17" t="n" s="19">
         <v>8309.0</v>
       </c>
-      <c r="BP17" t="n" s="19">
+      <c r="BQ17" t="n" s="19">
         <v>7798.0</v>
       </c>
-      <c r="BQ17" t="n" s="19">
+      <c r="BR17" t="n" s="19">
         <v>7848.0</v>
       </c>
-      <c r="BR17" t="n" s="19">
+      <c r="BS17" t="n" s="19">
         <v>5417.0</v>
       </c>
-      <c r="BS17" t="n" s="19">
+      <c r="BT17" t="n" s="19">
         <v>8570.0</v>
       </c>
-      <c r="BT17" t="n" s="19">
+      <c r="BU17" t="n" s="19">
         <v>9054.0</v>
       </c>
-      <c r="BU17" t="n" s="19">
+      <c r="BV17" t="n" s="19">
         <v>9797.0</v>
       </c>
-      <c r="BV17" t="n" s="19">
+      <c r="BW17" t="n" s="19">
         <v>7486.0</v>
       </c>
-      <c r="BW17" t="n" s="19">
+      <c r="BX17" t="n" s="19">
         <v>5033.0</v>
       </c>
-      <c r="BX17" t="n" s="19">
+      <c r="BY17" t="n" s="19">
         <v>5033.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B18" t="n" s="20">
+        <v>3.4691962E7</v>
+      </c>
+      <c r="C18" t="n" s="20">
         <v>4.2902264E7</v>
       </c>
-      <c r="C18" t="n" s="20">
+      <c r="D18" t="n" s="20">
         <v>4.6120879E7</v>
       </c>
-      <c r="D18" t="n" s="20">
+      <c r="E18" t="n" s="20">
         <v>3.5254317E7</v>
       </c>
-      <c r="E18" t="n" s="20">
+      <c r="F18" t="n" s="20">
         <v>3.3074378E7</v>
       </c>
-      <c r="F18" t="n" s="20">
+      <c r="G18" t="n" s="20">
         <v>3.7352474E7</v>
       </c>
-      <c r="G18" t="n" s="20">
+      <c r="H18" t="n" s="20">
         <v>3.6646153E7</v>
       </c>
-      <c r="H18" t="n" s="20">
+      <c r="I18" t="n" s="20">
         <v>2.7320536E7</v>
       </c>
-      <c r="I18" t="n" s="20">
+      <c r="J18" t="n" s="20">
         <v>2.7981497E7</v>
       </c>
-      <c r="J18" t="n" s="20">
+      <c r="K18" t="n" s="20">
         <v>2.5197349E7</v>
       </c>
-      <c r="K18" t="n" s="20">
+      <c r="L18" t="n" s="20">
         <v>2.2984996E7</v>
       </c>
-      <c r="L18" t="n" s="20">
+      <c r="M18" t="n" s="20">
         <v>1.9630794E7</v>
       </c>
-      <c r="M18" t="n" s="20">
+      <c r="N18" t="n" s="20">
         <v>2.6520867E7</v>
       </c>
-      <c r="N18" t="n" s="20">
+      <c r="O18" t="n" s="20">
         <v>1.4766891E7</v>
       </c>
-      <c r="O18" t="n" s="20">
+      <c r="P18" t="n" s="20">
         <v>1.5725901E7</v>
       </c>
-      <c r="P18" t="n" s="20">
+      <c r="Q18" t="n" s="20">
         <v>1.1876289E7</v>
       </c>
-      <c r="Q18" t="n" s="20">
+      <c r="R18" t="n" s="20">
         <v>1.4646802E7</v>
       </c>
-      <c r="R18" t="n" s="20">
+      <c r="S18" t="n" s="20">
         <v>1.6874912E7</v>
       </c>
-      <c r="S18" t="n" s="20">
+      <c r="T18" t="n" s="20">
         <v>1.5412734E7</v>
       </c>
-      <c r="T18" t="n" s="20">
+      <c r="U18" t="n" s="20">
         <v>1.1676429E7</v>
       </c>
-      <c r="U18" t="n" s="20">
+      <c r="V18" t="n" s="20">
         <v>1.1235756E7</v>
       </c>
-      <c r="V18" t="n" s="20">
+      <c r="W18" t="n" s="20">
         <v>1.1206266E7</v>
       </c>
-      <c r="W18" t="n" s="20">
+      <c r="X18" t="n" s="20">
         <v>1.0901111E7</v>
       </c>
-      <c r="X18" t="n" s="20">
+      <c r="Y18" t="n" s="20">
         <v>9919935.0</v>
       </c>
-      <c r="Y18" t="n" s="20">
+      <c r="Z18" t="n" s="20">
         <v>1.2880537E7</v>
       </c>
-      <c r="Z18" t="n" s="20">
+      <c r="AA18" t="n" s="20">
         <v>1.1887258E7</v>
       </c>
-      <c r="AA18" t="n" s="20">
+      <c r="AB18" t="n" s="20">
         <v>1.0288916E7</v>
       </c>
-      <c r="AB18" t="n" s="20">
+      <c r="AC18" t="n" s="20">
         <v>1.032768E7</v>
       </c>
-      <c r="AC18" t="n" s="20">
+      <c r="AD18" t="n" s="20">
         <v>1.0351854E7</v>
       </c>
-      <c r="AD18" t="n" s="20">
+      <c r="AE18" t="n" s="20">
         <v>9724230.0</v>
       </c>
-      <c r="AE18" t="n" s="20">
+      <c r="AF18" t="n" s="20">
         <v>9764840.0</v>
       </c>
-      <c r="AF18" t="n" s="20">
+      <c r="AG18" t="n" s="20">
         <v>1.0006743E7</v>
       </c>
-      <c r="AG18" t="n" s="20">
+      <c r="AH18" t="n" s="20">
         <v>8803535.0</v>
       </c>
-      <c r="AH18" t="n" s="20">
+      <c r="AI18" t="n" s="20">
         <v>7753787.0</v>
       </c>
-      <c r="AI18" t="n" s="20">
+      <c r="AJ18" t="n" s="20">
         <v>8015869.0</v>
       </c>
-      <c r="AJ18" t="n" s="20">
+      <c r="AK18" t="n" s="20">
         <v>7386804.0</v>
       </c>
-      <c r="AK18" t="n" s="20">
+      <c r="AL18" t="n" s="20">
         <v>7398455.0</v>
       </c>
-      <c r="AL18" t="n" s="20">
+      <c r="AM18" t="n" s="20">
         <v>7238963.0</v>
       </c>
-      <c r="AM18" t="n" s="20">
+      <c r="AN18" t="n" s="20">
         <v>7344822.0</v>
       </c>
-      <c r="AN18" t="n" s="20">
+      <c r="AO18" t="n" s="20">
         <v>6515809.0</v>
       </c>
-      <c r="AO18" t="n" s="20">
+      <c r="AP18" t="n" s="20">
         <v>7014007.0</v>
       </c>
-      <c r="AP18" t="n" s="20">
+      <c r="AQ18" t="n" s="20">
         <v>6899546.0</v>
       </c>
-      <c r="AQ18" t="n" s="20">
+      <c r="AR18" t="n" s="20">
         <v>7232908.0</v>
       </c>
-      <c r="AR18" t="n" s="20">
+      <c r="AS18" t="n" s="20">
         <v>6514076.0</v>
       </c>
-      <c r="AS18" t="n" s="20">
+      <c r="AT18" t="n" s="20">
         <v>7051919.0</v>
       </c>
-      <c r="AT18" t="n" s="20">
+      <c r="AU18" t="n" s="20">
         <v>6553730.0</v>
       </c>
-      <c r="AU18" t="n" s="20">
+      <c r="AV18" t="n" s="20">
         <v>6484448.0</v>
       </c>
-      <c r="AV18" t="n" s="20">
+      <c r="AW18" t="n" s="20">
         <v>5637301.0</v>
       </c>
-      <c r="AW18" t="n" s="20">
+      <c r="AX18" t="n" s="20">
         <v>6189321.0</v>
       </c>
-      <c r="AX18" t="n" s="20">
+      <c r="AY18" t="n" s="20">
         <v>5968739.0</v>
       </c>
-      <c r="AY18" t="n" s="20">
+      <c r="AZ18" t="n" s="20">
         <v>5624366.0</v>
       </c>
-      <c r="AZ18" t="n" s="20">
+      <c r="BA18" t="n" s="20">
         <v>5625108.0</v>
       </c>
-      <c r="BA18" t="n" s="20">
+      <c r="BB18" t="n" s="20">
         <v>6110090.0</v>
       </c>
-      <c r="BB18" t="n" s="20">
+      <c r="BC18" t="n" s="20">
         <v>5679816.0</v>
       </c>
-      <c r="BC18" t="n" s="20">
+      <c r="BD18" t="n" s="20">
         <v>5760395.0</v>
       </c>
-      <c r="BD18" t="n" s="20">
+      <c r="BE18" t="n" s="20">
         <v>5474159.0</v>
       </c>
-      <c r="BE18" t="n" s="20">
+      <c r="BF18" t="n" s="20">
         <v>7167905.0</v>
       </c>
-      <c r="BF18" t="n" s="20">
+      <c r="BG18" t="n" s="20">
         <v>7161573.0</v>
       </c>
-      <c r="BG18" t="n" s="20">
+      <c r="BH18" t="n" s="20">
         <v>6519116.0</v>
       </c>
-      <c r="BH18" t="n" s="20">
+      <c r="BI18" t="n" s="20">
         <v>5505077.0</v>
       </c>
-      <c r="BI18" t="n" s="20">
+      <c r="BJ18" t="n" s="20">
         <v>5548626.0</v>
       </c>
-      <c r="BJ18" t="n" s="20">
+      <c r="BK18" t="n" s="20">
         <v>5741059.0</v>
       </c>
-      <c r="BK18" t="n" s="20">
+      <c r="BL18" t="n" s="20">
         <v>4078142.0</v>
       </c>
-      <c r="BL18" t="n" s="20">
+      <c r="BM18" t="n" s="20">
         <v>4667369.0</v>
       </c>
-      <c r="BM18" t="n" s="20">
+      <c r="BN18" t="n" s="20">
         <v>4761523.0</v>
       </c>
-      <c r="BN18" t="n" s="20">
+      <c r="BO18" t="n" s="20">
         <v>4578472.0</v>
       </c>
-      <c r="BO18" t="n" s="20">
+      <c r="BP18" t="n" s="20">
         <v>4315702.0</v>
       </c>
-      <c r="BP18" t="n" s="20">
+      <c r="BQ18" t="n" s="20">
         <v>5366513.0</v>
       </c>
-      <c r="BQ18" t="n" s="20">
+      <c r="BR18" t="n" s="20">
         <v>4635761.0</v>
       </c>
-      <c r="BR18" t="n" s="20">
+      <c r="BS18" t="n" s="20">
         <v>4613772.0</v>
       </c>
-      <c r="BS18" t="n" s="20">
+      <c r="BT18" t="n" s="20">
         <v>4918056.0</v>
       </c>
-      <c r="BT18" t="n" s="20">
+      <c r="BU18" t="n" s="20">
         <v>5011347.0</v>
       </c>
-      <c r="BU18" t="n" s="20">
+      <c r="BV18" t="n" s="20">
         <v>5005897.0</v>
       </c>
-      <c r="BV18" t="n" s="20">
+      <c r="BW18" t="n" s="20">
         <v>4724400.0</v>
       </c>
-      <c r="BW18" t="n" s="20">
+      <c r="BX18" t="n" s="20">
         <v>6333576.0</v>
       </c>
-      <c r="BX18" t="n" s="20">
+      <c r="BY18" t="n" s="20">
         <v>4611793.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B19" t="n" s="21">
+        <v>8608811.0</v>
+      </c>
+      <c r="C19" t="n" s="21">
         <v>8693327.0</v>
       </c>
-      <c r="C19" t="n" s="21">
+      <c r="D19" t="n" s="21">
         <v>8634035.0</v>
       </c>
-      <c r="D19" t="n" s="21">
+      <c r="E19" t="n" s="21">
         <v>8663384.0</v>
       </c>
-      <c r="E19" t="n" s="21">
+      <c r="F19" t="n" s="21">
         <v>9072965.0</v>
       </c>
-      <c r="F19" t="n" s="21">
+      <c r="G19" t="n" s="21">
         <v>9122523.0</v>
       </c>
-      <c r="G19" t="n" s="21">
+      <c r="H19" t="n" s="21">
         <v>7522755.0</v>
       </c>
-      <c r="H19" t="n" s="21">
+      <c r="I19" t="n" s="21">
         <v>6625554.0</v>
       </c>
-      <c r="I19" t="n" s="21">
+      <c r="J19" t="n" s="21">
         <v>7234167.0</v>
       </c>
-      <c r="J19" t="n" s="21">
+      <c r="K19" t="n" s="21">
         <v>7056633.0</v>
       </c>
-      <c r="K19" t="n" s="21">
+      <c r="L19" t="n" s="21">
         <v>7435377.0</v>
       </c>
-      <c r="L19" t="n" s="21">
+      <c r="M19" t="n" s="21">
         <v>6487058.0</v>
       </c>
-      <c r="M19" t="n" s="21">
+      <c r="N19" t="n" s="21">
         <v>5462455.0</v>
       </c>
-      <c r="N19" t="n" s="21">
+      <c r="O19" t="n" s="21">
         <v>4815002.0</v>
       </c>
-      <c r="O19" t="n" s="21">
+      <c r="P19" t="n" s="21">
         <v>4153352.0</v>
       </c>
-      <c r="P19" t="n" s="21">
+      <c r="Q19" t="n" s="21">
         <v>3278612.0</v>
       </c>
-      <c r="Q19" t="n" s="21">
+      <c r="R19" t="n" s="21">
         <v>2932520.0</v>
       </c>
-      <c r="R19" t="n" s="21">
+      <c r="S19" t="n" s="21">
         <v>2500088.0</v>
       </c>
-      <c r="S19" t="n" s="21">
+      <c r="T19" t="n" s="21">
         <v>4152529.0</v>
       </c>
-      <c r="T19" t="n" s="21">
+      <c r="U19" t="n" s="21">
         <v>4008340.0</v>
       </c>
-      <c r="U19" t="n" s="21">
+      <c r="V19" t="n" s="21">
         <v>3879353.0</v>
       </c>
-      <c r="V19" t="n" s="21">
+      <c r="W19" t="n" s="21">
         <v>3950412.0</v>
       </c>
-      <c r="W19" t="n" s="21">
+      <c r="X19" t="n" s="21">
         <v>3482571.0</v>
       </c>
-      <c r="X19" t="n" s="21">
+      <c r="Y19" t="n" s="21">
         <v>2961307.0</v>
       </c>
-      <c r="Y19" t="n" s="21">
+      <c r="Z19" t="n" s="21">
         <v>4041314.0</v>
       </c>
-      <c r="Z19" t="n" s="21">
+      <c r="AA19" t="n" s="21">
         <v>3936934.0</v>
       </c>
-      <c r="AA19" t="n" s="21">
+      <c r="AB19" t="n" s="21">
         <v>3518687.0</v>
       </c>
-      <c r="AB19" t="n" s="21">
+      <c r="AC19" t="n" s="21">
         <v>3508919.0</v>
       </c>
-      <c r="AC19" t="n" s="21">
+      <c r="AD19" t="n" s="21">
         <v>3021468.0</v>
       </c>
-      <c r="AD19" t="n" s="21">
+      <c r="AE19" t="n" s="21">
         <v>2803643.0</v>
       </c>
-      <c r="AE19" t="n" s="21">
+      <c r="AF19" t="n" s="21">
         <v>2585420.0</v>
       </c>
-      <c r="AF19" t="n" s="21">
+      <c r="AG19" t="n" s="21">
         <v>2217592.0</v>
       </c>
-      <c r="AG19" t="n" s="21">
+      <c r="AH19" t="n" s="21">
         <v>2348861.0</v>
       </c>
-      <c r="AH19" t="n" s="21">
+      <c r="AI19" t="n" s="21">
         <v>2143714.0</v>
       </c>
-      <c r="AI19" t="n" s="21">
+      <c r="AJ19" t="n" s="21">
         <v>2082775.0</v>
       </c>
-      <c r="AJ19" t="n" s="21">
+      <c r="AK19" t="n" s="21">
         <v>2055676.0</v>
       </c>
-      <c r="AK19" t="n" s="21">
+      <c r="AL19" t="n" s="21">
         <v>2350653.0</v>
       </c>
-      <c r="AL19" t="n" s="21">
+      <c r="AM19" t="n" s="21">
         <v>2028222.0</v>
       </c>
-      <c r="AM19" t="n" s="21">
+      <c r="AN19" t="n" s="21">
         <v>1770038.0</v>
       </c>
-      <c r="AN19" t="n" s="21">
+      <c r="AO19" t="n" s="21">
         <v>1813176.0</v>
       </c>
-      <c r="AO19" t="n" s="21">
+      <c r="AP19" t="n" s="21">
         <v>1732945.0</v>
       </c>
-      <c r="AP19" t="n" s="21">
+      <c r="AQ19" t="n" s="21">
         <v>1543126.0</v>
       </c>
-      <c r="AQ19" t="n" s="21">
+      <c r="AR19" t="n" s="21">
         <v>1692848.0</v>
       </c>
-      <c r="AR19" t="n" s="21">
+      <c r="AS19" t="n" s="21">
         <v>1463307.0</v>
       </c>
-      <c r="AS19" t="n" s="21">
+      <c r="AT19" t="n" s="21">
         <v>1764324.0</v>
       </c>
-      <c r="AT19" t="n" s="21">
+      <c r="AU19" t="n" s="21">
         <v>1725799.0</v>
       </c>
-      <c r="AU19" t="n" s="21">
+      <c r="AV19" t="n" s="21">
         <v>1588452.0</v>
       </c>
-      <c r="AV19" t="n" s="21">
+      <c r="AW19" t="n" s="21">
         <v>1392141.0</v>
       </c>
-      <c r="AW19" t="n" s="21">
+      <c r="AX19" t="n" s="21">
         <v>1395062.0</v>
       </c>
-      <c r="AX19" t="n" s="21">
+      <c r="AY19" t="n" s="21">
         <v>1377807.0</v>
       </c>
-      <c r="AY19" t="n" s="21">
+      <c r="AZ19" t="n" s="21">
         <v>1397820.0</v>
       </c>
-      <c r="AZ19" t="n" s="21">
+      <c r="BA19" t="n" s="21">
         <v>1431273.0</v>
       </c>
-      <c r="BA19" t="n" s="21">
+      <c r="BB19" t="n" s="21">
         <v>1466744.0</v>
       </c>
-      <c r="BB19" t="n" s="21">
+      <c r="BC19" t="n" s="21">
         <v>1419333.0</v>
       </c>
-      <c r="BC19" t="n" s="21">
+      <c r="BD19" t="n" s="21">
         <v>1486697.0</v>
       </c>
-      <c r="BD19" t="n" s="21">
+      <c r="BE19" t="n" s="21">
         <v>1681203.0</v>
       </c>
-      <c r="BE19" t="n" s="21">
+      <c r="BF19" t="n" s="21">
         <v>1566460.0</v>
       </c>
-      <c r="BF19" t="n" s="21">
+      <c r="BG19" t="n" s="21">
         <v>1539083.0</v>
       </c>
-      <c r="BG19" t="n" s="21">
+      <c r="BH19" t="n" s="21">
         <v>1641826.0</v>
       </c>
-      <c r="BH19" t="n" s="21">
+      <c r="BI19" t="n" s="21">
         <v>1751056.0</v>
       </c>
-      <c r="BI19" t="n" s="21">
+      <c r="BJ19" t="n" s="21">
         <v>2098712.0</v>
       </c>
-      <c r="BJ19" t="n" s="21">
+      <c r="BK19" t="n" s="21">
         <v>1902441.0</v>
       </c>
-      <c r="BK19" t="n" s="21">
+      <c r="BL19" t="n" s="21">
         <v>967539.0</v>
       </c>
-      <c r="BL19" t="n" s="21">
+      <c r="BM19" t="n" s="21">
         <v>903233.0</v>
       </c>
-      <c r="BM19" t="n" s="21">
+      <c r="BN19" t="n" s="21">
         <v>1114761.0</v>
       </c>
-      <c r="BN19" t="n" s="21">
+      <c r="BO19" t="n" s="21">
         <v>835085.0</v>
       </c>
-      <c r="BO19" t="n" s="21">
+      <c r="BP19" t="n" s="21">
         <v>1032077.0</v>
       </c>
-      <c r="BP19" t="n" s="21">
+      <c r="BQ19" t="n" s="21">
         <v>1071814.0</v>
       </c>
-      <c r="BQ19" t="n" s="21">
+      <c r="BR19" t="n" s="21">
         <v>1019624.0</v>
       </c>
-      <c r="BR19" t="n" s="21">
+      <c r="BS19" t="n" s="21">
         <v>837626.0</v>
       </c>
-      <c r="BS19" t="n" s="21">
+      <c r="BT19" t="n" s="21">
         <v>1245997.0</v>
       </c>
-      <c r="BT19" t="n" s="21">
+      <c r="BU19" t="n" s="21">
         <v>1291673.0</v>
       </c>
-      <c r="BU19" t="n" s="21">
+      <c r="BV19" t="n" s="21">
         <v>1399683.0</v>
       </c>
-      <c r="BV19" t="n" s="21">
+      <c r="BW19" t="n" s="21">
         <v>1256610.0</v>
       </c>
-      <c r="BW19" t="n" s="21">
+      <c r="BX19" t="n" s="21">
         <v>1601304.0</v>
       </c>
-      <c r="BX19" t="n" s="21">
+      <c r="BY19" t="n" s="21">
         <v>1611298.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B20" t="n" s="22">
+        <v>5.0142507E7</v>
+      </c>
+      <c r="C20" t="n" s="22">
         <v>5.8707355E7</v>
       </c>
-      <c r="C20" t="n" s="22">
+      <c r="D20" t="n" s="22">
         <v>6.1776015E7</v>
       </c>
-      <c r="D20" t="n" s="22">
+      <c r="E20" t="n" s="22">
         <v>5.1235384E7</v>
       </c>
-      <c r="E20" t="n" s="22">
+      <c r="F20" t="n" s="22">
         <v>4.8732143E7</v>
       </c>
-      <c r="F20" t="n" s="22">
+      <c r="G20" t="n" s="22">
         <v>5.2661505E7</v>
       </c>
-      <c r="G20" t="n" s="22">
+      <c r="H20" t="n" s="22">
         <v>5.1602544E7</v>
       </c>
-      <c r="H20" t="n" s="22">
+      <c r="I20" t="n" s="22">
         <v>4.1478369E7</v>
       </c>
-      <c r="I20" t="n" s="22">
+      <c r="J20" t="n" s="22">
         <v>4.2273778E7</v>
       </c>
-      <c r="J20" t="n" s="22">
+      <c r="K20" t="n" s="22">
         <v>3.9635843E7</v>
       </c>
-      <c r="K20" t="n" s="22">
+      <c r="L20" t="n" s="22">
         <v>3.7332742E7</v>
       </c>
-      <c r="L20" t="n" s="22">
+      <c r="M20" t="n" s="22">
         <v>3.41277E7</v>
       </c>
-      <c r="M20" t="n" s="22">
+      <c r="N20" t="n" s="22">
         <v>3.8750805E7</v>
       </c>
-      <c r="N20" t="n" s="22">
+      <c r="O20" t="n" s="22">
         <v>2.7106917E7</v>
       </c>
-      <c r="O20" t="n" s="22">
+      <c r="P20" t="n" s="22">
         <v>2.832574E7</v>
       </c>
-      <c r="P20" t="n" s="22">
+      <c r="Q20" t="n" s="22">
         <v>2.3161155E7</v>
       </c>
-      <c r="Q20" t="n" s="22">
+      <c r="R20" t="n" s="22">
         <v>2.5707187E7</v>
       </c>
-      <c r="R20" t="n" s="22">
+      <c r="S20" t="n" s="22">
         <v>2.8186681E7</v>
       </c>
-      <c r="S20" t="n" s="22">
+      <c r="T20" t="n" s="22">
         <v>2.6647689E7</v>
       </c>
-      <c r="T20" t="n" s="22">
+      <c r="U20" t="n" s="22">
         <v>2.297741E7</v>
       </c>
-      <c r="U20" t="n" s="22">
+      <c r="V20" t="n" s="22">
         <v>2.2264914E7</v>
       </c>
-      <c r="V20" t="n" s="22">
+      <c r="W20" t="n" s="22">
         <v>2.1774787E7</v>
       </c>
-      <c r="W20" t="n" s="22">
+      <c r="X20" t="n" s="22">
         <v>2.1605267E7</v>
       </c>
-      <c r="X20" t="n" s="22">
+      <c r="Y20" t="n" s="22">
         <v>2.047341E7</v>
       </c>
-      <c r="Y20" t="n" s="22">
+      <c r="Z20" t="n" s="22">
         <v>2.2545878E7</v>
       </c>
-      <c r="Z20" t="n" s="22">
+      <c r="AA20" t="n" s="22">
         <v>2.1188621E7</v>
       </c>
-      <c r="AA20" t="n" s="22">
+      <c r="AB20" t="n" s="22">
         <v>1.930445E7</v>
       </c>
-      <c r="AB20" t="n" s="22">
+      <c r="AC20" t="n" s="22">
         <v>1.838415E7</v>
       </c>
-      <c r="AC20" t="n" s="22">
+      <c r="AD20" t="n" s="22">
         <v>1.8429727E7</v>
       </c>
-      <c r="AD20" t="n" s="22">
+      <c r="AE20" t="n" s="22">
         <v>1.7672853E7</v>
       </c>
-      <c r="AE20" t="n" s="22">
+      <c r="AF20" t="n" s="22">
         <v>1.7603673E7</v>
       </c>
-      <c r="AF20" t="n" s="22">
+      <c r="AG20" t="n" s="22">
         <v>1.7489706E7</v>
       </c>
-      <c r="AG20" t="n" s="22">
+      <c r="AH20" t="n" s="22">
         <v>1.6304762E7</v>
       </c>
-      <c r="AH20" t="n" s="22">
+      <c r="AI20" t="n" s="22">
         <v>1.5373582E7</v>
       </c>
-      <c r="AI20" t="n" s="22">
+      <c r="AJ20" t="n" s="22">
         <v>1.5738647E7</v>
       </c>
-      <c r="AJ20" t="n" s="22">
+      <c r="AK20" t="n" s="22">
         <v>1.4739933E7</v>
       </c>
-      <c r="AK20" t="n" s="22">
+      <c r="AL20" t="n" s="22">
         <v>1.4828931E7</v>
       </c>
-      <c r="AL20" t="n" s="22">
+      <c r="AM20" t="n" s="22">
         <v>1.1420772E7</v>
       </c>
-      <c r="AM20" t="n" s="22">
+      <c r="AN20" t="n" s="22">
         <v>1.1093785E7</v>
       </c>
-      <c r="AN20" t="n" s="22">
+      <c r="AO20" t="n" s="22">
         <v>1.0128736E7</v>
       </c>
-      <c r="AO20" t="n" s="22">
+      <c r="AP20" t="n" s="22">
         <v>1.0601001E7</v>
       </c>
-      <c r="AP20" t="n" s="22">
+      <c r="AQ20" t="n" s="22">
         <v>1.0615813E7</v>
       </c>
-      <c r="AQ20" t="n" s="22">
+      <c r="AR20" t="n" s="22">
         <v>1.0847551E7</v>
       </c>
-      <c r="AR20" t="n" s="22">
+      <c r="AS20" t="n" s="22">
         <v>9901521.0</v>
       </c>
-      <c r="AS20" t="n" s="22">
+      <c r="AT20" t="n" s="22">
         <v>1.0410112E7</v>
       </c>
-      <c r="AT20" t="n" s="22">
+      <c r="AU20" t="n" s="22">
         <v>9871521.0</v>
       </c>
-      <c r="AU20" t="n" s="22">
+      <c r="AV20" t="n" s="22">
         <v>9803584.0</v>
       </c>
-      <c r="AV20" t="n" s="22">
+      <c r="AW20" t="n" s="22">
         <v>9005116.0</v>
       </c>
-      <c r="AW20" t="n" s="22">
+      <c r="AX20" t="n" s="22">
         <v>9589583.0</v>
       </c>
-      <c r="AX20" t="n" s="22">
+      <c r="AY20" t="n" s="22">
         <v>9494750.0</v>
       </c>
-      <c r="AY20" t="n" s="22">
+      <c r="AZ20" t="n" s="22">
         <v>9124147.0</v>
       </c>
-      <c r="AZ20" t="n" s="22">
+      <c r="BA20" t="n" s="22">
         <v>9140803.0</v>
       </c>
-      <c r="BA20" t="n" s="22">
+      <c r="BB20" t="n" s="22">
         <v>9665273.0</v>
       </c>
-      <c r="BB20" t="n" s="22">
+      <c r="BC20" t="n" s="22">
         <v>9337621.0</v>
       </c>
-      <c r="BC20" t="n" s="22">
+      <c r="BD20" t="n" s="22">
         <v>9498501.0</v>
       </c>
-      <c r="BD20" t="n" s="22">
+      <c r="BE20" t="n" s="22">
         <v>9246741.0</v>
       </c>
-      <c r="BE20" t="n" s="22">
+      <c r="BF20" t="n" s="22">
         <v>1.0630532E7</v>
       </c>
-      <c r="BF20" t="n" s="22">
+      <c r="BG20" t="n" s="22">
         <v>1.0330774E7</v>
       </c>
-      <c r="BG20" t="n" s="22">
+      <c r="BH20" t="n" s="22">
         <v>9648479.0</v>
       </c>
-      <c r="BH20" t="n" s="22">
+      <c r="BI20" t="n" s="22">
         <v>8615758.0</v>
       </c>
-      <c r="BI20" t="n" s="22">
+      <c r="BJ20" t="n" s="22">
         <v>8678359.0</v>
       </c>
-      <c r="BJ20" t="n" s="22">
+      <c r="BK20" t="n" s="22">
         <v>8782689.0</v>
       </c>
-      <c r="BK20" t="n" s="22">
+      <c r="BL20" t="n" s="22">
         <v>7099229.0</v>
       </c>
-      <c r="BL20" t="n" s="22">
+      <c r="BM20" t="n" s="22">
         <v>7677501.0</v>
       </c>
-      <c r="BM20" t="n" s="22">
+      <c r="BN20" t="n" s="22">
         <v>7869170.0</v>
       </c>
-      <c r="BN20" t="n" s="22">
+      <c r="BO20" t="n" s="22">
         <v>7477335.0</v>
       </c>
-      <c r="BO20" t="n" s="22">
+      <c r="BP20" t="n" s="22">
         <v>7044043.0</v>
       </c>
-      <c r="BP20" t="n" s="22">
+      <c r="BQ20" t="n" s="22">
         <v>7898344.0</v>
       </c>
-      <c r="BQ20" t="n" s="22">
+      <c r="BR20" t="n" s="22">
         <v>6788954.0</v>
       </c>
-      <c r="BR20" t="n" s="22">
+      <c r="BS20" t="n" s="22">
         <v>6782874.0</v>
       </c>
-      <c r="BS20" t="n" s="22">
+      <c r="BT20" t="n" s="22">
         <v>7217194.0</v>
       </c>
-      <c r="BT20" t="n" s="22">
+      <c r="BU20" t="n" s="22">
         <v>7345103.0</v>
       </c>
-      <c r="BU20" t="n" s="22">
+      <c r="BV20" t="n" s="22">
         <v>7256185.0</v>
       </c>
-      <c r="BV20" t="n" s="22">
+      <c r="BW20" t="n" s="22">
         <v>7007344.0</v>
       </c>
-      <c r="BW20" t="n" s="22">
+      <c r="BX20" t="n" s="22">
         <v>8562993.0</v>
       </c>
-      <c r="BX20" t="n" s="22">
+      <c r="BY20" t="n" s="22">
         <v>6891080.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B21" t="n" s="27">
+        <v>1.8762982E7</v>
+      </c>
+      <c r="C21" t="n" s="27">
         <v>2.3350031E7</v>
       </c>
-      <c r="C21" t="n" s="27">
+      <c r="D21" t="n" s="27">
         <v>2.2036444E7</v>
       </c>
-      <c r="D21" t="n" s="27">
+      <c r="E21" t="n" s="27">
         <v>1.7954055E7</v>
       </c>
-      <c r="E21" t="n" s="27">
+      <c r="F21" t="n" s="27">
         <v>1.5548857E7</v>
       </c>
-      <c r="F21" t="n" s="27">
+      <c r="G21" t="n" s="27">
         <v>1.701137E7</v>
       </c>
-      <c r="G21" t="n" s="27">
+      <c r="H21" t="n" s="27">
         <v>1.519614E7</v>
       </c>
-      <c r="H21" t="n" s="27">
+      <c r="I21" t="n" s="27">
         <v>1.2916662E7</v>
       </c>
-      <c r="I21" t="n" s="27">
+      <c r="J21" t="n" s="27">
         <v>1.1948369E7</v>
       </c>
-      <c r="J21" t="n" s="27">
+      <c r="K21" t="n" s="27">
         <v>1.2048321E7</v>
       </c>
-      <c r="K21" t="n" s="27">
+      <c r="L21" t="n" s="27">
         <v>1.1117396E7</v>
       </c>
-      <c r="L21" t="n" s="27">
+      <c r="M21" t="n" s="27">
         <v>1.0595436E7</v>
       </c>
-      <c r="M21" t="n" s="27">
+      <c r="N21" t="n" s="27">
         <v>1.0373766E7</v>
       </c>
-      <c r="N21" t="n" s="27">
+      <c r="O21" t="n" s="27">
         <v>9771943.0</v>
       </c>
-      <c r="O21" t="n" s="27">
+      <c r="P21" t="n" s="27">
         <v>1.1430634E7</v>
       </c>
-      <c r="P21" t="n" s="27">
+      <c r="Q21" t="n" s="27">
         <v>1.0441674E7</v>
       </c>
-      <c r="Q21" t="n" s="27">
+      <c r="R21" t="n" s="27">
         <v>9961912.0</v>
       </c>
-      <c r="R21" t="n" s="27">
+      <c r="S21" t="n" s="27">
         <v>1.0677237E7</v>
       </c>
-      <c r="S21" t="n" s="27">
+      <c r="T21" t="n" s="27">
         <v>8922014.0</v>
       </c>
-      <c r="T21" t="n" s="27">
+      <c r="U21" t="n" s="27">
         <v>8490282.0</v>
       </c>
-      <c r="U21" t="n" s="27">
+      <c r="V21" t="n" s="27">
         <v>8118448.0</v>
       </c>
-      <c r="V21" t="n" s="27">
+      <c r="W21" t="n" s="27">
         <v>7820367.0</v>
       </c>
-      <c r="W21" t="n" s="27">
+      <c r="X21" t="n" s="27">
         <v>7780694.0</v>
       </c>
-      <c r="X21" t="n" s="27">
+      <c r="Y21" t="n" s="27">
         <v>7298530.0</v>
       </c>
-      <c r="Y21" t="n" s="27">
+      <c r="Z21" t="n" s="27">
         <v>7724603.0</v>
       </c>
-      <c r="Z21" t="n" s="27">
+      <c r="AA21" t="n" s="27">
         <v>7275612.0</v>
       </c>
-      <c r="AA21" t="n" s="27">
+      <c r="AB21" t="n" s="27">
         <v>7142230.0</v>
       </c>
-      <c r="AB21" t="n" s="27">
+      <c r="AC21" t="n" s="27">
         <v>6972753.0</v>
       </c>
-      <c r="AC21" t="n" s="27">
+      <c r="AD21" t="n" s="27">
         <v>7768509.0</v>
       </c>
-      <c r="AD21" t="n" s="27">
+      <c r="AE21" t="n" s="27">
         <v>7214680.0</v>
       </c>
-      <c r="AE21" t="n" s="27">
+      <c r="AF21" t="n" s="27">
         <v>7218585.0</v>
       </c>
-      <c r="AF21" t="n" s="27">
+      <c r="AG21" t="n" s="27">
         <v>8032701.0</v>
       </c>
-      <c r="AG21" t="n" s="27">
+      <c r="AH21" t="n" s="27">
         <v>7609190.0</v>
       </c>
-      <c r="AH21" t="n" s="27">
+      <c r="AI21" t="n" s="27">
         <v>7374445.0</v>
       </c>
-      <c r="AI21" t="n" s="27">
+      <c r="AJ21" t="n" s="27">
         <v>7040718.0</v>
       </c>
-      <c r="AJ21" t="n" s="27">
+      <c r="AK21" t="n" s="27">
         <v>7702927.0</v>
       </c>
-      <c r="AK21" t="n" s="27">
+      <c r="AL21" t="n" s="27">
         <v>7393430.0</v>
       </c>
-      <c r="AL21" t="n" s="27">
+      <c r="AM21" t="n" s="27">
         <v>6892074.0</v>
       </c>
-      <c r="AM21" t="n" s="27">
+      <c r="AN21" t="n" s="27">
         <v>6605917.0</v>
       </c>
-      <c r="AN21" t="n" s="27">
+      <c r="AO21" t="n" s="27">
         <v>6280214.0</v>
       </c>
-      <c r="AO21" t="n" s="27">
+      <c r="AP21" t="n" s="27">
         <v>7103368.0</v>
       </c>
-      <c r="AP21" t="n" s="27">
+      <c r="AQ21" t="n" s="27">
         <v>6838099.0</v>
       </c>
-      <c r="AQ21" t="n" s="27">
+      <c r="AR21" t="n" s="27">
         <v>6577585.0</v>
       </c>
-      <c r="AR21" t="n" s="27">
+      <c r="AS21" t="n" s="27">
         <v>6271568.0</v>
       </c>
-      <c r="AS21" t="n" s="27">
+      <c r="AT21" t="n" s="27">
         <v>6753094.0</v>
       </c>
-      <c r="AT21" t="n" s="27">
+      <c r="AU21" t="n" s="27">
         <v>6427309.0</v>
       </c>
-      <c r="AU21" t="n" s="27">
+      <c r="AV21" t="n" s="27">
         <v>6227084.0</v>
       </c>
-      <c r="AV21" t="n" s="27">
+      <c r="AW21" t="n" s="27">
         <v>6105339.0</v>
       </c>
-      <c r="AW21" t="n" s="27">
+      <c r="AX21" t="n" s="27">
         <v>6542786.0</v>
       </c>
-      <c r="AX21" t="n" s="27">
+      <c r="AY21" t="n" s="27">
         <v>6298459.0</v>
       </c>
-      <c r="AY21" t="n" s="27">
+      <c r="AZ21" t="n" s="27">
         <v>6170192.0</v>
       </c>
-      <c r="AZ21" t="n" s="27">
+      <c r="BA21" t="n" s="27">
         <v>6061511.0</v>
       </c>
-      <c r="BA21" t="n" s="27">
+      <c r="BB21" t="n" s="27">
         <v>6476853.0</v>
       </c>
-      <c r="BB21" t="n" s="27">
+      <c r="BC21" t="n" s="27">
         <v>6321560.0</v>
       </c>
-      <c r="BC21" t="n" s="27">
+      <c r="BD21" t="n" s="27">
         <v>6208025.0</v>
       </c>
-      <c r="BD21" t="n" s="27">
+      <c r="BE21" t="n" s="27">
         <v>6105548.0</v>
       </c>
-      <c r="BE21" t="n" s="27">
+      <c r="BF21" t="n" s="27">
         <v>6437314.0</v>
       </c>
-      <c r="BF21" t="n" s="27">
+      <c r="BG21" t="n" s="27">
         <v>6064832.0</v>
       </c>
-      <c r="BG21" t="n" s="27">
+      <c r="BH21" t="n" s="27">
         <v>5514956.0</v>
       </c>
-      <c r="BH21" t="n" s="27">
+      <c r="BI21" t="n" s="27">
         <v>5185068.0</v>
       </c>
-      <c r="BI21" t="n" s="27">
+      <c r="BJ21" t="n" s="27">
         <v>5083669.0</v>
       </c>
-      <c r="BJ21" t="n" s="27">
+      <c r="BK21" t="n" s="27">
         <v>5021846.0</v>
       </c>
-      <c r="BK21" t="n" s="27">
+      <c r="BL21" t="n" s="27">
         <v>4670553.0</v>
       </c>
-      <c r="BL21" t="n" s="27">
+      <c r="BM21" t="n" s="27">
         <v>4539861.0</v>
       </c>
-      <c r="BM21" t="n" s="27">
+      <c r="BN21" t="n" s="27">
         <v>4209157.0</v>
       </c>
-      <c r="BN21" t="n" s="27">
+      <c r="BO21" t="n" s="27">
         <v>4751121.0</v>
       </c>
-      <c r="BO21" t="n" s="27">
+      <c r="BP21" t="n" s="27">
         <v>4402131.0</v>
       </c>
-      <c r="BP21" t="n" s="27">
+      <c r="BQ21" t="n" s="27">
         <v>4237373.0</v>
       </c>
-      <c r="BQ21" t="n" s="27">
+      <c r="BR21" t="n" s="27">
         <v>4564620.0</v>
       </c>
-      <c r="BR21" t="n" s="27">
+      <c r="BS21" t="n" s="27">
         <v>4308048.0</v>
       </c>
-      <c r="BS21" t="n" s="27">
+      <c r="BT21" t="n" s="27">
         <v>3901184.0</v>
       </c>
-      <c r="BT21" t="n" s="27">
+      <c r="BU21" t="n" s="27">
         <v>3830389.0</v>
       </c>
-      <c r="BU21" t="n" s="27">
+      <c r="BV21" t="n" s="27">
         <v>3549094.0</v>
       </c>
-      <c r="BV21" t="n" s="27">
+      <c r="BW21" t="n" s="27">
         <v>4052314.0</v>
       </c>
-      <c r="BW21" t="n" s="27">
+      <c r="BX21" t="n" s="27">
         <v>3660913.0</v>
       </c>
-      <c r="BX21" t="n" s="27">
+      <c r="BY21" t="n" s="27">
         <v>3394723.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="C22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="D22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="E22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="F22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="G22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="H22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="I22" t="n" s="28">
         <v>1449876.0</v>
       </c>
@@ -4920,781 +4978,793 @@
       <c r="BP22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="BQ22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="BR22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="BS22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="BT22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="BU22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="BV22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="BW22" t="n" s="28">
         <v>1449876.0</v>
       </c>
       <c r="BX22" t="n" s="28">
+        <v>1449876.0</v>
+      </c>
+      <c r="BY22" t="n" s="28">
         <v>1449876.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B23" t="n" s="29">
+        <v>3637049.0</v>
+      </c>
+      <c r="C23" t="n" s="29">
         <v>3332186.0</v>
       </c>
-      <c r="C23" t="n" s="29">
+      <c r="D23" t="n" s="29">
         <v>3326087.0</v>
       </c>
-      <c r="D23" t="n" s="29">
+      <c r="E23" t="n" s="29">
         <v>3537513.0</v>
       </c>
-      <c r="E23" t="n" s="29">
+      <c r="F23" t="n" s="29">
         <v>4272526.0</v>
       </c>
-      <c r="F23" t="n" s="29">
+      <c r="G23" t="n" s="29">
         <v>5190902.0</v>
       </c>
-      <c r="G23" t="n" s="29">
+      <c r="H23" t="n" s="29">
         <v>5054068.0</v>
       </c>
-      <c r="H23" t="n" s="29">
+      <c r="I23" t="n" s="29">
         <v>5097886.0</v>
       </c>
-      <c r="I23" t="n" s="29">
+      <c r="J23" t="n" s="29">
         <v>4864749.0</v>
       </c>
-      <c r="J23" t="n" s="29">
+      <c r="K23" t="n" s="29">
         <v>5043801.0</v>
       </c>
-      <c r="K23" t="n" s="29">
+      <c r="L23" t="n" s="29">
         <v>4942429.0</v>
       </c>
-      <c r="L23" t="n" s="29">
+      <c r="M23" t="n" s="29">
         <v>5325611.0</v>
       </c>
-      <c r="M23" t="n" s="29">
+      <c r="N23" t="n" s="29">
         <v>4730698.0</v>
       </c>
-      <c r="N23" t="n" s="29">
+      <c r="O23" t="n" s="29">
         <v>4083877.0</v>
       </c>
-      <c r="O23" t="n" s="29">
+      <c r="P23" t="n" s="29">
         <v>3968948.0</v>
       </c>
-      <c r="P23" t="n" s="29">
+      <c r="Q23" t="n" s="29">
         <v>3952323.0</v>
       </c>
-      <c r="Q23" t="n" s="29">
+      <c r="R23" t="n" s="29">
         <v>4028561.0</v>
       </c>
-      <c r="R23" t="n" s="29">
+      <c r="S23" t="n" s="29">
         <v>6062617.0</v>
       </c>
-      <c r="S23" t="n" s="29">
+      <c r="T23" t="n" s="29">
         <v>6041882.0</v>
       </c>
-      <c r="T23" t="n" s="29">
+      <c r="U23" t="n" s="29">
         <v>5317564.0</v>
       </c>
-      <c r="U23" t="n" s="29">
+      <c r="V23" t="n" s="29">
         <v>6189382.0</v>
       </c>
-      <c r="V23" t="n" s="29">
+      <c r="W23" t="n" s="29">
         <v>3558912.0</v>
       </c>
-      <c r="W23" t="n" s="29">
+      <c r="X23" t="n" s="29">
         <v>1917137.0</v>
       </c>
-      <c r="X23" t="n" s="29">
+      <c r="Y23" t="n" s="29">
         <v>1858103.0</v>
       </c>
-      <c r="Y23" t="n" s="29">
+      <c r="Z23" t="n" s="29">
         <v>1876455.0</v>
       </c>
-      <c r="Z23" t="n" s="29">
+      <c r="AA23" t="n" s="29">
         <v>2027644.0</v>
       </c>
-      <c r="AA23" t="n" s="29">
+      <c r="AB23" t="n" s="29">
         <v>2102256.0</v>
       </c>
-      <c r="AB23" t="n" s="29">
+      <c r="AC23" t="n" s="29">
         <v>2004477.0</v>
       </c>
-      <c r="AC23" t="n" s="29">
+      <c r="AD23" t="n" s="29">
         <v>2102375.0</v>
       </c>
-      <c r="AD23" t="n" s="29">
+      <c r="AE23" t="n" s="29">
         <v>2230731.0</v>
       </c>
-      <c r="AE23" t="n" s="29">
+      <c r="AF23" t="n" s="29">
         <v>2259693.0</v>
       </c>
-      <c r="AF23" t="n" s="29">
+      <c r="AG23" t="n" s="29">
         <v>2235964.0</v>
       </c>
-      <c r="AG23" t="n" s="29">
+      <c r="AH23" t="n" s="29">
         <v>2466848.0</v>
       </c>
-      <c r="AH23" t="n" s="29">
+      <c r="AI23" t="n" s="29">
         <v>2572639.0</v>
       </c>
-      <c r="AI23" t="n" s="29">
+      <c r="AJ23" t="n" s="29">
         <v>2525550.0</v>
       </c>
-      <c r="AJ23" t="n" s="29">
+      <c r="AK23" t="n" s="29">
         <v>2457743.0</v>
       </c>
-      <c r="AK23" t="n" s="29">
+      <c r="AL23" t="n" s="29">
         <v>2567162.0</v>
       </c>
-      <c r="AL23" t="n" s="29">
+      <c r="AM23" t="n" s="29">
         <v>494902.0</v>
       </c>
-      <c r="AM23" t="n" s="29">
+      <c r="AN23" t="n" s="29">
         <v>343888.0</v>
       </c>
-      <c r="AN23" t="n" s="29">
+      <c r="AO23" t="n" s="29">
         <v>362085.0</v>
       </c>
-      <c r="AO23" t="n" s="29">
+      <c r="AP23" t="n" s="29">
         <v>298769.0</v>
       </c>
-      <c r="AP23" t="n" s="29">
+      <c r="AQ23" t="n" s="29">
         <v>300016.0</v>
       </c>
-      <c r="AQ23" t="n" s="29">
+      <c r="AR23" t="n" s="29">
         <v>257627.0</v>
       </c>
-      <c r="AR23" t="n" s="29">
+      <c r="AS23" t="n" s="29">
         <v>260717.0</v>
       </c>
-      <c r="AS23" t="n" s="29">
+      <c r="AT23" t="n" s="29">
         <v>261570.0</v>
       </c>
-      <c r="AT23" t="n" s="29">
+      <c r="AU23" t="n" s="29">
         <v>267574.0</v>
       </c>
-      <c r="AU23" t="n" s="29">
+      <c r="AV23" t="n" s="29">
         <v>267763.0</v>
       </c>
-      <c r="AV23" t="n" s="29">
+      <c r="AW23" t="n" s="29">
         <v>279797.0</v>
       </c>
-      <c r="AW23" t="n" s="29">
+      <c r="AX23" t="n" s="29">
         <v>315725.0</v>
       </c>
-      <c r="AX23" t="n" s="29">
+      <c r="AY23" t="n" s="29">
         <v>367853.0</v>
       </c>
-      <c r="AY23" t="n" s="29">
+      <c r="AZ23" t="n" s="29">
         <v>402658.0</v>
       </c>
-      <c r="AZ23" t="n" s="29">
+      <c r="BA23" t="n" s="29">
         <v>439567.0</v>
       </c>
-      <c r="BA23" t="n" s="29">
+      <c r="BB23" t="n" s="29">
         <v>494157.0</v>
       </c>
-      <c r="BB23" t="n" s="29">
+      <c r="BC23" t="n" s="29">
         <v>548810.0</v>
       </c>
-      <c r="BC23" t="n" s="29">
+      <c r="BD23" t="n" s="29">
         <v>576735.0</v>
       </c>
-      <c r="BD23" t="n" s="29">
+      <c r="BE23" t="n" s="29">
         <v>629935.0</v>
       </c>
-      <c r="BE23" t="n" s="29">
+      <c r="BF23" t="n" s="29">
         <v>414988.0</v>
       </c>
-      <c r="BF23" t="n" s="29">
+      <c r="BG23" t="n" s="29">
         <v>392155.0</v>
       </c>
-      <c r="BG23" t="n" s="29">
+      <c r="BH23" t="n" s="29">
         <v>555335.0</v>
       </c>
-      <c r="BH23" t="n" s="29">
+      <c r="BI23" t="n" s="29">
         <v>449698.0</v>
       </c>
-      <c r="BI23" t="n" s="29">
+      <c r="BJ23" t="n" s="29">
         <v>471383.0</v>
       </c>
-      <c r="BJ23" t="n" s="29">
+      <c r="BK23" t="n" s="29">
         <v>495895.0</v>
       </c>
-      <c r="BK23" t="n" s="29">
+      <c r="BL23" t="n" s="29">
         <v>391418.0</v>
       </c>
-      <c r="BL23" t="n" s="29">
+      <c r="BM23" t="n" s="29">
         <v>412664.0</v>
       </c>
-      <c r="BM23" t="n" s="29">
+      <c r="BN23" t="n" s="29">
         <v>434966.0</v>
       </c>
-      <c r="BN23" t="n" s="29">
+      <c r="BO23" t="n" s="29">
         <v>466569.0</v>
       </c>
-      <c r="BO23" t="n" s="29">
+      <c r="BP23" t="n" s="29">
         <v>304838.0</v>
       </c>
-      <c r="BP23" t="n" s="29">
+      <c r="BQ23" t="n" s="29">
         <v>376440.0</v>
       </c>
-      <c r="BQ23" t="n" s="29">
+      <c r="BR23" t="n" s="29">
         <v>400073.0</v>
       </c>
-      <c r="BR23" t="n" s="29">
+      <c r="BS23" t="n" s="29">
         <v>188513.0</v>
       </c>
-      <c r="BS23" t="n" s="29">
+      <c r="BT23" t="n" s="29">
         <v>577888.0</v>
       </c>
-      <c r="BT23" t="n" s="29">
+      <c r="BU23" t="n" s="29">
         <v>688448.0</v>
       </c>
-      <c r="BU23" t="n" s="29">
+      <c r="BV23" t="n" s="29">
         <v>364813.0</v>
       </c>
-      <c r="BV23" t="n" s="29">
+      <c r="BW23" t="n" s="29">
         <v>469487.0</v>
       </c>
-      <c r="BW23" t="n" s="29">
+      <c r="BX23" t="n" s="29">
         <v>1024105.0</v>
       </c>
-      <c r="BX23" t="n" s="29">
+      <c r="BY23" t="n" s="29">
         <v>901540.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B24" t="n" s="30">
+        <v>2.7742476E7</v>
+      </c>
+      <c r="C24" t="n" s="30">
         <v>3.2025138E7</v>
       </c>
-      <c r="C24" t="n" s="30">
+      <c r="D24" t="n" s="30">
         <v>3.6413484E7</v>
       </c>
-      <c r="D24" t="n" s="30">
+      <c r="E24" t="n" s="30">
         <v>2.9743816E7</v>
       </c>
-      <c r="E24" t="n" s="30">
+      <c r="F24" t="n" s="30">
         <v>2.891076E7</v>
       </c>
-      <c r="F24" t="n" s="30">
+      <c r="G24" t="n" s="30">
         <v>3.0459233E7</v>
       </c>
-      <c r="G24" t="n" s="30">
+      <c r="H24" t="n" s="30">
         <v>3.1352336E7</v>
       </c>
-      <c r="H24" t="n" s="30">
+      <c r="I24" t="n" s="30">
         <v>2.3463821E7</v>
       </c>
-      <c r="I24" t="n" s="30">
+      <c r="J24" t="n" s="30">
         <v>2.546066E7</v>
       </c>
-      <c r="J24" t="n" s="30">
+      <c r="K24" t="n" s="30">
         <v>2.2543721E7</v>
       </c>
-      <c r="K24" t="n" s="30">
+      <c r="L24" t="n" s="30">
         <v>2.1272917E7</v>
       </c>
-      <c r="L24" t="n" s="30">
+      <c r="M24" t="n" s="30">
         <v>1.8206653E7</v>
       </c>
-      <c r="M24" t="n" s="30">
+      <c r="N24" t="n" s="30">
         <v>2.3646341E7</v>
       </c>
-      <c r="N24" t="n" s="30">
+      <c r="O24" t="n" s="30">
         <v>1.3251097E7</v>
       </c>
-      <c r="O24" t="n" s="30">
+      <c r="P24" t="n" s="30">
         <v>1.2926158E7</v>
       </c>
-      <c r="P24" t="n" s="30">
+      <c r="Q24" t="n" s="30">
         <v>8767158.0</v>
       </c>
-      <c r="Q24" t="n" s="30">
+      <c r="R24" t="n" s="30">
         <v>1.1716714E7</v>
       </c>
-      <c r="R24" t="n" s="30">
+      <c r="S24" t="n" s="30">
         <v>1.1446827E7</v>
       </c>
-      <c r="S24" t="n" s="30">
+      <c r="T24" t="n" s="30">
         <v>1.1683793E7</v>
       </c>
-      <c r="T24" t="n" s="30">
+      <c r="U24" t="n" s="30">
         <v>9169564.0</v>
       </c>
-      <c r="U24" t="n" s="30">
+      <c r="V24" t="n" s="30">
         <v>7957084.0</v>
       </c>
-      <c r="V24" t="n" s="30">
+      <c r="W24" t="n" s="30">
         <v>1.0395508E7</v>
       </c>
-      <c r="W24" t="n" s="30">
+      <c r="X24" t="n" s="30">
         <v>1.1907436E7</v>
       </c>
-      <c r="X24" t="n" s="30">
+      <c r="Y24" t="n" s="30">
         <v>1.1316777E7</v>
       </c>
-      <c r="Y24" t="n" s="30">
+      <c r="Z24" t="n" s="30">
         <v>1.294482E7</v>
       </c>
-      <c r="Z24" t="n" s="30">
+      <c r="AA24" t="n" s="30">
         <v>1.1885365E7</v>
       </c>
-      <c r="AA24" t="n" s="30">
+      <c r="AB24" t="n" s="30">
         <v>1.0059964E7</v>
       </c>
-      <c r="AB24" t="n" s="30">
+      <c r="AC24" t="n" s="30">
         <v>9406920.0</v>
       </c>
-      <c r="AC24" t="n" s="30">
+      <c r="AD24" t="n" s="30">
         <v>8558843.0</v>
       </c>
-      <c r="AD24" t="n" s="30">
+      <c r="AE24" t="n" s="30">
         <v>8227439.0</v>
       </c>
-      <c r="AE24" t="n" s="30">
+      <c r="AF24" t="n" s="30">
         <v>8125395.0</v>
       </c>
-      <c r="AF24" t="n" s="30">
+      <c r="AG24" t="n" s="30">
         <v>7221041.0</v>
       </c>
-      <c r="AG24" t="n" s="30">
+      <c r="AH24" t="n" s="30">
         <v>6228724.0</v>
       </c>
-      <c r="AH24" t="n" s="30">
+      <c r="AI24" t="n" s="30">
         <v>5426498.0</v>
       </c>
-      <c r="AI24" t="n" s="30">
+      <c r="AJ24" t="n" s="30">
         <v>6172379.0</v>
       </c>
-      <c r="AJ24" t="n" s="30">
+      <c r="AK24" t="n" s="30">
         <v>4579263.0</v>
       </c>
-      <c r="AK24" t="n" s="30">
+      <c r="AL24" t="n" s="30">
         <v>4868339.0</v>
       </c>
-      <c r="AL24" t="n" s="30">
+      <c r="AM24" t="n" s="30">
         <v>4033796.0</v>
       </c>
-      <c r="AM24" t="n" s="30">
+      <c r="AN24" t="n" s="30">
         <v>4143980.0</v>
       </c>
-      <c r="AN24" t="n" s="30">
+      <c r="AO24" t="n" s="30">
         <v>3486437.0</v>
       </c>
-      <c r="AO24" t="n" s="30">
+      <c r="AP24" t="n" s="30">
         <v>3198864.0</v>
       </c>
-      <c r="AP24" t="n" s="30">
+      <c r="AQ24" t="n" s="30">
         <v>3477698.0</v>
       </c>
-      <c r="AQ24" t="n" s="30">
+      <c r="AR24" t="n" s="30">
         <v>4012339.0</v>
       </c>
-      <c r="AR24" t="n" s="30">
+      <c r="AS24" t="n" s="30">
         <v>3369236.0</v>
       </c>
-      <c r="AS24" t="n" s="30">
+      <c r="AT24" t="n" s="30">
         <v>3395448.0</v>
       </c>
-      <c r="AT24" t="n" s="30">
+      <c r="AU24" t="n" s="30">
         <v>3176638.0</v>
       </c>
-      <c r="AU24" t="n" s="30">
+      <c r="AV24" t="n" s="30">
         <v>3258737.0</v>
       </c>
-      <c r="AV24" t="n" s="30">
+      <c r="AW24" t="n" s="30">
         <v>2619980.0</v>
       </c>
-      <c r="AW24" t="n" s="30">
+      <c r="AX24" t="n" s="30">
         <v>2731072.0</v>
       </c>
-      <c r="AX24" t="n" s="30">
+      <c r="AY24" t="n" s="30">
         <v>2828438.0</v>
       </c>
-      <c r="AY24" t="n" s="30">
+      <c r="AZ24" t="n" s="30">
         <v>2551297.0</v>
       </c>
-      <c r="AZ24" t="n" s="30">
+      <c r="BA24" t="n" s="30">
         <v>2639725.0</v>
       </c>
-      <c r="BA24" t="n" s="30">
+      <c r="BB24" t="n" s="30">
         <v>2694263.0</v>
       </c>
-      <c r="BB24" t="n" s="30">
+      <c r="BC24" t="n" s="30">
         <v>2467251.0</v>
       </c>
-      <c r="BC24" t="n" s="30">
+      <c r="BD24" t="n" s="30">
         <v>2713741.0</v>
       </c>
-      <c r="BD24" t="n" s="30">
+      <c r="BE24" t="n" s="30">
         <v>2511258.0</v>
       </c>
-      <c r="BE24" t="n" s="30">
+      <c r="BF24" t="n" s="30">
         <v>3778230.0</v>
       </c>
-      <c r="BF24" t="n" s="30">
+      <c r="BG24" t="n" s="30">
         <v>3873787.0</v>
       </c>
-      <c r="BG24" t="n" s="30">
+      <c r="BH24" t="n" s="30">
         <v>3393825.0</v>
       </c>
-      <c r="BH24" t="n" s="30">
+      <c r="BI24" t="n" s="30">
         <v>2802746.0</v>
       </c>
-      <c r="BI24" t="n" s="30">
+      <c r="BJ24" t="n" s="30">
         <v>2965699.0</v>
       </c>
-      <c r="BJ24" t="n" s="30">
+      <c r="BK24" t="n" s="30">
         <v>3094052.0</v>
       </c>
-      <c r="BK24" t="n" s="30">
+      <c r="BL24" t="n" s="30">
         <v>1876887.0</v>
       </c>
-      <c r="BL24" t="n" s="30">
+      <c r="BM24" t="n" s="30">
         <v>2699777.0</v>
       </c>
-      <c r="BM24" t="n" s="30">
+      <c r="BN24" t="n" s="30">
         <v>3030596.0</v>
       </c>
-      <c r="BN24" t="n" s="30">
+      <c r="BO24" t="n" s="30">
         <v>2191167.0</v>
       </c>
-      <c r="BO24" t="n" s="30">
+      <c r="BP24" t="n" s="30">
         <v>2252928.0</v>
       </c>
-      <c r="BP24" t="n" s="30">
+      <c r="BQ24" t="n" s="30">
         <v>3202019.0</v>
       </c>
-      <c r="BQ24" t="n" s="30">
+      <c r="BR24" t="n" s="30">
         <v>1744622.0</v>
       </c>
-      <c r="BR24" t="n" s="30">
+      <c r="BS24" t="n" s="30">
         <v>2203944.0</v>
       </c>
-      <c r="BS24" t="n" s="30">
+      <c r="BT24" t="n" s="30">
         <v>2653963.0</v>
       </c>
-      <c r="BT24" t="n" s="30">
+      <c r="BU24" t="n" s="30">
         <v>2745320.0</v>
       </c>
-      <c r="BU24" t="n" s="30">
+      <c r="BV24" t="n" s="30">
         <v>3263234.0</v>
       </c>
-      <c r="BV24" t="n" s="30">
+      <c r="BW24" t="n" s="30">
         <v>2406975.0</v>
       </c>
-      <c r="BW24" t="n" s="30">
+      <c r="BX24" t="n" s="30">
         <v>3799365.0</v>
       </c>
-      <c r="BX24" t="n" s="30">
+      <c r="BY24" t="n" s="30">
         <v>2517431.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B25" t="n" s="31">
+        <v>5.0142507E7</v>
+      </c>
+      <c r="C25" t="n" s="31">
         <v>5.8707355E7</v>
       </c>
-      <c r="C25" t="n" s="31">
+      <c r="D25" t="n" s="31">
         <v>6.1776015E7</v>
       </c>
-      <c r="D25" t="n" s="31">
+      <c r="E25" t="n" s="31">
         <v>5.1235384E7</v>
       </c>
-      <c r="E25" t="n" s="31">
+      <c r="F25" t="n" s="31">
         <v>4.8732143E7</v>
       </c>
-      <c r="F25" t="n" s="31">
+      <c r="G25" t="n" s="31">
         <v>5.2661505E7</v>
       </c>
-      <c r="G25" t="n" s="31">
+      <c r="H25" t="n" s="31">
         <v>5.1602544E7</v>
       </c>
-      <c r="H25" t="n" s="31">
+      <c r="I25" t="n" s="31">
         <v>4.1478369E7</v>
       </c>
-      <c r="I25" t="n" s="31">
+      <c r="J25" t="n" s="31">
         <v>4.2273778E7</v>
       </c>
-      <c r="J25" t="n" s="31">
+      <c r="K25" t="n" s="31">
         <v>3.9635843E7</v>
       </c>
-      <c r="K25" t="n" s="31">
+      <c r="L25" t="n" s="31">
         <v>3.7332742E7</v>
       </c>
-      <c r="L25" t="n" s="31">
+      <c r="M25" t="n" s="31">
         <v>3.41277E7</v>
       </c>
-      <c r="M25" t="n" s="31">
+      <c r="N25" t="n" s="31">
         <v>3.8750805E7</v>
       </c>
-      <c r="N25" t="n" s="31">
+      <c r="O25" t="n" s="31">
         <v>2.7106917E7</v>
       </c>
-      <c r="O25" t="n" s="31">
+      <c r="P25" t="n" s="31">
         <v>2.832574E7</v>
       </c>
-      <c r="P25" t="n" s="31">
+      <c r="Q25" t="n" s="31">
         <v>2.3161155E7</v>
       </c>
-      <c r="Q25" t="n" s="31">
+      <c r="R25" t="n" s="31">
         <v>2.5707187E7</v>
       </c>
-      <c r="R25" t="n" s="31">
+      <c r="S25" t="n" s="31">
         <v>2.8186681E7</v>
       </c>
-      <c r="S25" t="n" s="31">
+      <c r="T25" t="n" s="31">
         <v>2.6647689E7</v>
       </c>
-      <c r="T25" t="n" s="31">
+      <c r="U25" t="n" s="31">
         <v>2.297741E7</v>
       </c>
-      <c r="U25" t="n" s="31">
+      <c r="V25" t="n" s="31">
         <v>2.2264914E7</v>
       </c>
-      <c r="V25" t="n" s="31">
+      <c r="W25" t="n" s="31">
         <v>2.1774787E7</v>
       </c>
-      <c r="W25" t="n" s="31">
+      <c r="X25" t="n" s="31">
         <v>2.1605267E7</v>
       </c>
-      <c r="X25" t="n" s="31">
+      <c r="Y25" t="n" s="31">
         <v>2.047341E7</v>
       </c>
-      <c r="Y25" t="n" s="31">
+      <c r="Z25" t="n" s="31">
         <v>2.2545878E7</v>
       </c>
-      <c r="Z25" t="n" s="31">
+      <c r="AA25" t="n" s="31">
         <v>2.1188621E7</v>
       </c>
-      <c r="AA25" t="n" s="31">
+      <c r="AB25" t="n" s="31">
         <v>1.930445E7</v>
       </c>
-      <c r="AB25" t="n" s="31">
+      <c r="AC25" t="n" s="31">
         <v>1.838415E7</v>
       </c>
-      <c r="AC25" t="n" s="31">
+      <c r="AD25" t="n" s="31">
         <v>1.8429727E7</v>
       </c>
-      <c r="AD25" t="n" s="31">
+      <c r="AE25" t="n" s="31">
         <v>1.7672853E7</v>
       </c>
-      <c r="AE25" t="n" s="31">
+      <c r="AF25" t="n" s="31">
         <v>1.7603673E7</v>
       </c>
-      <c r="AF25" t="n" s="31">
+      <c r="AG25" t="n" s="31">
         <v>1.7489706E7</v>
       </c>
-      <c r="AG25" t="n" s="31">
+      <c r="AH25" t="n" s="31">
         <v>1.6304762E7</v>
       </c>
-      <c r="AH25" t="n" s="31">
+      <c r="AI25" t="n" s="31">
         <v>1.5373582E7</v>
       </c>
-      <c r="AI25" t="n" s="31">
+      <c r="AJ25" t="n" s="31">
         <v>1.5738647E7</v>
       </c>
-      <c r="AJ25" t="n" s="31">
+      <c r="AK25" t="n" s="31">
         <v>1.4739933E7</v>
       </c>
-      <c r="AK25" t="n" s="31">
+      <c r="AL25" t="n" s="31">
         <v>1.4828931E7</v>
       </c>
-      <c r="AL25" t="n" s="31">
+      <c r="AM25" t="n" s="31">
         <v>1.1420772E7</v>
       </c>
-      <c r="AM25" t="n" s="31">
+      <c r="AN25" t="n" s="31">
         <v>1.1093785E7</v>
       </c>
-      <c r="AN25" t="n" s="31">
+      <c r="AO25" t="n" s="31">
         <v>1.0128736E7</v>
       </c>
-      <c r="AO25" t="n" s="31">
+      <c r="AP25" t="n" s="31">
         <v>1.0601001E7</v>
       </c>
-      <c r="AP25" t="n" s="31">
+      <c r="AQ25" t="n" s="31">
         <v>1.0615813E7</v>
       </c>
-      <c r="AQ25" t="n" s="31">
+      <c r="AR25" t="n" s="31">
         <v>1.0847551E7</v>
       </c>
-      <c r="AR25" t="n" s="31">
+      <c r="AS25" t="n" s="31">
         <v>9901521.0</v>
       </c>
-      <c r="AS25" t="n" s="31">
+      <c r="AT25" t="n" s="31">
         <v>1.0410112E7</v>
       </c>
-      <c r="AT25" t="n" s="31">
+      <c r="AU25" t="n" s="31">
         <v>9871521.0</v>
       </c>
-      <c r="AU25" t="n" s="31">
+      <c r="AV25" t="n" s="31">
         <v>9803584.0</v>
       </c>
-      <c r="AV25" t="n" s="31">
+      <c r="AW25" t="n" s="31">
         <v>9005116.0</v>
       </c>
-      <c r="AW25" t="n" s="31">
+      <c r="AX25" t="n" s="31">
         <v>9589583.0</v>
       </c>
-      <c r="AX25" t="n" s="31">
+      <c r="AY25" t="n" s="31">
         <v>9494750.0</v>
       </c>
-      <c r="AY25" t="n" s="31">
+      <c r="AZ25" t="n" s="31">
         <v>9124147.0</v>
       </c>
-      <c r="AZ25" t="n" s="31">
+      <c r="BA25" t="n" s="31">
         <v>9140803.0</v>
       </c>
-      <c r="BA25" t="n" s="31">
+      <c r="BB25" t="n" s="31">
         <v>9665273.0</v>
       </c>
-      <c r="BB25" t="n" s="31">
+      <c r="BC25" t="n" s="31">
         <v>9337621.0</v>
       </c>
-      <c r="BC25" t="n" s="31">
+      <c r="BD25" t="n" s="31">
         <v>9498501.0</v>
       </c>
-      <c r="BD25" t="n" s="31">
+      <c r="BE25" t="n" s="31">
         <v>9246741.0</v>
       </c>
-      <c r="BE25" t="n" s="31">
+      <c r="BF25" t="n" s="31">
         <v>1.0630532E7</v>
       </c>
-      <c r="BF25" t="n" s="31">
+      <c r="BG25" t="n" s="31">
         <v>1.0330774E7</v>
       </c>
-      <c r="BG25" t="n" s="31">
+      <c r="BH25" t="n" s="31">
         <v>9648479.0</v>
       </c>
-      <c r="BH25" t="n" s="31">
+      <c r="BI25" t="n" s="31">
         <v>8615758.0</v>
       </c>
-      <c r="BI25" t="n" s="31">
+      <c r="BJ25" t="n" s="31">
         <v>8678359.0</v>
       </c>
-      <c r="BJ25" t="n" s="31">
+      <c r="BK25" t="n" s="31">
         <v>8782689.0</v>
       </c>
-      <c r="BK25" t="n" s="31">
+      <c r="BL25" t="n" s="31">
         <v>7099229.0</v>
       </c>
-      <c r="BL25" t="n" s="31">
+      <c r="BM25" t="n" s="31">
         <v>7677501.0</v>
       </c>
-      <c r="BM25" t="n" s="31">
+      <c r="BN25" t="n" s="31">
         <v>7869170.0</v>
       </c>
-      <c r="BN25" t="n" s="31">
+      <c r="BO25" t="n" s="31">
         <v>7477335.0</v>
       </c>
-      <c r="BO25" t="n" s="31">
+      <c r="BP25" t="n" s="31">
         <v>7044043.0</v>
       </c>
-      <c r="BP25" t="n" s="31">
+      <c r="BQ25" t="n" s="31">
         <v>7898344.0</v>
       </c>
-      <c r="BQ25" t="n" s="31">
+      <c r="BR25" t="n" s="31">
         <v>6788954.0</v>
       </c>
-      <c r="BR25" t="n" s="31">
+      <c r="BS25" t="n" s="31">
         <v>6782874.0</v>
       </c>
-      <c r="BS25" t="n" s="31">
+      <c r="BT25" t="n" s="31">
         <v>7217194.0</v>
       </c>
-      <c r="BT25" t="n" s="31">
+      <c r="BU25" t="n" s="31">
         <v>7345103.0</v>
       </c>
-      <c r="BU25" t="n" s="31">
+      <c r="BV25" t="n" s="31">
         <v>7256185.0</v>
       </c>
-      <c r="BV25" t="n" s="31">
+      <c r="BW25" t="n" s="31">
         <v>7007344.0</v>
       </c>
-      <c r="BW25" t="n" s="31">
+      <c r="BX25" t="n" s="31">
         <v>8562993.0</v>
       </c>
-      <c r="BX25" t="n" s="31">
+      <c r="BY25" t="n" s="31">
         <v>6891080.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B28" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B29" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B30" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B31" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B28:BX28"/>
-[...5 lines deleted...]
-    <mergeCell ref="A34:BX34"/>
+    <mergeCell ref="B28:BY28"/>
+    <mergeCell ref="B29:BY29"/>
+    <mergeCell ref="B30:BY30"/>
+    <mergeCell ref="B31:BY31"/>
+    <mergeCell ref="A1:BY1"/>
+    <mergeCell ref="A2:BY2"/>
+    <mergeCell ref="A34:BY34"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>