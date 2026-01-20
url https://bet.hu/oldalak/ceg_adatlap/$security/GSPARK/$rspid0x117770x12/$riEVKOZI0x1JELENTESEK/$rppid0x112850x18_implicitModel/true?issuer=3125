--- v0 (2025-10-29)
+++ v1 (2026-01-20)
@@ -6,61 +6,64 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="173">
   <si>
     <t>Évközi jelentések pénzügyi adatai - Graphisoft Park SE</t>
   </si>
   <si>
     <t>Nem auditált, konszolidált, nemzetközi számviteli elvek (IFRS) alapján</t>
   </si>
   <si>
     <t>Eredménykimutatás főbb adatai P&amp;L</t>
   </si>
   <si>
+    <t>2025. jan. - 2025. szept. (1)</t>
+  </si>
+  <si>
     <t>2025. jan. - 2025. jún. (1)</t>
   </si>
   <si>
     <t>2025. jan. - 2025. márc. (1)</t>
   </si>
   <si>
     <t>2024. jan. - 2024. dec. (1)</t>
   </si>
   <si>
     <t>2024. jan. - 2024. szept. (1)</t>
   </si>
   <si>
     <t>2024. jan. - 2024. jún. (1)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. dec. (1)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. szept. (1)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. jún. (2)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. dec. (2)</t>
@@ -255,50 +258,53 @@
     <t/>
   </si>
   <si>
     <t>(ezer EUR)</t>
   </si>
   <si>
     <t>(ezer HUF)</t>
   </si>
   <si>
     <t>Értékesítés nettó árbevétele</t>
   </si>
   <si>
     <t>Üzleti eredmény</t>
   </si>
   <si>
     <t>Pénzügyi tevékenység nettó eredménye</t>
   </si>
   <si>
     <t>Adózás előtti eredmény</t>
   </si>
   <si>
     <t>Adózott eredmény</t>
   </si>
   <si>
     <t>Mérleg főbb adatai</t>
+  </si>
+  <si>
+    <t>2025. szept. 30.</t>
   </si>
   <si>
     <t>2025. jún. 30.</t>
   </si>
   <si>
     <t>2025. márc. 31.</t>
   </si>
   <si>
     <t>2024. dec. 31.</t>
   </si>
   <si>
     <t>2024. szept. 30.</t>
   </si>
   <si>
     <t>2024. jún. 30.</t>
   </si>
   <si>
     <t>2023. dec. 31.</t>
   </si>
   <si>
     <t>2023. szept. 30.</t>
   </si>
   <si>
     <t>2023. jún. 30.</t>
   </si>
@@ -659,165 +665,166 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BV34"/>
+  <dimension ref="A1:BW34"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="38.12109375" customWidth="true" bestFit="true"/>
-    <col min="2" max="2" width="24.50390625" customWidth="true" bestFit="true"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="2" max="2" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="3" max="3" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="4" max="4" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="5" max="5" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="6" max="6" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="7" max="7" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="8" max="8" width="24.97265625" customWidth="true" bestFit="true"/>
-    <col min="9" max="9" width="26.6015625" customWidth="true" bestFit="true"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="9" max="9" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="10" max="10" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="11" max="11" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="12" max="12" width="24.97265625" customWidth="true" bestFit="true"/>
-    <col min="13" max="13" width="26.6015625" customWidth="true" bestFit="true"/>
-[...59 lines deleted...]
-    <col min="73" max="73" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="13" max="13" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="14" max="14" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="15" max="15" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="16" max="16" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="17" max="17" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="18" max="18" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="19" max="19" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="20" max="20" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="21" max="21" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="23" max="23" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="24" max="24" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="25" max="25" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="26" max="26" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="27" max="27" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="28" max="28" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="29" max="29" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="30" max="30" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="31" max="31" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="32" max="32" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="33" max="33" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="34" max="34" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="35" max="35" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="36" max="36" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="37" max="37" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="38" max="38" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="39" max="39" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="40" max="40" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="41" max="41" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="42" max="42" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="43" max="43" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="44" max="44" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="45" max="45" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="46" max="46" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="47" max="47" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="48" max="48" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="49" max="49" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="50" max="50" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="51" max="51" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="52" max="52" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="53" max="53" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="54" max="54" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="55" max="55" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="56" max="56" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="57" max="57" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="58" max="58" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="59" max="59" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="60" max="60" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="61" max="61" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="62" max="62" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="63" max="63" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="64" max="64" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="65" max="65" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="66" max="66" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="67" max="67" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="68" max="68" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="69" max="69" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="70" max="70" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="71" max="71" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="72" max="72" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="73" max="73" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="74" max="74" width="24.50390625" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
       <c r="E4" t="s" s="1">
         <v>6</v>
       </c>
       <c r="F4" t="s" s="1">
         <v>7</v>
       </c>
       <c r="G4" t="s" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H4" t="s" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I4" t="s" s="1">
         <v>9</v>
       </c>
       <c r="J4" t="s" s="1">
         <v>10</v>
       </c>
       <c r="K4" t="s" s="1">
         <v>11</v>
       </c>
       <c r="L4" t="s" s="1">
         <v>12</v>
       </c>
       <c r="M4" t="s" s="1">
         <v>13</v>
       </c>
       <c r="N4" t="s" s="1">
         <v>14</v>
       </c>
       <c r="O4" t="s" s="1">
         <v>15</v>
       </c>
       <c r="P4" t="s" s="1">
         <v>16</v>
       </c>
@@ -969,2928 +976,2970 @@
         <v>65</v>
       </c>
       <c r="BN4" t="s" s="1">
         <v>66</v>
       </c>
       <c r="BO4" t="s" s="1">
         <v>67</v>
       </c>
       <c r="BP4" t="s" s="1">
         <v>68</v>
       </c>
       <c r="BQ4" t="s" s="1">
         <v>69</v>
       </c>
       <c r="BR4" t="s" s="1">
         <v>70</v>
       </c>
       <c r="BS4" t="s" s="1">
         <v>71</v>
       </c>
       <c r="BT4" t="s" s="1">
         <v>72</v>
       </c>
       <c r="BU4" t="s" s="1">
         <v>73</v>
+      </c>
+      <c r="BV4" t="s" s="1">
+        <v>74</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Q5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="R5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="V5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="W5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="X5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Y5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Z5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AA5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AB5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AC5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AD5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AE5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AF5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AG5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AH5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AI5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AJ5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AK5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AL5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AM5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AN5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AO5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AP5" t="s" s="2">
         <v>76</v>
       </c>
       <c r="AQ5" t="s" s="2">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="AR5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AS5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AT5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AU5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AV5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AW5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AX5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AY5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AZ5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BA5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BB5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BC5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BD5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BE5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BF5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BG5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BH5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BI5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BJ5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BK5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BL5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BM5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BN5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BO5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BP5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BQ5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BR5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BS5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BT5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BU5" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
+      </c>
+      <c r="BV5" t="s" s="2">
+        <v>76</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B6" t="n" s="3">
+        <v>13072.0</v>
+      </c>
+      <c r="C6" t="n" s="3">
         <v>8699.0</v>
       </c>
-      <c r="C6" t="n" s="3">
+      <c r="D6" t="n" s="3">
         <v>4341.0</v>
       </c>
-      <c r="D6" t="n" s="3">
+      <c r="E6" t="n" s="3">
         <v>17261.0</v>
       </c>
-      <c r="E6" t="n" s="3">
+      <c r="F6" t="n" s="3">
         <v>12990.0</v>
       </c>
-      <c r="F6" t="n" s="3">
+      <c r="G6" t="n" s="3">
         <v>8682.0</v>
       </c>
-      <c r="G6" t="n" s="3">
+      <c r="H6" t="n" s="3">
         <v>4311.0</v>
       </c>
-      <c r="H6" t="n" s="3">
+      <c r="I6" t="n" s="3">
         <v>16845.0</v>
       </c>
-      <c r="I6" t="n" s="3">
+      <c r="J6" t="n" s="3">
         <v>12639.0</v>
       </c>
-      <c r="J6" t="n" s="3">
+      <c r="K6" t="n" s="3">
         <v>8414.0</v>
       </c>
-      <c r="K6" t="n" s="3">
+      <c r="L6" t="n" s="3">
         <v>4195.0</v>
       </c>
-      <c r="L6" t="n" s="3">
+      <c r="M6" t="n" s="3">
         <v>15538.0</v>
       </c>
-      <c r="M6" t="n" s="3">
+      <c r="N6" t="n" s="3">
         <v>11594.0</v>
       </c>
-      <c r="N6" t="n" s="3">
+      <c r="O6" t="n" s="3">
         <v>7709.0</v>
       </c>
-      <c r="O6" t="n" s="3">
+      <c r="P6" t="n" s="3">
         <v>3822.0</v>
       </c>
-      <c r="P6" t="n" s="3">
+      <c r="Q6" t="n" s="3">
         <v>14657.0</v>
       </c>
-      <c r="Q6" t="n" s="3">
+      <c r="R6" t="n" s="3">
         <v>10962.0</v>
       </c>
-      <c r="R6" t="n" s="3">
+      <c r="S6" t="n" s="3">
         <v>7287.0</v>
       </c>
-      <c r="S6" t="n" s="3">
+      <c r="T6" t="n" s="3">
         <v>3641.0</v>
       </c>
-      <c r="T6" t="n" s="3">
+      <c r="U6" t="n" s="3">
         <v>14539.0</v>
       </c>
-      <c r="U6" t="n" s="3">
+      <c r="V6" t="n" s="3">
         <v>10958.0</v>
       </c>
-      <c r="V6" t="n" s="3">
+      <c r="W6" t="n" s="3">
         <v>7413.0</v>
       </c>
-      <c r="W6" t="n" s="3">
+      <c r="X6" t="n" s="3">
         <v>3771.0</v>
       </c>
-      <c r="X6" t="n" s="3">
+      <c r="Y6" t="n" s="3">
         <v>14249.0</v>
       </c>
-      <c r="Y6" t="n" s="3">
+      <c r="Z6" t="n" s="3">
         <v>10636.0</v>
       </c>
-      <c r="Z6" t="n" s="3">
+      <c r="AA6" t="n" s="3">
         <v>7052.0</v>
       </c>
-      <c r="AA6" t="n" s="3">
+      <c r="AB6" t="n" s="3">
         <v>3509.0</v>
       </c>
-      <c r="AB6" t="n" s="3">
+      <c r="AC6" t="n" s="3">
         <v>9517.0</v>
       </c>
-      <c r="AC6" t="n" s="3">
+      <c r="AD6" t="n" s="3">
         <v>6082.0</v>
       </c>
-      <c r="AD6" t="n" s="3">
+      <c r="AE6" t="n" s="3">
         <v>7755.0</v>
       </c>
-      <c r="AE6" t="n" s="3">
+      <c r="AF6" t="n" s="3">
         <v>5124.0</v>
       </c>
-      <c r="AF6" t="n" s="3">
+      <c r="AG6" t="n" s="3">
         <v>2471.0</v>
       </c>
-      <c r="AG6" t="n" s="3">
+      <c r="AH6" t="n" s="3">
         <v>9525.0</v>
       </c>
-      <c r="AH6" t="n" s="3">
+      <c r="AI6" t="n" s="3">
         <v>7143.0</v>
       </c>
-      <c r="AI6" t="n" s="3">
+      <c r="AJ6" t="n" s="3">
         <v>4780.0</v>
       </c>
-      <c r="AJ6" t="n" s="3">
+      <c r="AK6" t="n" s="3">
         <v>2395.0</v>
       </c>
-      <c r="AK6" t="n" s="3">
+      <c r="AL6" t="n" s="3">
         <v>9484.0</v>
       </c>
-      <c r="AL6" t="n" s="3">
+      <c r="AM6" t="n" s="3">
         <v>7145.0</v>
       </c>
-      <c r="AM6" t="n" s="3">
+      <c r="AN6" t="n" s="3">
         <v>4827.0</v>
       </c>
-      <c r="AN6" t="n" s="3">
+      <c r="AO6" t="n" s="3">
         <v>2429.0</v>
       </c>
-      <c r="AO6" t="n" s="3">
+      <c r="AP6" t="n" s="3">
         <v>8473.0</v>
       </c>
-      <c r="AP6" t="n" s="3">
+      <c r="AQ6" t="n" s="3">
         <v>6054.0</v>
       </c>
-      <c r="AQ6" t="n" s="3">
+      <c r="AR6" t="n" s="3">
         <v>3930.0</v>
       </c>
-      <c r="AR6" t="n" s="3">
+      <c r="AS6" t="n" s="3">
         <v>1961.0</v>
       </c>
-      <c r="AS6" t="n" s="3">
+      <c r="AT6" t="n" s="3">
         <v>8125.0</v>
       </c>
-      <c r="AT6" t="n" s="3">
+      <c r="AU6" t="n" s="3">
         <v>6078.0</v>
       </c>
-      <c r="AU6" t="n" s="3">
+      <c r="AV6" t="n" s="3">
         <v>4055.0</v>
       </c>
-      <c r="AV6" t="n" s="3">
+      <c r="AW6" t="n" s="3">
         <v>2015.0</v>
       </c>
-      <c r="AW6" t="n" s="3">
+      <c r="AX6" t="n" s="3">
         <v>8285.0</v>
       </c>
-      <c r="AX6" t="n" s="3">
+      <c r="AY6" t="n" s="3">
         <v>6304.0</v>
       </c>
-      <c r="AY6" t="n" s="3">
+      <c r="AZ6" t="n" s="3">
         <v>4235.0</v>
       </c>
-      <c r="AZ6" t="n" s="3">
+      <c r="BA6" t="n" s="3">
         <v>2106.0</v>
       </c>
-      <c r="BA6" t="n" s="3">
+      <c r="BB6" t="n" s="3">
         <v>8039.0</v>
       </c>
-      <c r="BB6" t="n" s="3">
+      <c r="BC6" t="n" s="3">
         <v>5980.0</v>
       </c>
-      <c r="BC6" t="n" s="3">
+      <c r="BD6" t="n" s="3">
         <v>3955.0</v>
       </c>
-      <c r="BD6" t="n" s="3">
+      <c r="BE6" t="n" s="3">
         <v>1970.0</v>
       </c>
-      <c r="BE6" t="n" s="3">
+      <c r="BF6" t="n" s="3">
         <v>7404.0</v>
       </c>
-      <c r="BF6" t="n" s="3">
+      <c r="BG6" t="n" s="3">
         <v>5531.0</v>
       </c>
-      <c r="BG6" t="n" s="3">
+      <c r="BH6" t="n" s="3">
         <v>3658.0</v>
       </c>
-      <c r="BH6" t="n" s="3">
+      <c r="BI6" t="n" s="3">
         <v>1836.0</v>
       </c>
-      <c r="BI6" t="n" s="3">
+      <c r="BJ6" t="n" s="3">
         <v>6840.0</v>
       </c>
-      <c r="BJ6" t="n" s="3">
+      <c r="BK6" t="n" s="3">
         <v>5108.0</v>
       </c>
-      <c r="BK6" t="n" s="3">
+      <c r="BL6" t="n" s="3">
         <v>3344.0</v>
       </c>
-      <c r="BL6" t="n" s="3">
+      <c r="BM6" t="n" s="3">
         <v>4857.0</v>
       </c>
-      <c r="BM6" t="n" s="3">
+      <c r="BN6" t="n" s="3">
         <v>3183.0</v>
       </c>
-      <c r="BN6" t="n" s="3">
+      <c r="BO6" t="n" s="3">
         <v>1569.0</v>
       </c>
-      <c r="BO6" t="n" s="3">
+      <c r="BP6" t="n" s="3">
         <v>5530.0</v>
       </c>
-      <c r="BP6" t="n" s="3">
+      <c r="BQ6" t="n" s="3">
         <v>3936.0</v>
       </c>
-      <c r="BQ6" t="n" s="3">
+      <c r="BR6" t="n" s="3">
         <v>2532.0</v>
       </c>
-      <c r="BR6" t="n" s="3">
+      <c r="BS6" t="n" s="3">
         <v>1270.0</v>
       </c>
-      <c r="BS6" t="n" s="3">
+      <c r="BT6" t="n" s="3">
         <v>3825.0</v>
       </c>
-      <c r="BT6" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="BU6" t="s" s="3">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="BV6" t="s" s="3">
+        <v>75</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B7" t="n" s="7">
+        <v>12504.0</v>
+      </c>
+      <c r="C7" t="n" s="7">
         <v>-4022.0</v>
       </c>
-      <c r="C7" t="n" s="7">
+      <c r="D7" t="n" s="7">
         <v>-2550.0</v>
       </c>
-      <c r="D7" t="n" s="7">
+      <c r="E7" t="n" s="7">
         <v>19081.0</v>
       </c>
-      <c r="E7" t="n" s="7">
+      <c r="F7" t="n" s="7">
         <v>14539.0</v>
       </c>
-      <c r="F7" t="n" s="7">
+      <c r="G7" t="n" s="7">
         <v>7980.0</v>
       </c>
-      <c r="G7" t="n" s="7">
+      <c r="H7" t="n" s="7">
         <v>5104.0</v>
       </c>
-      <c r="H7" t="n" s="7">
+      <c r="I7" t="n" s="7">
         <v>11169.0</v>
       </c>
-      <c r="I7" t="n" s="7">
+      <c r="J7" t="n" s="7">
         <v>8330.0</v>
       </c>
-      <c r="J7" t="n" s="7">
+      <c r="K7" t="n" s="7">
         <v>6144.0</v>
       </c>
-      <c r="K7" t="n" s="7">
+      <c r="L7" t="n" s="7">
         <v>3322.0</v>
       </c>
-      <c r="L7" t="n" s="7">
+      <c r="M7" t="n" s="7">
         <v>10512.0</v>
       </c>
-      <c r="M7" t="n" s="7">
+      <c r="N7" t="n" s="7">
         <v>8399.0</v>
       </c>
-      <c r="N7" t="n" s="7">
+      <c r="O7" t="n" s="7">
         <v>6361.0</v>
       </c>
-      <c r="O7" t="n" s="7">
+      <c r="P7" t="n" s="7">
         <v>3557.0</v>
       </c>
-      <c r="P7" t="n" s="7">
+      <c r="Q7" t="n" s="7">
         <v>12982.0</v>
       </c>
-      <c r="Q7" t="n" s="7">
+      <c r="R7" t="n" s="7">
         <v>9766.0</v>
       </c>
-      <c r="R7" t="n" s="7">
+      <c r="S7" t="n" s="7">
         <v>6550.0</v>
       </c>
-      <c r="S7" t="n" s="7">
+      <c r="T7" t="n" s="7">
         <v>3221.0</v>
       </c>
-      <c r="T7" t="n" s="7">
+      <c r="U7" t="n" s="7">
         <v>-10821.0</v>
       </c>
-      <c r="U7" t="n" s="7">
+      <c r="V7" t="n" s="7">
         <v>-9535.0</v>
       </c>
-      <c r="V7" t="n" s="7">
+      <c r="W7" t="n" s="7">
         <v>4402.0</v>
       </c>
-      <c r="W7" t="n" s="7">
+      <c r="X7" t="n" s="7">
         <v>1522.0</v>
       </c>
-      <c r="X7" t="n" s="7">
+      <c r="Y7" t="n" s="7">
         <v>17609.0</v>
       </c>
-      <c r="Y7" t="n" s="7">
+      <c r="Z7" t="n" s="7">
         <v>13413.0</v>
       </c>
-      <c r="Z7" t="n" s="7">
+      <c r="AA7" t="n" s="7">
         <v>10463.0</v>
       </c>
-      <c r="AA7" t="n" s="7">
+      <c r="AB7" t="n" s="7">
         <v>7035.0</v>
       </c>
-      <c r="AB7" t="n" s="7">
+      <c r="AC7" t="n" s="7">
         <v>12477.0</v>
       </c>
-      <c r="AC7" t="n" s="7">
+      <c r="AD7" t="n" s="7">
         <v>8108.0</v>
       </c>
-      <c r="AD7" t="n" s="7">
+      <c r="AE7" t="n" s="7">
         <v>3648.0</v>
       </c>
-      <c r="AE7" t="n" s="7">
+      <c r="AF7" t="n" s="7">
         <v>2414.0</v>
       </c>
-      <c r="AF7" t="n" s="7">
+      <c r="AG7" t="n" s="7">
         <v>1348.0</v>
       </c>
-      <c r="AG7" t="n" s="7">
+      <c r="AH7" t="n" s="7">
         <v>4560.0</v>
       </c>
-      <c r="AH7" t="n" s="7">
+      <c r="AI7" t="n" s="7">
         <v>3422.0</v>
       </c>
-      <c r="AI7" t="n" s="7">
+      <c r="AJ7" t="n" s="7">
         <v>2260.0</v>
       </c>
-      <c r="AJ7" t="n" s="7">
+      <c r="AK7" t="n" s="7">
         <v>1235.0</v>
       </c>
-      <c r="AK7" t="n" s="7">
+      <c r="AL7" t="n" s="7">
         <v>4126.0</v>
       </c>
-      <c r="AL7" t="n" s="7">
+      <c r="AM7" t="n" s="7">
         <v>2936.0</v>
       </c>
-      <c r="AM7" t="n" s="7">
+      <c r="AN7" t="n" s="7">
         <v>2370.0</v>
       </c>
-      <c r="AN7" t="n" s="7">
+      <c r="AO7" t="n" s="7">
         <v>1278.0</v>
       </c>
-      <c r="AO7" t="n" s="7">
+      <c r="AP7" t="n" s="7">
         <v>3666.0</v>
       </c>
-      <c r="AP7" t="n" s="7">
+      <c r="AQ7" t="n" s="7">
         <v>2486.0</v>
       </c>
-      <c r="AQ7" t="n" s="7">
+      <c r="AR7" t="n" s="7">
         <v>1593.0</v>
       </c>
-      <c r="AR7" t="n" s="7">
+      <c r="AS7" t="n" s="7">
         <v>869.0</v>
       </c>
-      <c r="AS7" t="n" s="7">
+      <c r="AT7" t="n" s="7">
         <v>5704.0</v>
       </c>
-      <c r="AT7" t="n" s="7">
+      <c r="AU7" t="n" s="7">
         <v>4536.0</v>
       </c>
-      <c r="AU7" t="n" s="7">
+      <c r="AV7" t="n" s="7">
         <v>1432.0</v>
       </c>
-      <c r="AV7" t="n" s="7">
+      <c r="AW7" t="n" s="7">
         <v>766.0</v>
       </c>
-      <c r="AW7" t="n" s="7">
+      <c r="AX7" t="n" s="7">
         <v>3736.0</v>
       </c>
-      <c r="AX7" t="n" s="7">
+      <c r="AY7" t="n" s="7">
         <v>2906.0</v>
       </c>
-      <c r="AY7" t="n" s="7">
+      <c r="AZ7" t="n" s="7">
         <v>2007.0</v>
       </c>
-      <c r="AZ7" t="n" s="7">
+      <c r="BA7" t="n" s="7">
         <v>1061.0</v>
       </c>
-      <c r="BA7" t="n" s="7">
+      <c r="BB7" t="n" s="7">
         <v>3652.0</v>
       </c>
-      <c r="BB7" t="n" s="7">
+      <c r="BC7" t="n" s="7">
         <v>2689.0</v>
       </c>
-      <c r="BC7" t="n" s="7">
+      <c r="BD7" t="n" s="7">
         <v>1781.0</v>
       </c>
-      <c r="BD7" t="n" s="7">
+      <c r="BE7" t="n" s="7">
         <v>908.0</v>
       </c>
-      <c r="BE7" t="n" s="7">
+      <c r="BF7" t="n" s="7">
         <v>2869.0</v>
       </c>
-      <c r="BF7" t="n" s="7">
+      <c r="BG7" t="n" s="7">
         <v>2083.0</v>
       </c>
-      <c r="BG7" t="n" s="7">
+      <c r="BH7" t="n" s="7">
         <v>1368.0</v>
       </c>
-      <c r="BH7" t="n" s="7">
+      <c r="BI7" t="n" s="7">
         <v>749.0</v>
       </c>
-      <c r="BI7" t="n" s="7">
+      <c r="BJ7" t="n" s="7">
         <v>2604.0</v>
       </c>
-      <c r="BJ7" t="n" s="7">
+      <c r="BK7" t="n" s="7">
         <v>2015.0</v>
       </c>
-      <c r="BK7" t="n" s="7">
+      <c r="BL7" t="n" s="7">
         <v>1480.0</v>
       </c>
-      <c r="BL7" t="n" s="7">
+      <c r="BM7" t="n" s="7">
         <v>2334.0</v>
       </c>
-      <c r="BM7" t="n" s="7">
+      <c r="BN7" t="n" s="7">
         <v>1545.0</v>
       </c>
-      <c r="BN7" t="n" s="7">
+      <c r="BO7" t="n" s="7">
         <v>774.0</v>
       </c>
-      <c r="BO7" t="n" s="7">
+      <c r="BP7" t="n" s="7">
         <v>2597.0</v>
       </c>
-      <c r="BP7" t="n" s="7">
+      <c r="BQ7" t="n" s="7">
         <v>1709.0</v>
       </c>
-      <c r="BQ7" t="n" s="7">
+      <c r="BR7" t="n" s="7">
         <v>1135.0</v>
       </c>
-      <c r="BR7" t="n" s="7">
+      <c r="BS7" t="n" s="7">
         <v>664.0</v>
       </c>
-      <c r="BS7" t="n" s="7">
+      <c r="BT7" t="n" s="7">
         <v>1503.0</v>
       </c>
-      <c r="BT7" t="s" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="BU7" t="s" s="7">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="BV7" t="s" s="7">
+        <v>75</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B8" t="n" s="8">
+        <v>-912.0</v>
+      </c>
+      <c r="C8" t="n" s="8">
         <v>-649.0</v>
       </c>
-      <c r="C8" t="n" s="8">
+      <c r="D8" t="n" s="8">
         <v>-303.0</v>
       </c>
-      <c r="D8" t="n" s="8">
+      <c r="E8" t="n" s="8">
         <v>-1634.0</v>
       </c>
-      <c r="E8" t="n" s="8">
+      <c r="F8" t="n" s="8">
         <v>-1231.0</v>
       </c>
-      <c r="F8" t="n" s="8">
+      <c r="G8" t="n" s="8">
         <v>-697.0</v>
       </c>
-      <c r="G8" t="n" s="8">
+      <c r="H8" t="n" s="8">
         <v>-361.0</v>
       </c>
-      <c r="H8" t="n" s="8">
+      <c r="I8" t="n" s="8">
         <v>-986.0</v>
       </c>
-      <c r="I8" t="n" s="8">
+      <c r="J8" t="n" s="8">
         <v>-720.0</v>
       </c>
-      <c r="J8" t="n" s="8">
+      <c r="K8" t="n" s="8">
         <v>-325.0</v>
       </c>
-      <c r="K8" t="n" s="8">
+      <c r="L8" t="n" s="8">
         <v>-142.0</v>
       </c>
-      <c r="L8" t="n" s="8">
+      <c r="M8" t="n" s="8">
         <v>-1707.0</v>
       </c>
-      <c r="M8" t="n" s="8">
+      <c r="N8" t="n" s="8">
         <v>-1389.0</v>
       </c>
-      <c r="N8" t="n" s="8">
+      <c r="O8" t="n" s="8">
         <v>-975.0</v>
       </c>
-      <c r="O8" t="n" s="8">
+      <c r="P8" t="n" s="8">
         <v>-544.0</v>
       </c>
-      <c r="P8" t="n" s="8">
+      <c r="Q8" t="n" s="8">
         <v>-1920.0</v>
       </c>
-      <c r="Q8" t="n" s="8">
+      <c r="R8" t="n" s="8">
         <v>-1365.0</v>
       </c>
-      <c r="R8" t="n" s="8">
+      <c r="S8" t="n" s="8">
         <v>-831.0</v>
       </c>
-      <c r="S8" t="n" s="8">
+      <c r="T8" t="n" s="8">
         <v>-456.0</v>
       </c>
-      <c r="T8" t="n" s="8">
+      <c r="U8" t="n" s="8">
         <v>-2926.0</v>
       </c>
-      <c r="U8" t="n" s="8">
+      <c r="V8" t="n" s="8">
         <v>-2415.0</v>
       </c>
-      <c r="V8" t="n" s="8">
+      <c r="W8" t="n" s="8">
         <v>-1924.0</v>
       </c>
-      <c r="W8" t="n" s="8">
+      <c r="X8" t="n" s="8">
         <v>-671.0</v>
       </c>
-      <c r="X8" t="n" s="8">
+      <c r="Y8" t="n" s="8">
         <v>-1255.0</v>
       </c>
-      <c r="Y8" t="n" s="8">
+      <c r="Z8" t="n" s="8">
         <v>-1008.0</v>
       </c>
-      <c r="Z8" t="n" s="8">
+      <c r="AA8" t="n" s="8">
         <v>-636.0</v>
       </c>
-      <c r="AA8" t="n" s="8">
+      <c r="AB8" t="n" s="8">
         <v>-329.0</v>
       </c>
-      <c r="AB8" t="n" s="8">
+      <c r="AC8" t="n" s="8">
         <v>-912.0</v>
       </c>
-      <c r="AC8" t="n" s="8">
+      <c r="AD8" t="n" s="8">
         <v>-527.0</v>
       </c>
-      <c r="AD8" t="n" s="8">
+      <c r="AE8" t="n" s="8">
         <v>-651.0</v>
       </c>
-      <c r="AE8" t="n" s="8">
+      <c r="AF8" t="n" s="8">
         <v>-396.0</v>
       </c>
-      <c r="AF8" t="n" s="8">
+      <c r="AG8" t="n" s="8">
         <v>-152.0</v>
       </c>
-      <c r="AG8" t="n" s="8">
+      <c r="AH8" t="n" s="8">
         <v>-829.0</v>
       </c>
-      <c r="AH8" t="s" s="8">
-[...2 lines deleted...]
-      <c r="AI8" t="n" s="8">
+      <c r="AI8" t="s" s="8">
+        <v>75</v>
+      </c>
+      <c r="AJ8" t="n" s="8">
         <v>-486.0</v>
       </c>
-      <c r="AJ8" t="n" s="8">
+      <c r="AK8" t="n" s="8">
         <v>-295.0</v>
       </c>
-      <c r="AK8" t="n" s="8">
+      <c r="AL8" t="n" s="8">
         <v>-1090.0</v>
       </c>
-      <c r="AL8" t="n" s="8">
+      <c r="AM8" t="n" s="8">
         <v>-820.0</v>
       </c>
-      <c r="AM8" t="n" s="8">
+      <c r="AN8" t="n" s="8">
         <v>-479.0</v>
       </c>
-      <c r="AN8" t="n" s="8">
+      <c r="AO8" t="n" s="8">
         <v>-182.0</v>
       </c>
-      <c r="AO8" t="n" s="8">
+      <c r="AP8" t="n" s="8">
         <v>-1064.0</v>
       </c>
-      <c r="AP8" t="n" s="8">
+      <c r="AQ8" t="n" s="8">
         <v>-773.0</v>
       </c>
-      <c r="AQ8" t="n" s="8">
+      <c r="AR8" t="n" s="8">
         <v>-576.0</v>
       </c>
-      <c r="AR8" t="n" s="8">
+      <c r="AS8" t="n" s="8">
         <v>-268.0</v>
       </c>
-      <c r="AS8" t="n" s="8">
+      <c r="AT8" t="n" s="8">
         <v>1230.0</v>
       </c>
-      <c r="AT8" t="n" s="8">
+      <c r="AU8" t="n" s="8">
         <v>-1009.0</v>
       </c>
-      <c r="AU8" t="n" s="8">
+      <c r="AV8" t="n" s="8">
         <v>-687.0</v>
       </c>
-      <c r="AV8" t="n" s="8">
+      <c r="AW8" t="n" s="8">
         <v>-344.0</v>
       </c>
-      <c r="AW8" t="n" s="8">
+      <c r="AX8" t="n" s="8">
         <v>-1579.0</v>
       </c>
-      <c r="AX8" t="n" s="8">
+      <c r="AY8" t="n" s="8">
         <v>-1239.0</v>
       </c>
-      <c r="AY8" t="n" s="8">
+      <c r="AZ8" t="n" s="8">
         <v>-859.0</v>
       </c>
-      <c r="AZ8" t="n" s="8">
+      <c r="BA8" t="n" s="8">
         <v>-460.0</v>
       </c>
-      <c r="BA8" t="n" s="8">
+      <c r="BB8" t="n" s="8">
         <v>-2056.0</v>
       </c>
-      <c r="BB8" t="n" s="8">
+      <c r="BC8" t="n" s="8">
         <v>-1509.0</v>
       </c>
-      <c r="BC8" t="n" s="8">
+      <c r="BD8" t="n" s="8">
         <v>-890.0</v>
       </c>
-      <c r="BD8" t="n" s="8">
+      <c r="BE8" t="n" s="8">
         <v>-417.0</v>
       </c>
-      <c r="BE8" t="n" s="8">
+      <c r="BF8" t="n" s="8">
         <v>-2310.0</v>
       </c>
-      <c r="BF8" t="n" s="8">
+      <c r="BG8" t="n" s="8">
         <v>-1752.0</v>
       </c>
-      <c r="BG8" t="n" s="8">
+      <c r="BH8" t="n" s="8">
         <v>-1197.0</v>
       </c>
-      <c r="BH8" t="n" s="8">
+      <c r="BI8" t="n" s="8">
         <v>-559.0</v>
       </c>
-      <c r="BI8" t="n" s="8">
+      <c r="BJ8" t="n" s="8">
         <v>-2602.0</v>
       </c>
-      <c r="BJ8" t="n" s="8">
+      <c r="BK8" t="n" s="8">
         <v>-2207.0</v>
       </c>
-      <c r="BK8" t="n" s="8">
+      <c r="BL8" t="n" s="8">
         <v>-1673.0</v>
       </c>
-      <c r="BL8" t="n" s="8">
+      <c r="BM8" t="n" s="8">
         <v>-722.0</v>
       </c>
-      <c r="BM8" t="n" s="8">
+      <c r="BN8" t="n" s="8">
         <v>2589.0</v>
       </c>
-      <c r="BN8" t="n" s="8">
+      <c r="BO8" t="n" s="8">
         <v>-476.0</v>
       </c>
-      <c r="BO8" t="n" s="8">
+      <c r="BP8" t="n" s="8">
         <v>-807.0</v>
       </c>
-      <c r="BP8" t="n" s="8">
+      <c r="BQ8" t="n" s="8">
         <v>-345.0</v>
       </c>
-      <c r="BQ8" t="n" s="8">
+      <c r="BR8" t="n" s="8">
         <v>-192.0</v>
       </c>
-      <c r="BR8" t="n" s="8">
+      <c r="BS8" t="n" s="8">
         <v>-136.0</v>
       </c>
-      <c r="BS8" t="n" s="8">
+      <c r="BT8" t="n" s="8">
         <v>-23.0</v>
       </c>
-      <c r="BT8" t="s" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="BU8" t="s" s="8">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="BV8" t="s" s="8">
+        <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="n" s="9">
+        <v>11592.0</v>
+      </c>
+      <c r="C9" t="n" s="9">
         <v>-4671.0</v>
       </c>
-      <c r="C9" t="n" s="9">
+      <c r="D9" t="n" s="9">
         <v>-2853.0</v>
       </c>
-      <c r="D9" t="n" s="9">
+      <c r="E9" t="n" s="9">
         <v>17447.0</v>
       </c>
-      <c r="E9" t="n" s="9">
+      <c r="F9" t="n" s="9">
         <v>13308.0</v>
       </c>
-      <c r="F9" t="n" s="9">
+      <c r="G9" t="n" s="9">
         <v>7283.0</v>
       </c>
-      <c r="G9" t="n" s="9">
+      <c r="H9" t="n" s="9">
         <v>4743.0</v>
       </c>
-      <c r="H9" t="n" s="9">
+      <c r="I9" t="n" s="9">
         <v>10183.0</v>
       </c>
-      <c r="I9" t="n" s="9">
+      <c r="J9" t="n" s="9">
         <v>7610.0</v>
       </c>
-      <c r="J9" t="n" s="9">
+      <c r="K9" t="n" s="9">
         <v>5819.0</v>
       </c>
-      <c r="K9" t="n" s="9">
+      <c r="L9" t="n" s="9">
         <v>3180.0</v>
       </c>
-      <c r="L9" t="n" s="9">
+      <c r="M9" t="n" s="9">
         <v>8805.0</v>
       </c>
-      <c r="M9" t="n" s="9">
+      <c r="N9" t="n" s="9">
         <v>7010.0</v>
       </c>
-      <c r="N9" t="n" s="9">
+      <c r="O9" t="n" s="9">
         <v>5386.0</v>
       </c>
-      <c r="O9" t="n" s="9">
+      <c r="P9" t="n" s="9">
         <v>3013.0</v>
       </c>
-      <c r="P9" t="n" s="9">
+      <c r="Q9" t="n" s="9">
         <v>11062.0</v>
       </c>
-      <c r="Q9" t="n" s="9">
+      <c r="R9" t="n" s="9">
         <v>8401.0</v>
       </c>
-      <c r="R9" t="n" s="9">
+      <c r="S9" t="n" s="9">
         <v>5719.0</v>
       </c>
-      <c r="S9" t="n" s="9">
+      <c r="T9" t="n" s="9">
         <v>2765.0</v>
       </c>
-      <c r="T9" t="n" s="9">
+      <c r="U9" t="n" s="9">
         <v>-13747.0</v>
       </c>
-      <c r="U9" t="n" s="9">
+      <c r="V9" t="n" s="9">
         <v>-11950.0</v>
       </c>
-      <c r="V9" t="n" s="9">
+      <c r="W9" t="n" s="9">
         <v>2478.0</v>
       </c>
-      <c r="W9" t="n" s="9">
+      <c r="X9" t="n" s="9">
         <v>851.0</v>
       </c>
-      <c r="X9" t="n" s="9">
+      <c r="Y9" t="n" s="9">
         <v>16354.0</v>
       </c>
-      <c r="Y9" t="n" s="9">
+      <c r="Z9" t="n" s="9">
         <v>12405.0</v>
       </c>
-      <c r="Z9" t="n" s="9">
+      <c r="AA9" t="n" s="9">
         <v>9827.0</v>
       </c>
-      <c r="AA9" t="n" s="9">
+      <c r="AB9" t="n" s="9">
         <v>6706.0</v>
       </c>
-      <c r="AB9" t="n" s="9">
+      <c r="AC9" t="n" s="9">
         <v>11565.0</v>
       </c>
-      <c r="AC9" t="n" s="9">
+      <c r="AD9" t="n" s="9">
         <v>7581.0</v>
       </c>
-      <c r="AD9" t="n" s="9">
+      <c r="AE9" t="n" s="9">
         <v>2997.0</v>
       </c>
-      <c r="AE9" t="n" s="9">
+      <c r="AF9" t="n" s="9">
         <v>2018.0</v>
       </c>
-      <c r="AF9" t="n" s="9">
+      <c r="AG9" t="n" s="9">
         <v>1196.0</v>
       </c>
-      <c r="AG9" t="n" s="9">
+      <c r="AH9" t="n" s="9">
         <v>3731.0</v>
       </c>
-      <c r="AH9" t="n" s="9">
+      <c r="AI9" t="n" s="9">
         <v>2764.0</v>
       </c>
-      <c r="AI9" t="n" s="9">
+      <c r="AJ9" t="n" s="9">
         <v>1774.0</v>
       </c>
-      <c r="AJ9" t="n" s="9">
+      <c r="AK9" t="n" s="9">
         <v>940.0</v>
       </c>
-      <c r="AK9" t="n" s="9">
+      <c r="AL9" t="n" s="9">
         <v>3036.0</v>
       </c>
-      <c r="AL9" t="n" s="9">
+      <c r="AM9" t="n" s="9">
         <v>2116.0</v>
       </c>
-      <c r="AM9" t="n" s="9">
+      <c r="AN9" t="n" s="9">
         <v>1891.0</v>
       </c>
-      <c r="AN9" t="n" s="9">
+      <c r="AO9" t="n" s="9">
         <v>1096.0</v>
       </c>
-      <c r="AO9" t="n" s="9">
+      <c r="AP9" t="n" s="9">
         <v>2602.0</v>
       </c>
-      <c r="AP9" t="n" s="9">
+      <c r="AQ9" t="n" s="9">
         <v>1713.0</v>
       </c>
-      <c r="AQ9" t="n" s="9">
+      <c r="AR9" t="n" s="9">
         <v>1017.0</v>
       </c>
-      <c r="AR9" t="n" s="9">
+      <c r="AS9" t="n" s="9">
         <v>601.0</v>
       </c>
-      <c r="AS9" t="n" s="9">
+      <c r="AT9" t="n" s="9">
         <v>4474.0</v>
       </c>
-      <c r="AT9" t="n" s="9">
+      <c r="AU9" t="n" s="9">
         <v>3527.0</v>
       </c>
-      <c r="AU9" t="n" s="9">
+      <c r="AV9" t="n" s="9">
         <v>745.0</v>
       </c>
-      <c r="AV9" t="n" s="9">
+      <c r="AW9" t="n" s="9">
         <v>422.0</v>
       </c>
-      <c r="AW9" t="n" s="9">
+      <c r="AX9" t="n" s="9">
         <v>2157.0</v>
       </c>
-      <c r="AX9" t="n" s="9">
+      <c r="AY9" t="n" s="9">
         <v>1667.0</v>
       </c>
-      <c r="AY9" t="n" s="9">
+      <c r="AZ9" t="n" s="9">
         <v>1148.0</v>
       </c>
-      <c r="AZ9" t="n" s="9">
+      <c r="BA9" t="n" s="9">
         <v>601.0</v>
       </c>
-      <c r="BA9" t="n" s="9">
+      <c r="BB9" t="n" s="9">
         <v>1596.0</v>
       </c>
-      <c r="BB9" t="n" s="9">
+      <c r="BC9" t="n" s="9">
         <v>1180.0</v>
       </c>
-      <c r="BC9" t="n" s="9">
+      <c r="BD9" t="n" s="9">
         <v>891.0</v>
       </c>
-      <c r="BD9" t="n" s="9">
+      <c r="BE9" t="n" s="9">
         <v>491.0</v>
       </c>
-      <c r="BE9" t="n" s="9">
+      <c r="BF9" t="n" s="9">
         <v>559.0</v>
       </c>
-      <c r="BF9" t="n" s="9">
+      <c r="BG9" t="n" s="9">
         <v>331.0</v>
       </c>
-      <c r="BG9" t="n" s="9">
+      <c r="BH9" t="n" s="9">
         <v>189.0</v>
       </c>
-      <c r="BH9" t="n" s="9">
+      <c r="BI9" t="n" s="9">
         <v>190.0</v>
       </c>
-      <c r="BI9" t="n" s="9">
+      <c r="BJ9" t="n" s="9">
         <v>2.0</v>
       </c>
-      <c r="BJ9" t="n" s="9">
+      <c r="BK9" t="n" s="9">
         <v>-192.0</v>
       </c>
-      <c r="BK9" t="n" s="9">
+      <c r="BL9" t="n" s="9">
         <v>-193.0</v>
       </c>
-      <c r="BL9" t="n" s="9">
+      <c r="BM9" t="n" s="9">
         <v>1612.0</v>
       </c>
-      <c r="BM9" t="n" s="9">
+      <c r="BN9" t="n" s="9">
         <v>4134.0</v>
       </c>
-      <c r="BN9" t="n" s="9">
+      <c r="BO9" t="n" s="9">
         <v>298.0</v>
       </c>
-      <c r="BO9" t="n" s="9">
+      <c r="BP9" t="n" s="9">
         <v>1790.0</v>
       </c>
-      <c r="BP9" t="n" s="9">
+      <c r="BQ9" t="n" s="9">
         <v>1364.0</v>
       </c>
-      <c r="BQ9" t="n" s="9">
+      <c r="BR9" t="n" s="9">
         <v>943.0</v>
       </c>
-      <c r="BR9" t="n" s="9">
+      <c r="BS9" t="n" s="9">
         <v>528.0</v>
       </c>
-      <c r="BS9" t="n" s="9">
+      <c r="BT9" t="n" s="9">
         <v>1480.0</v>
       </c>
-      <c r="BT9" t="s" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="BU9" t="s" s="9">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="BV9" t="s" s="9">
+        <v>75</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B10" t="n" s="10">
+        <v>11522.0</v>
+      </c>
+      <c r="C10" t="n" s="10">
         <v>-4718.0</v>
       </c>
-      <c r="C10" t="n" s="10">
+      <c r="D10" t="n" s="10">
         <v>-2876.0</v>
       </c>
-      <c r="D10" t="n" s="10">
+      <c r="E10" t="n" s="10">
         <v>17082.0</v>
       </c>
-      <c r="E10" t="n" s="10">
+      <c r="F10" t="n" s="10">
         <v>13294.0</v>
       </c>
-      <c r="F10" t="n" s="10">
+      <c r="G10" t="n" s="10">
         <v>7273.0</v>
       </c>
-      <c r="G10" t="n" s="10">
+      <c r="H10" t="n" s="10">
         <v>4738.0</v>
       </c>
-      <c r="H10" t="n" s="10">
+      <c r="I10" t="n" s="10">
         <v>10162.0</v>
       </c>
-      <c r="I10" t="n" s="10">
+      <c r="J10" t="n" s="10">
         <v>7597.0</v>
       </c>
-      <c r="J10" t="n" s="10">
+      <c r="K10" t="n" s="10">
         <v>5811.0</v>
       </c>
-      <c r="K10" t="n" s="10">
+      <c r="L10" t="n" s="10">
         <v>3176.0</v>
       </c>
-      <c r="L10" t="n" s="10">
+      <c r="M10" t="n" s="10">
         <v>8786.0</v>
       </c>
-      <c r="M10" t="n" s="10">
+      <c r="N10" t="n" s="10">
         <v>6997.0</v>
       </c>
-      <c r="N10" t="n" s="10">
+      <c r="O10" t="n" s="10">
         <v>5377.0</v>
       </c>
-      <c r="O10" t="n" s="10">
+      <c r="P10" t="n" s="10">
         <v>3006.0</v>
       </c>
-      <c r="P10" t="n" s="10">
+      <c r="Q10" t="n" s="10">
         <v>11042.0</v>
       </c>
-      <c r="Q10" t="n" s="10">
+      <c r="R10" t="n" s="10">
         <v>8375.0</v>
       </c>
-      <c r="R10" t="n" s="10">
+      <c r="S10" t="n" s="10">
         <v>5703.0</v>
       </c>
-      <c r="S10" t="n" s="10">
+      <c r="T10" t="n" s="10">
         <v>2757.0</v>
       </c>
-      <c r="T10" t="n" s="10">
+      <c r="U10" t="n" s="10">
         <v>-13770.0</v>
       </c>
-      <c r="U10" t="n" s="10">
+      <c r="V10" t="n" s="10">
         <v>-11965.0</v>
       </c>
-      <c r="V10" t="n" s="10">
+      <c r="W10" t="n" s="10">
         <v>2468.0</v>
       </c>
-      <c r="W10" t="n" s="10">
+      <c r="X10" t="n" s="10">
         <v>846.0</v>
       </c>
-      <c r="X10" t="n" s="10">
+      <c r="Y10" t="n" s="10">
         <v>16330.0</v>
       </c>
-      <c r="Y10" t="n" s="10">
+      <c r="Z10" t="n" s="10">
         <v>12394.0</v>
       </c>
-      <c r="Z10" t="n" s="10">
+      <c r="AA10" t="n" s="10">
         <v>9820.0</v>
       </c>
-      <c r="AA10" t="n" s="10">
+      <c r="AB10" t="n" s="10">
         <v>6702.0</v>
       </c>
-      <c r="AB10" t="n" s="10">
+      <c r="AC10" t="n" s="10">
         <v>11528.0</v>
       </c>
-      <c r="AC10" t="n" s="10">
+      <c r="AD10" t="n" s="10">
         <v>7540.0</v>
       </c>
-      <c r="AD10" t="n" s="10">
+      <c r="AE10" t="n" s="10">
         <v>3366.0</v>
       </c>
-      <c r="AE10" t="n" s="10">
+      <c r="AF10" t="n" s="10">
         <v>1686.0</v>
       </c>
-      <c r="AF10" t="n" s="10">
+      <c r="AG10" t="n" s="10">
         <v>1017.0</v>
       </c>
-      <c r="AG10" t="n" s="10">
+      <c r="AH10" t="n" s="10">
         <v>3172.0</v>
       </c>
-      <c r="AH10" t="n" s="10">
+      <c r="AI10" t="n" s="10">
         <v>2181.0</v>
       </c>
-      <c r="AI10" t="n" s="10">
+      <c r="AJ10" t="n" s="10">
         <v>1360.0</v>
       </c>
-      <c r="AJ10" t="n" s="10">
+      <c r="AK10" t="n" s="10">
         <v>677.0</v>
       </c>
-      <c r="AK10" t="n" s="10">
+      <c r="AL10" t="n" s="10">
         <v>2497.0</v>
       </c>
-      <c r="AL10" t="n" s="10">
+      <c r="AM10" t="n" s="10">
         <v>1755.0</v>
       </c>
-      <c r="AM10" t="n" s="10">
+      <c r="AN10" t="n" s="10">
         <v>1585.0</v>
       </c>
-      <c r="AN10" t="n" s="10">
+      <c r="AO10" t="n" s="10">
         <v>924.0</v>
       </c>
-      <c r="AO10" t="n" s="10">
+      <c r="AP10" t="n" s="10">
         <v>2403.0</v>
       </c>
-      <c r="AP10" t="n" s="10">
+      <c r="AQ10" t="n" s="10">
         <v>1659.0</v>
       </c>
-      <c r="AQ10" t="n" s="10">
+      <c r="AR10" t="n" s="10">
         <v>1004.0</v>
       </c>
-      <c r="AR10" t="n" s="10">
+      <c r="AS10" t="n" s="10">
         <v>574.0</v>
       </c>
-      <c r="AS10" t="n" s="10">
+      <c r="AT10" t="n" s="10">
         <v>3964.0</v>
       </c>
-      <c r="AT10" t="n" s="10">
+      <c r="AU10" t="n" s="10">
         <v>3109.0</v>
       </c>
-      <c r="AU10" t="n" s="10">
+      <c r="AV10" t="n" s="10">
         <v>598.0</v>
       </c>
-      <c r="AV10" t="n" s="10">
+      <c r="AW10" t="n" s="10">
         <v>349.0</v>
       </c>
-      <c r="AW10" t="n" s="10">
+      <c r="AX10" t="n" s="10">
         <v>1844.0</v>
       </c>
-      <c r="AX10" t="n" s="10">
+      <c r="AY10" t="n" s="10">
         <v>1415.0</v>
       </c>
-      <c r="AY10" t="n" s="10">
+      <c r="AZ10" t="n" s="10">
         <v>940.0</v>
       </c>
-      <c r="AZ10" t="n" s="10">
+      <c r="BA10" t="n" s="10">
         <v>506.0</v>
       </c>
-      <c r="BA10" t="n" s="10">
+      <c r="BB10" t="n" s="10">
         <v>1441.0</v>
       </c>
-      <c r="BB10" t="n" s="10">
+      <c r="BC10" t="n" s="10">
         <v>1016.0</v>
       </c>
-      <c r="BC10" t="n" s="10">
+      <c r="BD10" t="n" s="10">
         <v>643.0</v>
       </c>
-      <c r="BD10" t="n" s="10">
+      <c r="BE10" t="n" s="10">
         <v>338.0</v>
       </c>
-      <c r="BE10" t="n" s="10">
+      <c r="BF10" t="n" s="10">
         <v>289.0</v>
       </c>
-      <c r="BF10" t="n" s="10">
+      <c r="BG10" t="n" s="10">
         <v>86.0</v>
       </c>
-      <c r="BG10" t="n" s="10">
+      <c r="BH10" t="n" s="10">
         <v>61.0</v>
       </c>
-      <c r="BH10" t="n" s="10">
+      <c r="BI10" t="n" s="10">
         <v>121.0</v>
       </c>
-      <c r="BI10" t="n" s="10">
+      <c r="BJ10" t="n" s="10">
         <v>-88.0</v>
       </c>
-      <c r="BJ10" t="n" s="10">
+      <c r="BK10" t="n" s="10">
         <v>-651.0</v>
       </c>
-      <c r="BK10" t="n" s="10">
+      <c r="BL10" t="n" s="10">
         <v>-547.0</v>
       </c>
-      <c r="BL10" t="n" s="10">
+      <c r="BM10" t="n" s="10">
         <v>1217.0</v>
       </c>
-      <c r="BM10" t="n" s="10">
+      <c r="BN10" t="n" s="10">
         <v>3247.0</v>
       </c>
-      <c r="BN10" t="n" s="10">
+      <c r="BO10" t="n" s="10">
         <v>209.0</v>
       </c>
-      <c r="BO10" t="n" s="10">
+      <c r="BP10" t="n" s="10">
         <v>1364.0</v>
       </c>
-      <c r="BP10" t="n" s="10">
+      <c r="BQ10" t="n" s="10">
         <v>1041.0</v>
       </c>
-      <c r="BQ10" t="n" s="10">
+      <c r="BR10" t="n" s="10">
         <v>713.0</v>
       </c>
-      <c r="BR10" t="n" s="10">
+      <c r="BS10" t="n" s="10">
         <v>402.0</v>
       </c>
-      <c r="BS10" t="n" s="10">
+      <c r="BT10" t="n" s="10">
         <v>1184.0</v>
       </c>
-      <c r="BT10" t="s" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="BU10" t="s" s="10">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="BV10" t="s" s="10">
+        <v>75</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B12" t="s" s="11">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C12" t="s" s="11">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D12" t="s" s="11">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E12" t="s" s="11">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F12" t="s" s="11">
+        <v>88</v>
+      </c>
+      <c r="G12" t="s" s="11">
+        <v>89</v>
+      </c>
+      <c r="H12" t="s" s="11">
         <v>87</v>
       </c>
-      <c r="G12" t="s" s="11">
-[...4 lines deleted...]
-      </c>
       <c r="I12" t="s" s="11">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J12" t="s" s="11">
+        <v>91</v>
+      </c>
+      <c r="K12" t="s" s="11">
+        <v>92</v>
+      </c>
+      <c r="L12" t="s" s="11">
         <v>90</v>
       </c>
-      <c r="K12" t="s" s="11">
-[...4 lines deleted...]
-      </c>
       <c r="M12" t="s" s="11">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N12" t="s" s="11">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O12" t="s" s="11">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P12" t="s" s="11">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="Q12" t="s" s="11">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="R12" t="s" s="11">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="S12" t="s" s="11">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="T12" t="s" s="11">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="U12" t="s" s="11">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="V12" t="s" s="11">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="W12" t="s" s="11">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="X12" t="s" s="11">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="Y12" t="s" s="11">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Z12" t="s" s="11">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AA12" t="s" s="11">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AB12" t="s" s="11">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AC12" t="s" s="11">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AD12" t="s" s="11">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AE12" t="s" s="11">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AF12" t="s" s="11">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AG12" t="s" s="11">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AH12" t="s" s="11">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AI12" t="s" s="11">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AJ12" t="s" s="11">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AK12" t="s" s="11">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AL12" t="s" s="11">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AM12" t="s" s="11">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AN12" t="s" s="11">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AO12" t="s" s="11">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AP12" t="s" s="11">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AQ12" t="s" s="11">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AR12" t="s" s="11">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AS12" t="s" s="11">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AT12" t="s" s="11">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AU12" t="s" s="11">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AV12" t="s" s="11">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AW12" t="s" s="11">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AX12" t="s" s="11">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AY12" t="s" s="11">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="AZ12" t="s" s="11">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="BA12" t="s" s="11">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="BB12" t="s" s="11">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="BC12" t="s" s="11">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="BD12" t="s" s="11">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="BE12" t="s" s="11">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="BF12" t="s" s="11">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="BG12" t="s" s="11">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="BH12" t="s" s="11">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="BI12" t="s" s="11">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="BJ12" t="s" s="11">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="BK12" t="s" s="11">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="BL12" t="s" s="11">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="BM12" t="s" s="11">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="BN12" t="s" s="11">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="BO12" t="s" s="11">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="BP12" t="s" s="11">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="BQ12" t="s" s="11">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="BR12" t="s" s="11">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="BS12" t="s" s="11">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="BT12" t="s" s="11">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="BU12" t="s" s="11">
-        <v>150</v>
+        <v>152</v>
+      </c>
+      <c r="BV12" t="s" s="11">
+        <v>152</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Q13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="R13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="V13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="W13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="X13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Y13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Z13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AA13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AB13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AC13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AD13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AE13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AF13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AG13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AH13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AI13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AJ13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AK13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AL13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AM13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AN13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AO13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AP13" t="s" s="12">
         <v>76</v>
       </c>
       <c r="AQ13" t="s" s="12">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="AR13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AS13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AT13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AU13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AV13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AW13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AX13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AY13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AZ13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BA13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BB13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BC13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BD13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BE13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BF13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BG13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BH13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BI13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BJ13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BK13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BL13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BM13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BN13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BO13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BP13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BQ13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BR13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BS13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BT13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="BU13" t="s" s="12">
-        <v>75</v>
+        <v>76</v>
+      </c>
+      <c r="BV13" t="s" s="12">
+        <v>76</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B14" t="n" s="13">
+        <v>214985.0</v>
+      </c>
+      <c r="C14" t="n" s="13">
         <v>215656.0</v>
       </c>
-      <c r="C14" t="n" s="13">
+      <c r="D14" t="n" s="13">
         <v>220867.0</v>
       </c>
-      <c r="D14" t="n" s="13">
+      <c r="E14" t="n" s="13">
         <v>227496.0</v>
       </c>
-      <c r="E14" t="n" s="13">
+      <c r="F14" t="n" s="13">
         <v>227005.0</v>
       </c>
-      <c r="F14" t="n" s="13">
+      <c r="G14" t="n" s="13">
         <v>225520.0</v>
       </c>
-      <c r="G14" t="n" s="13">
+      <c r="H14" t="n" s="13">
         <v>226372.0</v>
       </c>
-      <c r="H14" t="n" s="13">
+      <c r="I14" t="n" s="13">
         <v>224710.0</v>
       </c>
-      <c r="I14" t="n" s="13">
+      <c r="J14" t="n" s="13">
         <v>228533.0</v>
       </c>
-      <c r="J14" t="n" s="13">
+      <c r="K14" t="n" s="13">
         <v>230077.0</v>
       </c>
-      <c r="K14" t="n" s="13">
+      <c r="L14" t="n" s="13">
         <v>230527.0</v>
       </c>
-      <c r="L14" t="n" s="13">
+      <c r="M14" t="n" s="13">
         <v>231405.0</v>
       </c>
-      <c r="M14" t="n" s="13">
+      <c r="N14" t="n" s="13">
         <v>232880.0</v>
       </c>
-      <c r="N14" t="n" s="13">
+      <c r="O14" t="n" s="13">
         <v>231116.0</v>
       </c>
-      <c r="O14" t="n" s="13">
+      <c r="P14" t="n" s="13">
         <v>228754.0</v>
       </c>
-      <c r="P14" t="n" s="13">
+      <c r="Q14" t="n" s="13">
         <v>226629.0</v>
       </c>
-      <c r="Q14" t="n" s="13">
+      <c r="R14" t="n" s="13">
         <v>226593.0</v>
       </c>
-      <c r="R14" t="n" s="13">
+      <c r="S14" t="n" s="13">
         <v>226613.0</v>
       </c>
-      <c r="S14" t="n" s="13">
+      <c r="T14" t="n" s="13">
         <v>226424.0</v>
       </c>
-      <c r="T14" t="n" s="13">
+      <c r="U14" t="n" s="13">
         <v>226110.0</v>
       </c>
-      <c r="U14" t="n" s="13">
+      <c r="V14" t="n" s="13">
         <v>230142.0</v>
       </c>
-      <c r="V14" t="n" s="13">
+      <c r="W14" t="n" s="13">
         <v>247304.0</v>
       </c>
-      <c r="W14" t="n" s="13">
+      <c r="X14" t="n" s="13">
         <v>247153.0</v>
       </c>
-      <c r="X14" t="n" s="13">
+      <c r="Y14" t="n" s="13">
         <v>248909.0</v>
       </c>
-      <c r="Y14" t="n" s="13">
+      <c r="Z14" t="n" s="13">
         <v>247473.0</v>
       </c>
-      <c r="Z14" t="n" s="13">
+      <c r="AA14" t="n" s="13">
         <v>246867.0</v>
       </c>
-      <c r="AA14" t="n" s="13">
+      <c r="AB14" t="n" s="13">
         <v>246170.0</v>
       </c>
-      <c r="AB14" t="n" s="13">
+      <c r="AC14" t="n" s="13">
         <v>238924.0</v>
       </c>
-      <c r="AC14" t="n" s="13">
+      <c r="AD14" t="n" s="13">
         <v>239523.0</v>
       </c>
-      <c r="AD14" t="n" s="13">
+      <c r="AE14" t="n" s="13">
         <v>82008.0</v>
       </c>
-      <c r="AE14" t="n" s="13">
+      <c r="AF14" t="n" s="13">
         <v>76444.0</v>
       </c>
-      <c r="AF14" t="n" s="13">
+      <c r="AG14" t="n" s="13">
         <v>73417.0</v>
       </c>
-      <c r="AG14" t="n" s="13">
+      <c r="AH14" t="n" s="13">
         <v>70037.0</v>
       </c>
-      <c r="AH14" t="n" s="13">
+      <c r="AI14" t="n" s="13">
         <v>64704.0</v>
       </c>
-      <c r="AI14" t="n" s="13">
+      <c r="AJ14" t="n" s="13">
         <v>62578.0</v>
       </c>
-      <c r="AJ14" t="n" s="13">
+      <c r="AK14" t="n" s="13">
         <v>61135.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>60646.0</v>
       </c>
       <c r="AL14" t="n" s="13">
         <v>60646.0</v>
       </c>
       <c r="AM14" t="n" s="13">
+        <v>60646.0</v>
+      </c>
+      <c r="AN14" t="n" s="13">
         <v>61912.0</v>
       </c>
-      <c r="AN14" t="n" s="13">
+      <c r="AO14" t="n" s="13">
         <v>62702.0</v>
       </c>
-      <c r="AO14" t="n" s="13">
+      <c r="AP14" t="n" s="13">
         <v>63550.0</v>
       </c>
-      <c r="AP14" t="n" s="13">
+      <c r="AQ14" t="n" s="13">
         <v>64145.0</v>
       </c>
-      <c r="AQ14" t="n" s="13">
+      <c r="AR14" t="n" s="13">
         <v>63036.0</v>
       </c>
-      <c r="AR14" t="n" s="13">
+      <c r="AS14" t="n" s="13">
         <v>61174.0</v>
       </c>
-      <c r="AS14" t="n" s="13">
+      <c r="AT14" t="n" s="13">
         <v>61504.0</v>
       </c>
-      <c r="AT14" t="n" s="13">
+      <c r="AU14" t="n" s="13">
         <v>61299.0</v>
       </c>
-      <c r="AU14" t="n" s="13">
+      <c r="AV14" t="n" s="13">
         <v>61341.0</v>
       </c>
-      <c r="AV14" t="n" s="13">
+      <c r="AW14" t="n" s="13">
         <v>61930.0</v>
       </c>
-      <c r="AW14" t="n" s="13">
+      <c r="AX14" t="n" s="13">
         <v>62581.0</v>
       </c>
-      <c r="AX14" t="n" s="13">
+      <c r="AY14" t="n" s="13">
         <v>62856.0</v>
       </c>
-      <c r="AY14" t="n" s="13">
+      <c r="AZ14" t="n" s="13">
         <v>63082.0</v>
       </c>
-      <c r="AZ14" t="n" s="13">
+      <c r="BA14" t="n" s="13">
         <v>63496.0</v>
       </c>
-      <c r="BA14" t="n" s="13">
+      <c r="BB14" t="n" s="13">
         <v>64404.0</v>
       </c>
-      <c r="BB14" t="n" s="13">
+      <c r="BC14" t="n" s="13">
         <v>65894.0</v>
       </c>
-      <c r="BC14" t="n" s="13">
+      <c r="BD14" t="n" s="13">
         <v>68183.0</v>
       </c>
-      <c r="BD14" t="n" s="13">
+      <c r="BE14" t="n" s="13">
         <v>68355.0</v>
       </c>
-      <c r="BE14" t="n" s="13">
+      <c r="BF14" t="n" s="13">
         <v>67527.0</v>
       </c>
-      <c r="BF14" t="n" s="13">
+      <c r="BG14" t="n" s="13">
         <v>67737.0</v>
       </c>
-      <c r="BG14" t="n" s="13">
+      <c r="BH14" t="n" s="13">
         <v>67375.0</v>
       </c>
-      <c r="BH14" t="n" s="13">
+      <c r="BI14" t="n" s="13">
         <v>68561.0</v>
       </c>
-      <c r="BI14" t="n" s="13">
+      <c r="BJ14" t="n" s="13">
         <v>68907.0</v>
       </c>
-      <c r="BJ14" t="n" s="13">
+      <c r="BK14" t="n" s="13">
         <v>69122.0</v>
       </c>
-      <c r="BK14" t="n" s="13">
+      <c r="BL14" t="n" s="13">
         <v>66749.0</v>
       </c>
-      <c r="BL14" t="n" s="13">
+      <c r="BM14" t="n" s="13">
         <v>55500.0</v>
       </c>
-      <c r="BM14" t="n" s="13">
+      <c r="BN14" t="n" s="13">
         <v>53473.0</v>
       </c>
-      <c r="BN14" t="n" s="13">
+      <c r="BO14" t="n" s="13">
         <v>46558.0</v>
       </c>
-      <c r="BO14" t="n" s="13">
+      <c r="BP14" t="n" s="13">
         <v>46322.0</v>
       </c>
-      <c r="BP14" t="n" s="13">
+      <c r="BQ14" t="n" s="13">
         <v>45457.0</v>
       </c>
-      <c r="BQ14" t="n" s="13">
+      <c r="BR14" t="n" s="13">
         <v>44662.0</v>
       </c>
-      <c r="BR14" t="n" s="13">
+      <c r="BS14" t="n" s="13">
         <v>46322.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>38504.0</v>
       </c>
       <c r="BT14" t="n" s="13">
         <v>38504.0</v>
       </c>
       <c r="BU14" t="n" s="13">
+        <v>38504.0</v>
+      </c>
+      <c r="BV14" t="n" s="13">
         <v>38504.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B15" t="n" s="14">
+        <v>37.0</v>
+      </c>
+      <c r="C15" t="n" s="14">
         <v>40.0</v>
       </c>
-      <c r="C15" t="n" s="14">
+      <c r="D15" t="n" s="14">
         <v>42.0</v>
       </c>
-      <c r="D15" t="n" s="14">
+      <c r="E15" t="n" s="14">
         <v>33.0</v>
       </c>
-      <c r="E15" t="n" s="14">
+      <c r="F15" t="n" s="14">
         <v>29.0</v>
       </c>
-      <c r="F15" t="n" s="14">
+      <c r="G15" t="n" s="14">
         <v>37.0</v>
       </c>
-      <c r="G15" t="n" s="14">
+      <c r="H15" t="n" s="14">
         <v>45.0</v>
       </c>
-      <c r="H15" t="n" s="14">
+      <c r="I15" t="n" s="14">
         <v>55.0</v>
       </c>
-      <c r="I15" t="n" s="14">
+      <c r="J15" t="n" s="14">
         <v>61.0</v>
       </c>
-      <c r="J15" t="n" s="14">
+      <c r="K15" t="n" s="14">
         <v>59.0</v>
       </c>
-      <c r="K15" t="n" s="14">
+      <c r="L15" t="n" s="14">
         <v>67.0</v>
       </c>
-      <c r="L15" t="n" s="14">
+      <c r="M15" t="n" s="14">
         <v>65.0</v>
       </c>
-      <c r="M15" t="n" s="14">
+      <c r="N15" t="n" s="14">
         <v>61.0</v>
       </c>
-      <c r="N15" t="n" s="14">
+      <c r="O15" t="n" s="14">
         <v>72.0</v>
       </c>
-      <c r="O15" t="n" s="14">
+      <c r="P15" t="n" s="14">
         <v>84.0</v>
       </c>
-      <c r="P15" t="n" s="14">
+      <c r="Q15" t="n" s="14">
         <v>91.0</v>
       </c>
-      <c r="Q15" t="n" s="14">
+      <c r="R15" t="n" s="14">
         <v>84.0</v>
       </c>
-      <c r="R15" t="n" s="14">
+      <c r="S15" t="n" s="14">
         <v>83.0</v>
       </c>
-      <c r="S15" t="n" s="14">
+      <c r="T15" t="n" s="14">
         <v>87.0</v>
       </c>
-      <c r="T15" t="n" s="14">
+      <c r="U15" t="n" s="14">
         <v>93.0</v>
       </c>
-      <c r="U15" t="n" s="14">
+      <c r="V15" t="n" s="14">
         <v>74.0</v>
       </c>
-      <c r="V15" t="n" s="14">
+      <c r="W15" t="n" s="14">
         <v>64.0</v>
       </c>
-      <c r="W15" t="n" s="14">
+      <c r="X15" t="n" s="14">
         <v>65.0</v>
       </c>
-      <c r="X15" t="n" s="14">
+      <c r="Y15" t="n" s="14">
         <v>59.0</v>
       </c>
-      <c r="Y15" t="n" s="14">
+      <c r="Z15" t="n" s="14">
         <v>3.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.0</v>
       </c>
       <c r="AA15" t="n" s="14">
         <v>4.0</v>
       </c>
       <c r="AB15" t="n" s="14">
+        <v>4.0</v>
+      </c>
+      <c r="AC15" t="n" s="14">
         <v>5.0</v>
       </c>
-      <c r="AC15" t="n" s="14">
+      <c r="AD15" t="n" s="14">
         <v>2.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="AE15" t="n" s="14">
         <v>1.0</v>
       </c>
       <c r="AF15" t="n" s="14">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="AG15" t="n" s="14">
         <v>0.0</v>
       </c>
-      <c r="AH15" t="s" s="14">
-        <v>74</v>
+      <c r="AH15" t="n" s="14">
+        <v>0.0</v>
       </c>
       <c r="AI15" t="s" s="14">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>75</v>
+      </c>
+      <c r="AJ15" t="s" s="14">
+        <v>75</v>
       </c>
       <c r="AK15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="AL15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="AM15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="AN15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="AO15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="AP15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="AQ15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="AR15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="AS15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="AT15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="AU15" t="n" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="AV15" t="n" s="14">
         <v>2.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="AW15" t="n" s="14">
         <v>1.0</v>
       </c>
       <c r="AX15" t="n" s="14">
         <v>1.0</v>
       </c>
       <c r="AY15" t="n" s="14">
         <v>1.0</v>
       </c>
       <c r="AZ15" t="n" s="14">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="BA15" t="n" s="14">
         <v>0.0</v>
       </c>
       <c r="BB15" t="n" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="BC15" t="n" s="14">
         <v>1.0</v>
       </c>
-      <c r="BC15" t="n" s="14">
+      <c r="BD15" t="n" s="14">
         <v>4.0</v>
       </c>
-      <c r="BD15" t="n" s="14">
+      <c r="BE15" t="n" s="14">
         <v>7.0</v>
       </c>
-      <c r="BE15" t="n" s="14">
+      <c r="BF15" t="n" s="14">
         <v>10.0</v>
       </c>
-      <c r="BF15" t="n" s="14">
+      <c r="BG15" t="n" s="14">
         <v>13.0</v>
       </c>
-      <c r="BG15" t="n" s="14">
+      <c r="BH15" t="n" s="14">
         <v>17.0</v>
       </c>
-      <c r="BH15" t="n" s="14">
+      <c r="BI15" t="n" s="14">
         <v>21.0</v>
       </c>
-      <c r="BI15" t="n" s="14">
+      <c r="BJ15" t="n" s="14">
         <v>23.0</v>
       </c>
-      <c r="BJ15" t="n" s="14">
+      <c r="BK15" t="n" s="14">
         <v>27.0</v>
       </c>
-      <c r="BK15" t="n" s="14">
+      <c r="BL15" t="n" s="14">
         <v>30.0</v>
       </c>
-      <c r="BL15" t="n" s="14">
+      <c r="BM15" t="n" s="14">
         <v>21.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.0</v>
       </c>
       <c r="BN15" t="n" s="14">
         <v>3.0</v>
       </c>
       <c r="BO15" t="n" s="14">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="BP15" t="n" s="14">
         <v>4.0</v>
       </c>
       <c r="BQ15" t="n" s="14">
         <v>4.0</v>
       </c>
       <c r="BR15" t="n" s="14">
         <v>4.0</v>
       </c>
       <c r="BS15" t="n" s="14">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="BT15" t="n" s="14">
         <v>1.0</v>
       </c>
       <c r="BU15" t="n" s="14">
+        <v>1.0</v>
+      </c>
+      <c r="BV15" t="n" s="14">
         <v>1.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B16" t="n" s="18">
+        <v>212086.0</v>
+      </c>
+      <c r="C16" t="n" s="18">
         <v>212722.0</v>
       </c>
-      <c r="C16" t="n" s="18">
+      <c r="D16" t="n" s="18">
         <v>217450.0</v>
       </c>
-      <c r="D16" t="n" s="18">
+      <c r="E16" t="n" s="18">
         <v>223959.0</v>
       </c>
-      <c r="E16" t="n" s="18">
+      <c r="F16" t="n" s="18">
         <v>223189.0</v>
       </c>
-      <c r="F16" t="n" s="18">
+      <c r="G16" t="n" s="18">
         <v>220048.0</v>
       </c>
-      <c r="G16" t="n" s="18">
+      <c r="H16" t="n" s="18">
         <v>221025.0</v>
       </c>
-      <c r="H16" t="n" s="18">
+      <c r="I16" t="n" s="18">
         <v>219656.0</v>
       </c>
-      <c r="I16" t="n" s="18">
+      <c r="J16" t="n" s="18">
         <v>220934.0</v>
       </c>
-      <c r="J16" t="n" s="18">
+      <c r="K16" t="n" s="18">
         <v>222475.0</v>
       </c>
-      <c r="K16" t="n" s="18">
+      <c r="L16" t="n" s="18">
         <v>223004.0</v>
       </c>
-      <c r="L16" t="n" s="18">
+      <c r="M16" t="n" s="18">
         <v>223222.0</v>
       </c>
-      <c r="M16" t="n" s="18">
+      <c r="N16" t="n" s="18">
         <v>224816.0</v>
       </c>
-      <c r="N16" t="n" s="18">
+      <c r="O16" t="n" s="18">
         <v>226083.0</v>
       </c>
-      <c r="O16" t="n" s="18">
+      <c r="P16" t="n" s="18">
         <v>228670.0</v>
       </c>
-      <c r="P16" t="n" s="18">
+      <c r="Q16" t="n" s="18">
         <v>226512.0</v>
       </c>
-      <c r="Q16" t="n" s="18">
+      <c r="R16" t="n" s="18">
         <v>226509.0</v>
       </c>
-      <c r="R16" t="n" s="18">
+      <c r="S16" t="n" s="18">
         <v>226530.0</v>
       </c>
-      <c r="S16" t="n" s="18">
+      <c r="T16" t="n" s="18">
         <v>226337.0</v>
       </c>
-      <c r="T16" t="n" s="18">
+      <c r="U16" t="n" s="18">
         <v>226017.0</v>
       </c>
-      <c r="U16" t="n" s="18">
+      <c r="V16" t="n" s="18">
         <v>230068.0</v>
       </c>
-      <c r="V16" t="n" s="18">
+      <c r="W16" t="n" s="18">
         <v>247240.0</v>
       </c>
-      <c r="W16" t="n" s="18">
+      <c r="X16" t="n" s="18">
         <v>247088.0</v>
       </c>
-      <c r="X16" t="n" s="18">
+      <c r="Y16" t="n" s="18">
         <v>248850.0</v>
       </c>
-      <c r="Y16" t="n" s="18">
+      <c r="Z16" t="n" s="18">
         <v>247470.0</v>
       </c>
-      <c r="Z16" t="n" s="18">
+      <c r="AA16" t="n" s="18">
         <v>246863.0</v>
       </c>
-      <c r="AA16" t="n" s="18">
+      <c r="AB16" t="n" s="18">
         <v>246166.0</v>
       </c>
-      <c r="AB16" t="n" s="18">
+      <c r="AC16" t="n" s="18">
         <v>238919.0</v>
       </c>
-      <c r="AC16" t="n" s="18">
+      <c r="AD16" t="n" s="18">
         <v>239521.0</v>
       </c>
-      <c r="AD16" t="n" s="18">
+      <c r="AE16" t="n" s="18">
         <v>82007.0</v>
       </c>
-      <c r="AE16" t="n" s="18">
+      <c r="AF16" t="n" s="18">
         <v>76424.0</v>
       </c>
-      <c r="AF16" t="n" s="18">
+      <c r="AG16" t="n" s="18">
         <v>73307.0</v>
       </c>
-      <c r="AG16" t="n" s="18">
+      <c r="AH16" t="n" s="18">
         <v>69902.0</v>
       </c>
-      <c r="AH16" t="n" s="18">
+      <c r="AI16" t="n" s="18">
         <v>64588.0</v>
       </c>
-      <c r="AI16" t="n" s="18">
+      <c r="AJ16" t="n" s="18">
         <v>62461.0</v>
       </c>
-      <c r="AJ16" t="n" s="18">
+      <c r="AK16" t="n" s="18">
         <v>61018.0</v>
       </c>
-      <c r="AK16" t="n" s="18">
+      <c r="AL16" t="n" s="18">
         <v>60527.0</v>
       </c>
-      <c r="AL16" t="n" s="18">
+      <c r="AM16" t="n" s="18">
         <v>60519.0</v>
       </c>
-      <c r="AM16" t="n" s="18">
+      <c r="AN16" t="n" s="18">
         <v>61782.0</v>
       </c>
-      <c r="AN16" t="n" s="18">
+      <c r="AO16" t="n" s="18">
         <v>62573.0</v>
       </c>
-      <c r="AO16" t="n" s="18">
+      <c r="AP16" t="n" s="18">
         <v>63427.0</v>
       </c>
-      <c r="AP16" t="n" s="18">
+      <c r="AQ16" t="n" s="18">
         <v>64018.0</v>
       </c>
-      <c r="AQ16" t="n" s="18">
+      <c r="AR16" t="n" s="18">
         <v>62911.0</v>
       </c>
-      <c r="AR16" t="n" s="18">
+      <c r="AS16" t="n" s="18">
         <v>61593.0</v>
       </c>
-      <c r="AS16" t="n" s="18">
+      <c r="AT16" t="n" s="18">
         <v>61371.0</v>
       </c>
-      <c r="AT16" t="n" s="18">
+      <c r="AU16" t="n" s="18">
         <v>61159.0</v>
       </c>
-      <c r="AU16" t="n" s="18">
+      <c r="AV16" t="n" s="18">
         <v>61205.0</v>
       </c>
-      <c r="AV16" t="n" s="18">
+      <c r="AW16" t="n" s="18">
         <v>61797.0</v>
       </c>
-      <c r="AW16" t="n" s="18">
+      <c r="AX16" t="n" s="18">
         <v>62453.0</v>
       </c>
-      <c r="AX16" t="n" s="18">
+      <c r="AY16" t="n" s="18">
         <v>62727.0</v>
       </c>
-      <c r="AY16" t="n" s="18">
+      <c r="AZ16" t="n" s="18">
         <v>62947.0</v>
       </c>
-      <c r="AZ16" t="n" s="18">
+      <c r="BA16" t="n" s="18">
         <v>63308.0</v>
       </c>
-      <c r="BA16" t="n" s="18">
+      <c r="BB16" t="n" s="18">
         <v>64147.0</v>
       </c>
-      <c r="BB16" t="n" s="18">
+      <c r="BC16" t="n" s="18">
         <v>65712.0</v>
       </c>
-      <c r="BC16" t="n" s="18">
+      <c r="BD16" t="n" s="18">
         <v>68004.0</v>
       </c>
-      <c r="BD16" t="n" s="18">
+      <c r="BE16" t="n" s="18">
         <v>68179.0</v>
       </c>
-      <c r="BE16" t="n" s="18">
+      <c r="BF16" t="n" s="18">
         <v>67341.0</v>
       </c>
-      <c r="BF16" t="n" s="18">
+      <c r="BG16" t="n" s="18">
         <v>67393.0</v>
       </c>
-      <c r="BG16" t="n" s="18">
+      <c r="BH16" t="n" s="18">
         <v>67137.0</v>
       </c>
-      <c r="BH16" t="n" s="18">
+      <c r="BI16" t="n" s="18">
         <v>68307.0</v>
       </c>
-      <c r="BI16" t="n" s="18">
+      <c r="BJ16" t="n" s="18">
         <v>68622.0</v>
       </c>
-      <c r="BJ16" t="n" s="18">
+      <c r="BK16" t="n" s="18">
         <v>182.0</v>
       </c>
-      <c r="BK16" t="n" s="18">
+      <c r="BL16" t="n" s="18">
         <v>66566.0</v>
       </c>
-      <c r="BL16" t="n" s="18">
+      <c r="BM16" t="n" s="18">
         <v>55479.0</v>
       </c>
-      <c r="BM16" t="n" s="18">
+      <c r="BN16" t="n" s="18">
         <v>53470.0</v>
       </c>
-      <c r="BN16" t="n" s="18">
+      <c r="BO16" t="n" s="18">
         <v>46555.0</v>
       </c>
-      <c r="BO16" t="n" s="18">
+      <c r="BP16" t="n" s="18">
         <v>46318.0</v>
       </c>
-      <c r="BP16" t="n" s="18">
+      <c r="BQ16" t="n" s="18">
         <v>45453.0</v>
       </c>
-      <c r="BQ16" t="n" s="18">
+      <c r="BR16" t="n" s="18">
         <v>44658.0</v>
       </c>
-      <c r="BR16" t="n" s="18">
+      <c r="BS16" t="n" s="18">
         <v>46318.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>38503.0</v>
       </c>
       <c r="BT16" t="n" s="18">
         <v>38503.0</v>
       </c>
       <c r="BU16" t="n" s="18">
+        <v>38503.0</v>
+      </c>
+      <c r="BV16" t="n" s="18">
         <v>38503.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B17" t="n" s="19">
+        <v>2862.0</v>
+      </c>
+      <c r="C17" t="n" s="19">
         <v>2894.0</v>
       </c>
-      <c r="C17" t="n" s="19">
+      <c r="D17" t="n" s="19">
         <v>3375.0</v>
       </c>
-      <c r="D17" t="n" s="19">
+      <c r="E17" t="n" s="19">
         <v>3504.0</v>
       </c>
-      <c r="E17" t="n" s="19">
+      <c r="F17" t="n" s="19">
         <v>3787.0</v>
       </c>
-      <c r="F17" t="n" s="19">
+      <c r="G17" t="n" s="19">
         <v>5435.0</v>
       </c>
-      <c r="G17" t="n" s="19">
+      <c r="H17" t="n" s="19">
         <v>5302.0</v>
       </c>
-      <c r="H17" t="n" s="19">
+      <c r="I17" t="n" s="19">
         <v>4999.0</v>
       </c>
-      <c r="I17" t="n" s="19">
+      <c r="J17" t="n" s="19">
         <v>7538.0</v>
       </c>
-      <c r="J17" t="n" s="19">
+      <c r="K17" t="n" s="19">
         <v>7543.0</v>
       </c>
-      <c r="K17" t="n" s="19">
+      <c r="L17" t="n" s="19">
         <v>7456.0</v>
       </c>
-      <c r="L17" t="n" s="19">
+      <c r="M17" t="n" s="19">
         <v>8118.0</v>
       </c>
-      <c r="M17" t="n" s="19">
+      <c r="N17" t="n" s="19">
         <v>8003.0</v>
       </c>
-      <c r="N17" t="n" s="19">
+      <c r="O17" t="n" s="19">
         <v>4961.0</v>
       </c>
-      <c r="O17" t="n" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="P17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="Q17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="R17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="S17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="T17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="U17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="V17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="W17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="X17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="Y17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="Z17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="AA17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="AB17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="AC17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="AD17" t="n" s="19">
         <v>0.0</v>
       </c>
       <c r="AE17" t="n" s="19">
+        <v>0.0</v>
+      </c>
+      <c r="AF17" t="n" s="19">
         <v>19.0</v>
       </c>
-      <c r="AF17" t="n" s="19">
+      <c r="AG17" t="n" s="19">
         <v>110.0</v>
       </c>
-      <c r="AG17" t="n" s="19">
+      <c r="AH17" t="n" s="19">
         <v>135.0</v>
       </c>
-      <c r="AH17" t="s" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AI17" t="s" s="19">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="AJ17" t="n" s="19">
+        <v>75</v>
+      </c>
+      <c r="AJ17" t="s" s="19">
+        <v>75</v>
+      </c>
+      <c r="AK17" t="n" s="19">
         <v>117.0</v>
       </c>
-      <c r="AK17" t="n" s="19">
+      <c r="AL17" t="n" s="19">
         <v>119.0</v>
       </c>
-      <c r="AL17" t="n" s="19">
+      <c r="AM17" t="n" s="19">
         <v>127.0</v>
       </c>
-      <c r="AM17" t="n" s="19">
+      <c r="AN17" t="n" s="19">
         <v>130.0</v>
       </c>
-      <c r="AN17" t="n" s="19">
+      <c r="AO17" t="n" s="19">
         <v>129.0</v>
       </c>
-      <c r="AO17" t="n" s="19">
+      <c r="AP17" t="n" s="19">
         <v>123.0</v>
       </c>
-      <c r="AP17" t="n" s="19">
+      <c r="AQ17" t="n" s="19">
         <v>127.0</v>
       </c>
-      <c r="AQ17" t="n" s="19">
+      <c r="AR17" t="n" s="19">
         <v>125.0</v>
       </c>
-      <c r="AR17" t="n" s="19">
+      <c r="AS17" t="n" s="19">
         <v>121.0</v>
       </c>
-      <c r="AS17" t="n" s="19">
+      <c r="AT17" t="n" s="19">
         <v>133.0</v>
       </c>
-      <c r="AT17" t="n" s="19">
+      <c r="AU17" t="n" s="19">
         <v>107.0</v>
       </c>
-      <c r="AU17" t="n" s="19">
+      <c r="AV17" t="n" s="19">
         <v>134.0</v>
       </c>
-      <c r="AV17" t="n" s="19">
+      <c r="AW17" t="n" s="19">
         <v>132.0</v>
       </c>
-      <c r="AW17" t="n" s="19">
+      <c r="AX17" t="n" s="19">
         <v>127.0</v>
       </c>
-      <c r="AX17" t="n" s="19">
+      <c r="AY17" t="n" s="19">
         <v>128.0</v>
       </c>
-      <c r="AY17" t="n" s="19">
+      <c r="AZ17" t="n" s="19">
         <v>134.0</v>
       </c>
-      <c r="AZ17" t="n" s="19">
+      <c r="BA17" t="n" s="19">
         <v>188.0</v>
       </c>
-      <c r="BA17" t="n" s="19">
+      <c r="BB17" t="n" s="19">
         <v>257.0</v>
       </c>
-      <c r="BB17" t="n" s="19">
+      <c r="BC17" t="n" s="19">
         <v>181.0</v>
       </c>
-      <c r="BC17" t="n" s="19">
+      <c r="BD17" t="n" s="19">
         <v>175.0</v>
       </c>
-      <c r="BD17" t="n" s="19">
+      <c r="BE17" t="n" s="19">
         <v>169.0</v>
       </c>
-      <c r="BE17" t="n" s="19">
+      <c r="BF17" t="n" s="19">
         <v>176.0</v>
       </c>
-      <c r="BF17" t="n" s="19">
+      <c r="BG17" t="n" s="19">
         <v>152.0</v>
       </c>
-      <c r="BG17" t="n" s="19">
+      <c r="BH17" t="n" s="19">
         <v>221.0</v>
       </c>
-      <c r="BH17" t="n" s="19">
+      <c r="BI17" t="n" s="19">
         <v>233.0</v>
       </c>
-      <c r="BI17" t="n" s="19">
+      <c r="BJ17" t="n" s="19">
         <v>262.0</v>
       </c>
-      <c r="BJ17" t="s" s="19">
-[...2 lines deleted...]
-      <c r="BK17" t="n" s="19">
+      <c r="BK17" t="s" s="19">
+        <v>75</v>
+      </c>
+      <c r="BL17" t="n" s="19">
         <v>100.0</v>
       </c>
-      <c r="BL17" t="s" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="BM17" t="s" s="19">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BN17" t="s" s="19">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BO17" t="s" s="19">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BP17" t="s" s="19">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BQ17" t="s" s="19">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BR17" t="s" s="19">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BS17" t="s" s="19">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BT17" t="s" s="19">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BU17" t="s" s="19">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="BV17" t="s" s="19">
+        <v>75</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B18" t="n" s="20">
+        <v>30099.0</v>
+      </c>
+      <c r="C18" t="n" s="20">
         <v>22915.0</v>
       </c>
-      <c r="C18" t="n" s="20">
+      <c r="D18" t="n" s="20">
         <v>20046.0</v>
       </c>
-      <c r="D18" t="n" s="20">
+      <c r="E18" t="n" s="20">
         <v>17945.0</v>
       </c>
-      <c r="E18" t="n" s="20">
+      <c r="F18" t="n" s="20">
         <v>17364.0</v>
       </c>
-      <c r="F18" t="n" s="20">
+      <c r="G18" t="n" s="20">
         <v>14726.0</v>
       </c>
-      <c r="G18" t="n" s="20">
+      <c r="H18" t="n" s="20">
         <v>19623.0</v>
       </c>
-      <c r="H18" t="n" s="20">
+      <c r="I18" t="n" s="20">
         <v>19413.0</v>
       </c>
-      <c r="I18" t="n" s="20">
+      <c r="J18" t="n" s="20">
         <v>16070.0</v>
       </c>
-      <c r="J18" t="n" s="20">
+      <c r="K18" t="n" s="20">
         <v>15949.0</v>
       </c>
-      <c r="K18" t="n" s="20">
+      <c r="L18" t="n" s="20">
         <v>20439.0</v>
       </c>
-      <c r="L18" t="n" s="20">
+      <c r="M18" t="n" s="20">
         <v>17747.0</v>
       </c>
-      <c r="M18" t="n" s="20">
+      <c r="N18" t="n" s="20">
         <v>14503.0</v>
       </c>
-      <c r="N18" t="n" s="20">
+      <c r="O18" t="n" s="20">
         <v>11416.0</v>
       </c>
-      <c r="O18" t="n" s="20">
+      <c r="P18" t="n" s="20">
         <v>15232.0</v>
       </c>
-      <c r="P18" t="n" s="20">
+      <c r="Q18" t="n" s="20">
         <v>13365.0</v>
       </c>
-      <c r="Q18" t="n" s="20">
+      <c r="R18" t="n" s="20">
         <v>12640.0</v>
       </c>
-      <c r="R18" t="n" s="20">
+      <c r="S18" t="n" s="20">
         <v>11922.0</v>
       </c>
-      <c r="S18" t="n" s="20">
+      <c r="T18" t="n" s="20">
         <v>20154.0</v>
       </c>
-      <c r="T18" t="n" s="20">
+      <c r="U18" t="n" s="20">
         <v>19268.0</v>
       </c>
-      <c r="U18" t="n" s="20">
+      <c r="V18" t="n" s="20">
         <v>18835.0</v>
       </c>
-      <c r="V18" t="n" s="20">
+      <c r="W18" t="n" s="20">
         <v>18519.0</v>
       </c>
-      <c r="W18" t="n" s="20">
+      <c r="X18" t="n" s="20">
         <v>47253.0</v>
       </c>
-      <c r="X18" t="n" s="20">
+      <c r="Y18" t="n" s="20">
         <v>50316.0</v>
       </c>
-      <c r="Y18" t="n" s="20">
+      <c r="Z18" t="n" s="20">
         <v>9113.0</v>
       </c>
-      <c r="Z18" t="n" s="20">
+      <c r="AA18" t="n" s="20">
         <v>7981.0</v>
       </c>
-      <c r="AA18" t="n" s="20">
+      <c r="AB18" t="n" s="20">
         <v>11355.0</v>
       </c>
-      <c r="AB18" t="n" s="20">
+      <c r="AC18" t="n" s="20">
         <v>11431.0</v>
       </c>
-      <c r="AC18" t="n" s="20">
+      <c r="AD18" t="n" s="20">
         <v>13947.0</v>
       </c>
-      <c r="AD18" t="n" s="20">
+      <c r="AE18" t="n" s="20">
         <v>13945.0</v>
       </c>
-      <c r="AE18" t="n" s="20">
+      <c r="AF18" t="n" s="20">
         <v>12048.0</v>
       </c>
-      <c r="AF18" t="n" s="20">
+      <c r="AG18" t="n" s="20">
         <v>12916.0</v>
       </c>
-      <c r="AG18" t="n" s="20">
+      <c r="AH18" t="n" s="20">
         <v>9656.0</v>
       </c>
-      <c r="AH18" t="n" s="20">
+      <c r="AI18" t="n" s="20">
         <v>6606.0</v>
       </c>
-      <c r="AI18" t="n" s="20">
+      <c r="AJ18" t="n" s="20">
         <v>5499.0</v>
       </c>
-      <c r="AJ18" t="n" s="20">
+      <c r="AK18" t="n" s="20">
         <v>6197.0</v>
       </c>
-      <c r="AK18" t="n" s="20">
+      <c r="AL18" t="n" s="20">
         <v>5228.0</v>
       </c>
-      <c r="AL18" t="n" s="20">
+      <c r="AM18" t="n" s="20">
         <v>6509.0</v>
       </c>
-      <c r="AM18" t="n" s="20">
+      <c r="AN18" t="n" s="20">
         <v>5137.0</v>
       </c>
-      <c r="AN18" t="n" s="20">
+      <c r="AO18" t="n" s="20">
         <v>6727.0</v>
       </c>
-      <c r="AO18" t="n" s="20">
+      <c r="AP18" t="n" s="20">
         <v>5358.0</v>
       </c>
-      <c r="AP18" t="n" s="20">
+      <c r="AQ18" t="n" s="20">
         <v>6025.0</v>
       </c>
-      <c r="AQ18" t="n" s="20">
+      <c r="AR18" t="n" s="20">
         <v>6035.0</v>
       </c>
-      <c r="AR18" t="n" s="20">
+      <c r="AS18" t="n" s="20">
         <v>10409.0</v>
       </c>
-      <c r="AS18" t="n" s="20">
+      <c r="AT18" t="n" s="20">
         <v>10915.0</v>
       </c>
-      <c r="AT18" t="n" s="20">
+      <c r="AU18" t="n" s="20">
         <v>11106.0</v>
       </c>
-      <c r="AU18" t="n" s="20">
+      <c r="AV18" t="n" s="20">
         <v>8919.0</v>
       </c>
-      <c r="AV18" t="n" s="20">
+      <c r="AW18" t="n" s="20">
         <v>10056.0</v>
       </c>
-      <c r="AW18" t="n" s="20">
+      <c r="AX18" t="n" s="20">
         <v>9312.0</v>
       </c>
-      <c r="AX18" t="n" s="20">
+      <c r="AY18" t="n" s="20">
         <v>9477.0</v>
       </c>
-      <c r="AY18" t="n" s="20">
+      <c r="AZ18" t="n" s="20">
         <v>8966.0</v>
       </c>
-      <c r="AZ18" t="n" s="20">
+      <c r="BA18" t="n" s="20">
         <v>9771.0</v>
       </c>
-      <c r="BA18" t="n" s="20">
+      <c r="BB18" t="n" s="20">
         <v>8575.0</v>
       </c>
-      <c r="BB18" t="n" s="20">
+      <c r="BC18" t="n" s="20">
         <v>9091.0</v>
       </c>
-      <c r="BC18" t="n" s="20">
+      <c r="BD18" t="n" s="20">
         <v>9887.0</v>
       </c>
-      <c r="BD18" t="n" s="20">
+      <c r="BE18" t="n" s="20">
         <v>10230.0</v>
       </c>
-      <c r="BE18" t="n" s="20">
+      <c r="BF18" t="n" s="20">
         <v>9982.0</v>
       </c>
-      <c r="BF18" t="n" s="20">
+      <c r="BG18" t="n" s="20">
         <v>9854.0</v>
       </c>
-      <c r="BG18" t="n" s="20">
+      <c r="BH18" t="n" s="20">
         <v>10122.0</v>
       </c>
-      <c r="BH18" t="n" s="20">
+      <c r="BI18" t="n" s="20">
         <v>11327.0</v>
       </c>
-      <c r="BI18" t="n" s="20">
+      <c r="BJ18" t="n" s="20">
         <v>11006.0</v>
       </c>
-      <c r="BJ18" t="n" s="20">
+      <c r="BK18" t="n" s="20">
         <v>11442.0</v>
       </c>
-      <c r="BK18" t="n" s="20">
+      <c r="BL18" t="n" s="20">
         <v>14199.0</v>
       </c>
-      <c r="BL18" t="n" s="20">
+      <c r="BM18" t="n" s="20">
         <v>16364.0</v>
       </c>
-      <c r="BM18" t="n" s="20">
+      <c r="BN18" t="n" s="20">
         <v>19514.0</v>
       </c>
-      <c r="BN18" t="n" s="20">
+      <c r="BO18" t="n" s="20">
         <v>20421.0</v>
       </c>
-      <c r="BO18" t="n" s="20">
+      <c r="BP18" t="n" s="20">
         <v>1870.0</v>
       </c>
-      <c r="BP18" t="n" s="20">
+      <c r="BQ18" t="n" s="20">
         <v>3233.0</v>
       </c>
-      <c r="BQ18" t="n" s="20">
+      <c r="BR18" t="n" s="20">
         <v>2439.0</v>
       </c>
-      <c r="BR18" t="n" s="20">
+      <c r="BS18" t="n" s="20">
         <v>1870.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1130.0</v>
       </c>
       <c r="BT18" t="n" s="20">
         <v>1130.0</v>
       </c>
       <c r="BU18" t="n" s="20">
+        <v>1130.0</v>
+      </c>
+      <c r="BV18" t="n" s="20">
         <v>1130.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="C19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="D19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="E19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="F19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="G19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="H19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="I19" t="n" s="21">
         <v>0.0</v>
       </c>
@@ -3938,622 +3987,631 @@
       </c>
       <c r="X19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="Y19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="Z19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AA19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AB19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AC19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AD19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AE19" t="n" s="21">
         <v>0.0</v>
       </c>
-      <c r="AF19" t="s" s="21">
-        <v>74</v>
+      <c r="AF19" t="n" s="21">
+        <v>0.0</v>
       </c>
       <c r="AG19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AH19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AI19" t="s" s="21">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>75</v>
+      </c>
+      <c r="AJ19" t="s" s="21">
+        <v>75</v>
       </c>
       <c r="AK19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AL19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AM19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AN19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AO19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AP19" t="n" s="21">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="AQ19" t="n" s="21">
         <v>8.0</v>
       </c>
       <c r="AR19" t="n" s="21">
+        <v>8.0</v>
+      </c>
+      <c r="AS19" t="n" s="21">
         <v>1.0</v>
       </c>
-      <c r="AS19" t="n" s="21">
+      <c r="AT19" t="n" s="21">
         <v>6.0</v>
       </c>
-      <c r="AT19" t="n" s="21">
+      <c r="AU19" t="n" s="21">
         <v>1.0</v>
       </c>
-      <c r="AU19" t="n" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="AV19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AW19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AX19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="AY19" t="n" s="21">
+        <v>0.0</v>
+      </c>
+      <c r="AZ19" t="n" s="21">
         <v>9.0</v>
       </c>
-      <c r="AZ19" t="n" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="BA19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="BB19" t="n" s="21">
+        <v>0.0</v>
+      </c>
+      <c r="BC19" t="n" s="21">
         <v>8.0</v>
       </c>
-      <c r="BC19" t="n" s="21">
+      <c r="BD19" t="n" s="21">
         <v>1.0</v>
       </c>
-      <c r="BD19" t="n" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="BE19" t="n" s="21">
         <v>0.0</v>
       </c>
       <c r="BF19" t="n" s="21">
+        <v>0.0</v>
+      </c>
+      <c r="BG19" t="n" s="21">
         <v>2.0</v>
       </c>
-      <c r="BG19" t="n" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="BH19" t="n" s="21">
+        <v>0.0</v>
+      </c>
+      <c r="BI19" t="n" s="21">
         <v>6.0</v>
       </c>
-      <c r="BI19" t="n" s="21">
+      <c r="BJ19" t="n" s="21">
         <v>7.0</v>
       </c>
-      <c r="BJ19" t="n" s="21">
+      <c r="BK19" t="n" s="21">
         <v>5.0</v>
       </c>
-      <c r="BK19" t="n" s="21">
+      <c r="BL19" t="n" s="21">
         <v>26.0</v>
       </c>
-      <c r="BL19" t="s" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="BM19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BN19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BO19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BP19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BQ19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BR19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BS19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BT19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BU19" t="s" s="21">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="BV19" t="s" s="21">
+        <v>75</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B20" t="n" s="22">
+        <v>245084.0</v>
+      </c>
+      <c r="C20" t="n" s="22">
         <v>238571.0</v>
       </c>
-      <c r="C20" t="n" s="22">
+      <c r="D20" t="n" s="22">
         <v>240913.0</v>
       </c>
-      <c r="D20" t="n" s="22">
+      <c r="E20" t="n" s="22">
         <v>245441.0</v>
       </c>
-      <c r="E20" t="n" s="22">
+      <c r="F20" t="n" s="22">
         <v>244369.0</v>
       </c>
-      <c r="F20" t="n" s="22">
+      <c r="G20" t="n" s="22">
         <v>240246.0</v>
       </c>
-      <c r="G20" t="n" s="22">
+      <c r="H20" t="n" s="22">
         <v>245955.0</v>
       </c>
-      <c r="H20" t="n" s="22">
+      <c r="I20" t="n" s="22">
         <v>244123.0</v>
       </c>
-      <c r="I20" t="n" s="22">
+      <c r="J20" t="n" s="22">
         <v>244603.0</v>
       </c>
-      <c r="J20" t="n" s="22">
+      <c r="K20" t="n" s="22">
         <v>246026.0</v>
       </c>
-      <c r="K20" t="n" s="22">
+      <c r="L20" t="n" s="22">
         <v>250966.0</v>
       </c>
-      <c r="L20" t="n" s="22">
+      <c r="M20" t="n" s="22">
         <v>249152.0</v>
       </c>
-      <c r="M20" t="n" s="22">
+      <c r="N20" t="n" s="22">
         <v>247383.0</v>
       </c>
-      <c r="N20" t="n" s="22">
+      <c r="O20" t="n" s="22">
         <v>242532.0</v>
       </c>
-      <c r="O20" t="n" s="22">
+      <c r="P20" t="n" s="22">
         <v>243986.0</v>
       </c>
-      <c r="P20" t="n" s="22">
+      <c r="Q20" t="n" s="22">
         <v>239994.0</v>
       </c>
-      <c r="Q20" t="n" s="22">
+      <c r="R20" t="n" s="22">
         <v>239233.0</v>
       </c>
-      <c r="R20" t="n" s="22">
+      <c r="S20" t="n" s="22">
         <v>238535.0</v>
       </c>
-      <c r="S20" t="n" s="22">
+      <c r="T20" t="n" s="22">
         <v>246578.0</v>
       </c>
-      <c r="T20" t="n" s="22">
+      <c r="U20" t="n" s="22">
         <v>245378.0</v>
       </c>
-      <c r="U20" t="n" s="22">
+      <c r="V20" t="n" s="22">
         <v>248977.0</v>
       </c>
-      <c r="V20" t="n" s="22">
+      <c r="W20" t="n" s="22">
         <v>265823.0</v>
       </c>
-      <c r="W20" t="n" s="22">
+      <c r="X20" t="n" s="22">
         <v>294406.0</v>
       </c>
-      <c r="X20" t="n" s="22">
+      <c r="Y20" t="n" s="22">
         <v>299225.0</v>
       </c>
-      <c r="Y20" t="n" s="22">
+      <c r="Z20" t="n" s="22">
         <v>256586.0</v>
       </c>
-      <c r="Z20" t="n" s="22">
+      <c r="AA20" t="n" s="22">
         <v>254848.0</v>
       </c>
-      <c r="AA20" t="n" s="22">
+      <c r="AB20" t="n" s="22">
         <v>257525.0</v>
       </c>
-      <c r="AB20" t="n" s="22">
+      <c r="AC20" t="n" s="22">
         <v>250355.0</v>
       </c>
-      <c r="AC20" t="n" s="22">
+      <c r="AD20" t="n" s="22">
         <v>253470.0</v>
       </c>
-      <c r="AD20" t="n" s="22">
+      <c r="AE20" t="n" s="22">
         <v>95953.0</v>
       </c>
-      <c r="AE20" t="n" s="22">
+      <c r="AF20" t="n" s="22">
         <v>88492.0</v>
       </c>
-      <c r="AF20" t="n" s="22">
+      <c r="AG20" t="n" s="22">
         <v>86333.0</v>
       </c>
-      <c r="AG20" t="n" s="22">
+      <c r="AH20" t="n" s="22">
         <v>79693.0</v>
       </c>
-      <c r="AH20" t="n" s="22">
+      <c r="AI20" t="n" s="22">
         <v>71310.0</v>
       </c>
-      <c r="AI20" t="n" s="22">
+      <c r="AJ20" t="n" s="22">
         <v>68077.0</v>
       </c>
-      <c r="AJ20" t="n" s="22">
+      <c r="AK20" t="n" s="22">
         <v>67332.0</v>
       </c>
-      <c r="AK20" t="n" s="22">
+      <c r="AL20" t="n" s="22">
         <v>65874.0</v>
       </c>
-      <c r="AL20" t="n" s="22">
+      <c r="AM20" t="n" s="22">
         <v>67155.0</v>
       </c>
-      <c r="AM20" t="n" s="22">
+      <c r="AN20" t="n" s="22">
         <v>67049.0</v>
       </c>
-      <c r="AN20" t="n" s="22">
+      <c r="AO20" t="n" s="22">
         <v>69429.0</v>
       </c>
-      <c r="AO20" t="n" s="22">
+      <c r="AP20" t="n" s="22">
         <v>68908.0</v>
       </c>
-      <c r="AP20" t="n" s="22">
+      <c r="AQ20" t="n" s="22">
         <v>70170.0</v>
       </c>
-      <c r="AQ20" t="n" s="22">
+      <c r="AR20" t="n" s="22">
         <v>69071.0</v>
       </c>
-      <c r="AR20" t="n" s="22">
+      <c r="AS20" t="n" s="22">
         <v>72123.0</v>
       </c>
-      <c r="AS20" t="n" s="22">
+      <c r="AT20" t="n" s="22">
         <v>72419.0</v>
       </c>
-      <c r="AT20" t="n" s="22">
+      <c r="AU20" t="n" s="22">
         <v>72405.0</v>
       </c>
-      <c r="AU20" t="n" s="22">
+      <c r="AV20" t="n" s="22">
         <v>70260.0</v>
       </c>
-      <c r="AV20" t="n" s="22">
+      <c r="AW20" t="n" s="22">
         <v>71986.0</v>
       </c>
-      <c r="AW20" t="n" s="22">
+      <c r="AX20" t="n" s="22">
         <v>71893.0</v>
       </c>
-      <c r="AX20" t="n" s="22">
+      <c r="AY20" t="n" s="22">
         <v>72333.0</v>
       </c>
-      <c r="AY20" t="n" s="22">
+      <c r="AZ20" t="n" s="22">
         <v>72048.0</v>
       </c>
-      <c r="AZ20" t="n" s="22">
+      <c r="BA20" t="n" s="22">
         <v>73267.0</v>
       </c>
-      <c r="BA20" t="n" s="22">
+      <c r="BB20" t="n" s="22">
         <v>72979.0</v>
       </c>
-      <c r="BB20" t="n" s="22">
+      <c r="BC20" t="n" s="22">
         <v>74985.0</v>
       </c>
-      <c r="BC20" t="n" s="22">
+      <c r="BD20" t="n" s="22">
         <v>78070.0</v>
       </c>
-      <c r="BD20" t="n" s="22">
+      <c r="BE20" t="n" s="22">
         <v>78585.0</v>
       </c>
-      <c r="BE20" t="n" s="22">
+      <c r="BF20" t="n" s="22">
         <v>77509.0</v>
       </c>
-      <c r="BF20" t="n" s="22">
+      <c r="BG20" t="n" s="22">
         <v>77591.0</v>
       </c>
-      <c r="BG20" t="n" s="22">
+      <c r="BH20" t="n" s="22">
         <v>77497.0</v>
       </c>
-      <c r="BH20" t="n" s="22">
+      <c r="BI20" t="n" s="22">
         <v>79888.0</v>
       </c>
-      <c r="BI20" t="n" s="22">
+      <c r="BJ20" t="n" s="22">
         <v>79913.0</v>
       </c>
-      <c r="BJ20" t="n" s="22">
+      <c r="BK20" t="n" s="22">
         <v>80564.0</v>
       </c>
-      <c r="BK20" t="n" s="22">
+      <c r="BL20" t="n" s="22">
         <v>80948.0</v>
       </c>
-      <c r="BL20" t="n" s="22">
+      <c r="BM20" t="n" s="22">
         <v>71864.0</v>
       </c>
-      <c r="BM20" t="n" s="22">
+      <c r="BN20" t="n" s="22">
         <v>72987.0</v>
       </c>
-      <c r="BN20" t="n" s="22">
+      <c r="BO20" t="n" s="22">
         <v>66979.0</v>
       </c>
-      <c r="BO20" t="n" s="22">
+      <c r="BP20" t="n" s="22">
         <v>48192.0</v>
       </c>
-      <c r="BP20" t="n" s="22">
+      <c r="BQ20" t="n" s="22">
         <v>48690.0</v>
       </c>
-      <c r="BQ20" t="n" s="22">
+      <c r="BR20" t="n" s="22">
         <v>47101.0</v>
       </c>
-      <c r="BR20" t="n" s="22">
+      <c r="BS20" t="n" s="22">
         <v>48192.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>39634.0</v>
       </c>
       <c r="BT20" t="n" s="22">
         <v>39634.0</v>
       </c>
       <c r="BU20" t="n" s="22">
+        <v>39634.0</v>
+      </c>
+      <c r="BV20" t="n" s="22">
         <v>39634.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B21" t="n" s="27">
+        <v>164742.0</v>
+      </c>
+      <c r="C21" t="n" s="27">
         <v>148453.0</v>
       </c>
-      <c r="C21" t="n" s="27">
+      <c r="D21" t="n" s="27">
         <v>157874.0</v>
       </c>
-      <c r="D21" t="n" s="27">
+      <c r="E21" t="n" s="27">
         <v>160813.0</v>
       </c>
-      <c r="E21" t="n" s="27">
+      <c r="F21" t="n" s="27">
         <v>157348.0</v>
       </c>
-      <c r="F21" t="n" s="27">
+      <c r="G21" t="n" s="27">
         <v>152941.0</v>
       </c>
-      <c r="G21" t="n" s="27">
+      <c r="H21" t="n" s="27">
         <v>157237.0</v>
       </c>
-      <c r="H21" t="n" s="27">
+      <c r="I21" t="n" s="27">
         <v>152157.0</v>
       </c>
-      <c r="I21" t="n" s="27">
+      <c r="J21" t="n" s="27">
         <v>151983.0</v>
       </c>
-      <c r="J21" t="n" s="27">
+      <c r="K21" t="n" s="27">
         <v>150000.0</v>
       </c>
-      <c r="K21" t="n" s="27">
+      <c r="L21" t="n" s="27">
         <v>152319.0</v>
       </c>
-      <c r="L21" t="n" s="27">
+      <c r="M21" t="n" s="27">
         <v>149619.0</v>
       </c>
-      <c r="M21" t="n" s="27">
+      <c r="N21" t="n" s="27">
         <v>147725.0</v>
       </c>
-      <c r="N21" t="n" s="27">
+      <c r="O21" t="n" s="27">
         <v>143092.0</v>
       </c>
-      <c r="O21" t="n" s="27">
+      <c r="P21" t="n" s="27">
         <v>142300.0</v>
       </c>
-      <c r="P21" t="n" s="27">
+      <c r="Q21" t="n" s="27">
         <v>135854.0</v>
       </c>
-      <c r="Q21" t="n" s="27">
+      <c r="R21" t="n" s="27">
         <v>132793.0</v>
       </c>
-      <c r="R21" t="n" s="27">
+      <c r="S21" t="n" s="27">
         <v>129890.0</v>
       </c>
-      <c r="S21" t="n" s="27">
+      <c r="T21" t="n" s="27">
         <v>136543.0</v>
       </c>
-      <c r="T21" t="n" s="27">
+      <c r="U21" t="n" s="27">
         <v>133011.0</v>
       </c>
-      <c r="U21" t="n" s="27">
+      <c r="V21" t="n" s="27">
         <v>134563.0</v>
       </c>
-      <c r="V21" t="n" s="27">
+      <c r="W21" t="n" s="27">
         <v>149357.0</v>
       </c>
-      <c r="W21" t="n" s="27">
+      <c r="X21" t="n" s="27">
         <v>178474.0</v>
       </c>
-      <c r="X21" t="n" s="27">
+      <c r="Y21" t="n" s="27">
         <v>178670.0</v>
       </c>
-      <c r="Y21" t="n" s="27">
+      <c r="Z21" t="n" s="27">
         <v>174073.0</v>
       </c>
-      <c r="Z21" t="n" s="27">
+      <c r="AA21" t="n" s="27">
         <v>171886.0</v>
       </c>
-      <c r="AA21" t="n" s="27">
+      <c r="AB21" t="n" s="27">
         <v>173557.0</v>
       </c>
-      <c r="AB21" t="n" s="27">
+      <c r="AC21" t="n" s="27">
         <v>164072.0</v>
       </c>
-      <c r="AC21" t="n" s="27">
+      <c r="AD21" t="n" s="27">
         <v>163998.0</v>
       </c>
-      <c r="AD21" t="n" s="27">
+      <c r="AE21" t="n" s="27">
         <v>24383.0</v>
       </c>
-      <c r="AE21" t="n" s="27">
+      <c r="AF21" t="n" s="27">
         <v>22703.0</v>
       </c>
-      <c r="AF21" t="n" s="27">
+      <c r="AG21" t="n" s="27">
         <v>24546.0</v>
       </c>
-      <c r="AG21" t="n" s="27">
+      <c r="AH21" t="n" s="27">
         <v>23551.0</v>
       </c>
-      <c r="AH21" t="n" s="27">
+      <c r="AI21" t="n" s="27">
         <v>22564.0</v>
       </c>
-      <c r="AI21" t="n" s="27">
+      <c r="AJ21" t="n" s="27">
         <v>21288.0</v>
       </c>
-      <c r="AJ21" t="n" s="27">
+      <c r="AK21" t="n" s="27">
         <v>23477.0</v>
       </c>
-      <c r="AK21" t="n" s="27">
+      <c r="AL21" t="n" s="27">
         <v>22801.0</v>
       </c>
-      <c r="AL21" t="n" s="27">
+      <c r="AM21" t="n" s="27">
         <v>22059.0</v>
       </c>
-      <c r="AM21" t="n" s="27">
+      <c r="AN21" t="n" s="27">
         <v>21888.0</v>
       </c>
-      <c r="AN21" t="n" s="27">
+      <c r="AO21" t="n" s="27">
         <v>23234.0</v>
       </c>
-      <c r="AO21" t="n" s="27">
+      <c r="AP21" t="n" s="27">
         <v>22308.0</v>
       </c>
-      <c r="AP21" t="n" s="27">
+      <c r="AQ21" t="n" s="27">
         <v>21564.0</v>
       </c>
-      <c r="AQ21" t="n" s="27">
+      <c r="AR21" t="n" s="27">
         <v>20909.0</v>
       </c>
-      <c r="AR21" t="n" s="27">
+      <c r="AS21" t="n" s="27">
         <v>23620.0</v>
       </c>
-      <c r="AS21" t="n" s="27">
+      <c r="AT21" t="n" s="27">
         <v>23050.0</v>
       </c>
-      <c r="AT21" t="n" s="27">
+      <c r="AU21" t="n" s="27">
         <v>22402.0</v>
       </c>
-      <c r="AU21" t="n" s="27">
+      <c r="AV21" t="n" s="27">
         <v>19875.0</v>
       </c>
-      <c r="AV21" t="n" s="27">
+      <c r="AW21" t="n" s="27">
         <v>20978.0</v>
       </c>
-      <c r="AW21" t="n" s="27">
+      <c r="AX21" t="n" s="27">
         <v>20646.0</v>
       </c>
-      <c r="AX21" t="n" s="27">
+      <c r="AY21" t="n" s="27">
         <v>20256.0</v>
       </c>
-      <c r="AY21" t="n" s="27">
+      <c r="AZ21" t="n" s="27">
         <v>19521.0</v>
       </c>
-      <c r="AZ21" t="n" s="27">
+      <c r="BA21" t="n" s="27">
         <v>20336.0</v>
       </c>
-      <c r="BA21" t="n" s="27">
+      <c r="BB21" t="n" s="27">
         <v>19599.0</v>
       </c>
-      <c r="BB21" t="n" s="27">
+      <c r="BC21" t="n" s="27">
         <v>20998.0</v>
       </c>
-      <c r="BC21" t="n" s="27">
+      <c r="BD21" t="n" s="27">
         <v>22364.0</v>
       </c>
-      <c r="BD21" t="n" s="27">
+      <c r="BE21" t="n" s="27">
         <v>23037.0</v>
       </c>
-      <c r="BE21" t="n" s="27">
+      <c r="BF21" t="n" s="27">
         <v>21994.0</v>
       </c>
-      <c r="BF21" t="n" s="27">
+      <c r="BG21" t="n" s="27">
         <v>21865.0</v>
       </c>
-      <c r="BG21" t="n" s="27">
+      <c r="BH21" t="n" s="27">
         <v>21378.0</v>
       </c>
-      <c r="BH21" t="n" s="27">
+      <c r="BI21" t="n" s="27">
         <v>23460.0</v>
       </c>
-      <c r="BI21" t="n" s="27">
+      <c r="BJ21" t="n" s="27">
         <v>23083.0</v>
       </c>
-      <c r="BJ21" t="n" s="27">
+      <c r="BK21" t="n" s="27">
         <v>22563.0</v>
       </c>
-      <c r="BK21" t="n" s="27">
+      <c r="BL21" t="n" s="27">
         <v>22573.0</v>
       </c>
-      <c r="BL21" t="n" s="27">
+      <c r="BM21" t="n" s="27">
         <v>27523.0</v>
       </c>
-      <c r="BM21" t="n" s="27">
+      <c r="BN21" t="n" s="27">
         <v>28486.0</v>
       </c>
-      <c r="BN21" t="n" s="27">
+      <c r="BO21" t="n" s="27">
         <v>23266.0</v>
       </c>
-      <c r="BO21" t="n" s="27">
+      <c r="BP21" t="n" s="27">
         <v>23546.0</v>
       </c>
-      <c r="BP21" t="n" s="27">
+      <c r="BQ21" t="n" s="27">
         <v>23438.0</v>
       </c>
-      <c r="BQ21" t="n" s="27">
+      <c r="BR21" t="n" s="27">
         <v>23516.0</v>
       </c>
-      <c r="BR21" t="n" s="27">
+      <c r="BS21" t="n" s="27">
         <v>23546.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>22609.0</v>
       </c>
       <c r="BT21" t="n" s="27">
         <v>22609.0</v>
       </c>
       <c r="BU21" t="n" s="27">
+        <v>22609.0</v>
+      </c>
+      <c r="BV21" t="n" s="27">
         <v>22609.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="C22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="D22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="E22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="F22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="G22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="H22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="I22" t="n" s="28">
         <v>250.0</v>
       </c>
@@ -4592,91 +4650,91 @@
       </c>
       <c r="U22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="V22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="W22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="X22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="Y22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="Z22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="AA22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="AB22" t="n" s="28">
         <v>250.0</v>
       </c>
-      <c r="AC22" t="s" s="28">
-[...2 lines deleted...]
-      <c r="AD22" t="n" s="28">
+      <c r="AC22" t="n" s="28">
         <v>250.0</v>
+      </c>
+      <c r="AD22" t="s" s="28">
+        <v>75</v>
       </c>
       <c r="AE22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="AF22" t="n" s="28">
         <v>250.0</v>
       </c>
-      <c r="AG22" t="s" s="28">
-        <v>74</v>
+      <c r="AG22" t="n" s="28">
+        <v>250.0</v>
       </c>
       <c r="AH22" t="s" s="28">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AI22" t="s" s="28">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>250.0</v>
+        <v>75</v>
+      </c>
+      <c r="AJ22" t="s" s="28">
+        <v>75</v>
       </c>
       <c r="AK22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="AL22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="AM22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="AN22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="AO22" t="n" s="28">
         <v>250.0</v>
       </c>
       <c r="AP22" t="n" s="28">
-        <v>213.0</v>
+        <v>250.0</v>
       </c>
       <c r="AQ22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="AR22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="AS22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="AT22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="AU22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="AV22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="AW22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="AX22" t="n" s="28">
         <v>213.0</v>
       </c>
@@ -4725,754 +4783,766 @@
       <c r="BM22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="BN22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="BO22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="BP22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="BQ22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="BR22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="BS22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="BT22" t="n" s="28">
         <v>213.0</v>
       </c>
       <c r="BU22" t="n" s="28">
+        <v>213.0</v>
+      </c>
+      <c r="BV22" t="n" s="28">
         <v>213.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B23" t="n" s="29">
+        <v>62683.0</v>
+      </c>
+      <c r="C23" t="n" s="29">
         <v>63997.0</v>
       </c>
-      <c r="C23" t="n" s="29">
+      <c r="D23" t="n" s="29">
         <v>65312.0</v>
       </c>
-      <c r="D23" t="n" s="29">
+      <c r="E23" t="n" s="29">
         <v>66628.0</v>
       </c>
-      <c r="E23" t="n" s="29">
+      <c r="F23" t="n" s="29">
         <v>75759.0</v>
       </c>
-      <c r="F23" t="n" s="29">
+      <c r="G23" t="n" s="29">
         <v>77316.0</v>
       </c>
-      <c r="G23" t="n" s="29">
+      <c r="H23" t="n" s="29">
         <v>78922.0</v>
       </c>
-      <c r="H23" t="n" s="29">
+      <c r="I23" t="n" s="29">
         <v>80481.0</v>
       </c>
-      <c r="I23" t="n" s="29">
+      <c r="J23" t="n" s="29">
         <v>82170.0</v>
       </c>
-      <c r="J23" t="n" s="29">
+      <c r="K23" t="n" s="29">
         <v>83849.0</v>
       </c>
-      <c r="K23" t="n" s="29">
+      <c r="L23" t="n" s="29">
         <v>85746.0</v>
       </c>
-      <c r="L23" t="n" s="29">
+      <c r="M23" t="n" s="29">
         <v>87490.0</v>
       </c>
-      <c r="M23" t="n" s="29">
+      <c r="N23" t="n" s="29">
         <v>89138.0</v>
       </c>
-      <c r="N23" t="n" s="29">
+      <c r="O23" t="n" s="29">
         <v>90644.0</v>
       </c>
-      <c r="O23" t="n" s="29">
+      <c r="P23" t="n" s="29">
         <v>92035.0</v>
       </c>
-      <c r="P23" t="n" s="29">
+      <c r="Q23" t="n" s="29">
         <v>94898.0</v>
       </c>
-      <c r="Q23" t="n" s="29">
+      <c r="R23" t="n" s="29">
         <v>96607.0</v>
       </c>
-      <c r="R23" t="n" s="29">
+      <c r="S23" t="n" s="29">
         <v>98374.0</v>
       </c>
-      <c r="S23" t="n" s="29">
+      <c r="T23" t="n" s="29">
         <v>100189.0</v>
       </c>
-      <c r="T23" t="n" s="29">
+      <c r="U23" t="n" s="29">
         <v>102442.0</v>
       </c>
-      <c r="U23" t="n" s="29">
+      <c r="V23" t="n" s="29">
         <v>104152.0</v>
       </c>
-      <c r="V23" t="n" s="29">
+      <c r="W23" t="n" s="29">
         <v>105239.0</v>
       </c>
-      <c r="W23" t="n" s="29">
+      <c r="X23" t="n" s="29">
         <v>106039.0</v>
       </c>
-      <c r="X23" t="n" s="29">
+      <c r="Y23" t="n" s="29">
         <v>107073.0</v>
       </c>
-      <c r="Y23" t="n" s="29">
+      <c r="Z23" t="n" s="29">
         <v>73006.0</v>
       </c>
-      <c r="Z23" t="n" s="29">
+      <c r="AA23" t="n" s="29">
         <v>73730.0</v>
       </c>
-      <c r="AA23" t="n" s="29">
+      <c r="AB23" t="n" s="29">
         <v>73961.0</v>
       </c>
-      <c r="AB23" t="n" s="29">
+      <c r="AC23" t="n" s="29">
         <v>75637.0</v>
       </c>
-      <c r="AC23" t="n" s="29">
+      <c r="AD23" t="n" s="29">
         <v>76768.0</v>
       </c>
-      <c r="AD23" t="n" s="29">
+      <c r="AE23" t="n" s="29">
         <v>59702.0</v>
       </c>
-      <c r="AE23" t="n" s="29">
+      <c r="AF23" t="n" s="29">
         <v>56253.0</v>
       </c>
-      <c r="AF23" t="n" s="29">
+      <c r="AG23" t="n" s="29">
         <v>50525.0</v>
       </c>
-      <c r="AG23" t="n" s="29">
+      <c r="AH23" t="n" s="29">
         <v>46733.0</v>
       </c>
-      <c r="AH23" t="n" s="29">
+      <c r="AI23" t="n" s="29">
         <v>40999.0</v>
       </c>
-      <c r="AI23" t="n" s="29">
+      <c r="AJ23" t="n" s="29">
         <v>39881.0</v>
       </c>
-      <c r="AJ23" t="n" s="29">
+      <c r="AK23" t="n" s="29">
         <v>37534.0</v>
       </c>
-      <c r="AK23" t="n" s="29">
+      <c r="AL23" t="n" s="29">
         <v>37145.0</v>
       </c>
-      <c r="AL23" t="n" s="29">
+      <c r="AM23" t="n" s="29">
         <v>39443.0</v>
       </c>
-      <c r="AM23" t="n" s="29">
+      <c r="AN23" t="n" s="29">
         <v>40214.0</v>
       </c>
-      <c r="AN23" t="n" s="29">
+      <c r="AO23" t="n" s="29">
         <v>40921.0</v>
       </c>
-      <c r="AO23" t="n" s="29">
+      <c r="AP23" t="n" s="29">
         <v>41579.0</v>
       </c>
-      <c r="AP23" t="n" s="29">
+      <c r="AQ23" t="n" s="29">
         <v>42254.0</v>
       </c>
-      <c r="AQ23" t="n" s="29">
+      <c r="AR23" t="n" s="29">
         <v>43011.0</v>
       </c>
-      <c r="AR23" t="n" s="29">
+      <c r="AS23" t="n" s="29">
         <v>43816.0</v>
       </c>
-      <c r="AS23" t="n" s="29">
+      <c r="AT23" t="n" s="29">
         <v>44568.0</v>
       </c>
-      <c r="AT23" t="n" s="29">
+      <c r="AU23" t="n" s="29">
         <v>45238.0</v>
       </c>
-      <c r="AU23" t="n" s="29">
+      <c r="AV23" t="n" s="29">
         <v>45810.0</v>
       </c>
-      <c r="AV23" t="n" s="29">
+      <c r="AW23" t="n" s="29">
         <v>46486.0</v>
       </c>
-      <c r="AW23" t="n" s="29">
+      <c r="AX23" t="n" s="29">
         <v>47158.0</v>
       </c>
-      <c r="AX23" t="n" s="29">
+      <c r="AY23" t="n" s="29">
         <v>48215.0</v>
       </c>
-      <c r="AY23" t="n" s="29">
+      <c r="AZ23" t="n" s="29">
         <v>48787.0</v>
       </c>
-      <c r="AZ23" t="n" s="29">
+      <c r="BA23" t="n" s="29">
         <v>49356.0</v>
       </c>
-      <c r="BA23" t="n" s="29">
+      <c r="BB23" t="n" s="29">
         <v>49924.0</v>
       </c>
-      <c r="BB23" t="n" s="29">
+      <c r="BC23" t="n" s="29">
         <v>50452.0</v>
       </c>
-      <c r="BC23" t="n" s="29">
+      <c r="BD23" t="n" s="29">
         <v>51206.0</v>
       </c>
-      <c r="BD23" t="n" s="29">
+      <c r="BE23" t="n" s="29">
         <v>51613.0</v>
       </c>
-      <c r="BE23" t="n" s="29">
+      <c r="BF23" t="n" s="29">
         <v>52139.0</v>
       </c>
-      <c r="BF23" t="n" s="29">
+      <c r="BG23" t="n" s="29">
         <v>52559.0</v>
       </c>
-      <c r="BG23" t="n" s="29">
+      <c r="BH23" t="n" s="29">
         <v>53012.0</v>
       </c>
-      <c r="BH23" t="n" s="29">
+      <c r="BI23" t="n" s="29">
         <v>53425.0</v>
       </c>
-      <c r="BI23" t="n" s="29">
+      <c r="BJ23" t="n" s="29">
         <v>53841.0</v>
       </c>
-      <c r="BJ23" t="n" s="29">
+      <c r="BK23" t="n" s="29">
         <v>54462.0</v>
       </c>
-      <c r="BK23" t="n" s="29">
+      <c r="BL23" t="n" s="29">
         <v>54833.0</v>
       </c>
-      <c r="BL23" t="n" s="29">
+      <c r="BM23" t="n" s="29">
         <v>40842.0</v>
       </c>
-      <c r="BM23" t="n" s="29">
+      <c r="BN23" t="n" s="29">
         <v>41291.0</v>
       </c>
-      <c r="BN23" t="n" s="29">
+      <c r="BO23" t="n" s="29">
         <v>40755.0</v>
       </c>
-      <c r="BO23" t="n" s="29">
+      <c r="BP23" t="n" s="29">
         <v>22316.0</v>
       </c>
-      <c r="BP23" t="n" s="29">
+      <c r="BQ23" t="n" s="29">
         <v>22531.0</v>
       </c>
-      <c r="BQ23" t="n" s="29">
+      <c r="BR23" t="n" s="29">
         <v>20644.0</v>
       </c>
-      <c r="BR23" t="n" s="29">
+      <c r="BS23" t="n" s="29">
         <v>22316.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>75.0</v>
       </c>
       <c r="BT23" t="n" s="29">
         <v>75.0</v>
       </c>
       <c r="BU23" t="n" s="29">
+        <v>75.0</v>
+      </c>
+      <c r="BV23" t="n" s="29">
         <v>75.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B24" t="n" s="30">
+        <v>17659.0</v>
+      </c>
+      <c r="C24" t="n" s="30">
         <v>26121.0</v>
       </c>
-      <c r="C24" t="n" s="30">
+      <c r="D24" t="n" s="30">
         <v>17727.0</v>
       </c>
-      <c r="D24" t="n" s="30">
+      <c r="E24" t="n" s="30">
         <v>18000.0</v>
       </c>
-      <c r="E24" t="n" s="30">
+      <c r="F24" t="n" s="30">
         <v>11262.0</v>
       </c>
-      <c r="F24" t="n" s="30">
+      <c r="G24" t="n" s="30">
         <v>9989.0</v>
       </c>
-      <c r="G24" t="n" s="30">
+      <c r="H24" t="n" s="30">
         <v>9836.0</v>
       </c>
-      <c r="H24" t="n" s="30">
+      <c r="I24" t="n" s="30">
         <v>11485.0</v>
       </c>
-      <c r="I24" t="n" s="30">
+      <c r="J24" t="n" s="30">
         <v>10450.0</v>
       </c>
-      <c r="J24" t="n" s="30">
+      <c r="K24" t="n" s="30">
         <v>12177.0</v>
       </c>
-      <c r="K24" t="n" s="30">
+      <c r="L24" t="n" s="30">
         <v>12901.0</v>
       </c>
-      <c r="L24" t="n" s="30">
+      <c r="M24" t="n" s="30">
         <v>12043.0</v>
       </c>
-      <c r="M24" t="n" s="30">
+      <c r="N24" t="n" s="30">
         <v>10520.0</v>
       </c>
-      <c r="N24" t="n" s="30">
+      <c r="O24" t="n" s="30">
         <v>8796.0</v>
       </c>
-      <c r="O24" t="n" s="30">
+      <c r="P24" t="n" s="30">
         <v>9651.0</v>
       </c>
-      <c r="P24" t="n" s="30">
+      <c r="Q24" t="n" s="30">
         <v>9242.0</v>
       </c>
-      <c r="Q24" t="n" s="30">
+      <c r="R24" t="n" s="30">
         <v>9833.0</v>
       </c>
-      <c r="R24" t="n" s="30">
+      <c r="S24" t="n" s="30">
         <v>10271.0</v>
       </c>
-      <c r="S24" t="n" s="30">
+      <c r="T24" t="n" s="30">
         <v>9846.0</v>
       </c>
-      <c r="T24" t="n" s="30">
+      <c r="U24" t="n" s="30">
         <v>9925.0</v>
       </c>
-      <c r="U24" t="n" s="30">
+      <c r="V24" t="n" s="30">
         <v>10262.0</v>
       </c>
-      <c r="V24" t="n" s="30">
+      <c r="W24" t="n" s="30">
         <v>11227.0</v>
       </c>
-      <c r="W24" t="n" s="30">
+      <c r="X24" t="n" s="30">
         <v>9893.0</v>
       </c>
-      <c r="X24" t="n" s="30">
+      <c r="Y24" t="n" s="30">
         <v>13482.0</v>
       </c>
-      <c r="Y24" t="n" s="30">
+      <c r="Z24" t="n" s="30">
         <v>9507.0</v>
       </c>
-      <c r="Z24" t="n" s="30">
+      <c r="AA24" t="n" s="30">
         <v>9232.0</v>
       </c>
-      <c r="AA24" t="n" s="30">
+      <c r="AB24" t="n" s="30">
         <v>10007.0</v>
       </c>
-      <c r="AB24" t="n" s="30">
+      <c r="AC24" t="n" s="30">
         <v>10646.0</v>
       </c>
-      <c r="AC24" t="n" s="30">
+      <c r="AD24" t="n" s="30">
         <v>12704.0</v>
       </c>
-      <c r="AD24" t="n" s="30">
+      <c r="AE24" t="n" s="30">
         <v>11868.0</v>
       </c>
-      <c r="AE24" t="n" s="30">
+      <c r="AF24" t="n" s="30">
         <v>9536.0</v>
       </c>
-      <c r="AF24" t="n" s="30">
+      <c r="AG24" t="n" s="30">
         <v>11262.0</v>
       </c>
-      <c r="AG24" t="n" s="30">
+      <c r="AH24" t="n" s="30">
         <v>9409.0</v>
       </c>
-      <c r="AH24" t="n" s="30">
+      <c r="AI24" t="n" s="30">
         <v>7747.0</v>
       </c>
-      <c r="AI24" t="n" s="30">
+      <c r="AJ24" t="n" s="30">
         <v>6908.0</v>
       </c>
-      <c r="AJ24" t="n" s="30">
+      <c r="AK24" t="n" s="30">
         <v>6321.0</v>
       </c>
-      <c r="AK24" t="n" s="30">
+      <c r="AL24" t="n" s="30">
         <v>5928.0</v>
       </c>
-      <c r="AL24" t="n" s="30">
+      <c r="AM24" t="n" s="30">
         <v>5653.0</v>
       </c>
-      <c r="AM24" t="n" s="30">
+      <c r="AN24" t="n" s="30">
         <v>4947.0</v>
       </c>
-      <c r="AN24" t="n" s="30">
+      <c r="AO24" t="n" s="30">
         <v>5274.0</v>
       </c>
-      <c r="AO24" t="n" s="30">
+      <c r="AP24" t="n" s="30">
         <v>5021.0</v>
       </c>
-      <c r="AP24" t="n" s="30">
+      <c r="AQ24" t="n" s="30">
         <v>6352.0</v>
       </c>
-      <c r="AQ24" t="n" s="30">
+      <c r="AR24" t="n" s="30">
         <v>5151.0</v>
       </c>
-      <c r="AR24" t="n" s="30">
+      <c r="AS24" t="n" s="30">
         <v>4687.0</v>
       </c>
-      <c r="AS24" t="n" s="30">
+      <c r="AT24" t="n" s="30">
         <v>4801.0</v>
       </c>
-      <c r="AT24" t="n" s="30">
+      <c r="AU24" t="n" s="30">
         <v>4765.0</v>
       </c>
-      <c r="AU24" t="n" s="30">
+      <c r="AV24" t="n" s="30">
         <v>4575.0</v>
       </c>
-      <c r="AV24" t="n" s="30">
+      <c r="AW24" t="n" s="30">
         <v>4522.0</v>
       </c>
-      <c r="AW24" t="n" s="30">
+      <c r="AX24" t="n" s="30">
         <v>4089.0</v>
       </c>
-      <c r="AX24" t="n" s="30">
+      <c r="AY24" t="n" s="30">
         <v>3862.0</v>
       </c>
-      <c r="AY24" t="n" s="30">
+      <c r="AZ24" t="n" s="30">
         <v>3740.0</v>
       </c>
-      <c r="AZ24" t="n" s="30">
+      <c r="BA24" t="n" s="30">
         <v>3575.0</v>
       </c>
-      <c r="BA24" t="n" s="30">
+      <c r="BB24" t="n" s="30">
         <v>3456.0</v>
       </c>
-      <c r="BB24" t="n" s="30">
+      <c r="BC24" t="n" s="30">
         <v>3535.0</v>
       </c>
-      <c r="BC24" t="n" s="30">
+      <c r="BD24" t="n" s="30">
         <v>4500.0</v>
       </c>
-      <c r="BD24" t="n" s="30">
+      <c r="BE24" t="n" s="30">
         <v>3935.0</v>
       </c>
-      <c r="BE24" t="n" s="30">
+      <c r="BF24" t="n" s="30">
         <v>3376.0</v>
       </c>
-      <c r="BF24" t="n" s="30">
+      <c r="BG24" t="n" s="30">
         <v>3167.0</v>
       </c>
-      <c r="BG24" t="n" s="30">
+      <c r="BH24" t="n" s="30">
         <v>3107.0</v>
       </c>
-      <c r="BH24" t="n" s="30">
+      <c r="BI24" t="n" s="30">
         <v>3003.0</v>
       </c>
-      <c r="BI24" t="n" s="30">
+      <c r="BJ24" t="n" s="30">
         <v>2989.0</v>
       </c>
-      <c r="BJ24" t="n" s="30">
+      <c r="BK24" t="n" s="30">
         <v>3539.0</v>
       </c>
-      <c r="BK24" t="n" s="30">
+      <c r="BL24" t="n" s="30">
         <v>3542.0</v>
       </c>
-      <c r="BL24" t="n" s="30">
+      <c r="BM24" t="n" s="30">
         <v>3499.0</v>
       </c>
-      <c r="BM24" t="n" s="30">
+      <c r="BN24" t="n" s="30">
         <v>3210.0</v>
       </c>
-      <c r="BN24" t="n" s="30">
+      <c r="BO24" t="n" s="30">
         <v>2958.0</v>
       </c>
-      <c r="BO24" t="n" s="30">
+      <c r="BP24" t="n" s="30">
         <v>2330.0</v>
       </c>
-      <c r="BP24" t="n" s="30">
+      <c r="BQ24" t="n" s="30">
         <v>2721.0</v>
       </c>
-      <c r="BQ24" t="n" s="30">
+      <c r="BR24" t="n" s="30">
         <v>2941.0</v>
       </c>
-      <c r="BR24" t="n" s="30">
+      <c r="BS24" t="n" s="30">
         <v>2330.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>16950.0</v>
       </c>
       <c r="BT24" t="n" s="30">
         <v>16950.0</v>
       </c>
       <c r="BU24" t="n" s="30">
+        <v>16950.0</v>
+      </c>
+      <c r="BV24" t="n" s="30">
         <v>16950.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B25" t="n" s="31">
+        <v>245084.0</v>
+      </c>
+      <c r="C25" t="n" s="31">
         <v>238571.0</v>
       </c>
-      <c r="C25" t="n" s="31">
+      <c r="D25" t="n" s="31">
         <v>240913.0</v>
       </c>
-      <c r="D25" t="n" s="31">
+      <c r="E25" t="n" s="31">
         <v>245441.0</v>
       </c>
-      <c r="E25" t="n" s="31">
+      <c r="F25" t="n" s="31">
         <v>244369.0</v>
       </c>
-      <c r="F25" t="n" s="31">
+      <c r="G25" t="n" s="31">
         <v>240246.0</v>
       </c>
-      <c r="G25" t="n" s="31">
+      <c r="H25" t="n" s="31">
         <v>245995.0</v>
       </c>
-      <c r="H25" t="n" s="31">
+      <c r="I25" t="n" s="31">
         <v>244123.0</v>
       </c>
-      <c r="I25" t="n" s="31">
+      <c r="J25" t="n" s="31">
         <v>244603.0</v>
       </c>
-      <c r="J25" t="n" s="31">
+      <c r="K25" t="n" s="31">
         <v>246026.0</v>
       </c>
-      <c r="K25" t="n" s="31">
+      <c r="L25" t="n" s="31">
         <v>250966.0</v>
       </c>
-      <c r="L25" t="n" s="31">
+      <c r="M25" t="n" s="31">
         <v>249152.0</v>
       </c>
-      <c r="M25" t="n" s="31">
+      <c r="N25" t="n" s="31">
         <v>247383.0</v>
       </c>
-      <c r="N25" t="n" s="31">
+      <c r="O25" t="n" s="31">
         <v>242532.0</v>
       </c>
-      <c r="O25" t="n" s="31">
+      <c r="P25" t="n" s="31">
         <v>243986.0</v>
       </c>
-      <c r="P25" t="n" s="31">
+      <c r="Q25" t="n" s="31">
         <v>239994.0</v>
       </c>
-      <c r="Q25" t="n" s="31">
+      <c r="R25" t="n" s="31">
         <v>239233.0</v>
       </c>
-      <c r="R25" t="n" s="31">
+      <c r="S25" t="n" s="31">
         <v>238535.0</v>
       </c>
-      <c r="S25" t="n" s="31">
+      <c r="T25" t="n" s="31">
         <v>246578.0</v>
       </c>
-      <c r="T25" t="n" s="31">
+      <c r="U25" t="n" s="31">
         <v>245378.0</v>
       </c>
-      <c r="U25" t="n" s="31">
+      <c r="V25" t="n" s="31">
         <v>248977.0</v>
       </c>
-      <c r="V25" t="n" s="31">
+      <c r="W25" t="n" s="31">
         <v>265823.0</v>
       </c>
-      <c r="W25" t="n" s="31">
+      <c r="X25" t="n" s="31">
         <v>294406.0</v>
       </c>
-      <c r="X25" t="n" s="31">
+      <c r="Y25" t="n" s="31">
         <v>299225.0</v>
       </c>
-      <c r="Y25" t="n" s="31">
+      <c r="Z25" t="n" s="31">
         <v>256584.0</v>
       </c>
-      <c r="Z25" t="n" s="31">
+      <c r="AA25" t="n" s="31">
         <v>254848.0</v>
       </c>
-      <c r="AA25" t="n" s="31">
+      <c r="AB25" t="n" s="31">
         <v>257525.0</v>
       </c>
-      <c r="AB25" t="n" s="31">
+      <c r="AC25" t="n" s="31">
         <v>250355.0</v>
       </c>
-      <c r="AC25" t="n" s="31">
+      <c r="AD25" t="n" s="31">
         <v>253470.0</v>
       </c>
-      <c r="AD25" t="n" s="31">
+      <c r="AE25" t="n" s="31">
         <v>95953.0</v>
       </c>
-      <c r="AE25" t="n" s="31">
+      <c r="AF25" t="n" s="31">
         <v>88492.0</v>
       </c>
-      <c r="AF25" t="n" s="31">
+      <c r="AG25" t="n" s="31">
         <v>86333.0</v>
       </c>
-      <c r="AG25" t="n" s="31">
+      <c r="AH25" t="n" s="31">
         <v>79693.0</v>
       </c>
-      <c r="AH25" t="n" s="31">
+      <c r="AI25" t="n" s="31">
         <v>71310.0</v>
       </c>
-      <c r="AI25" t="n" s="31">
+      <c r="AJ25" t="n" s="31">
         <v>68077.0</v>
       </c>
-      <c r="AJ25" t="n" s="31">
+      <c r="AK25" t="n" s="31">
         <v>67332.0</v>
       </c>
-      <c r="AK25" t="n" s="31">
+      <c r="AL25" t="n" s="31">
         <v>65874.0</v>
       </c>
-      <c r="AL25" t="n" s="31">
+      <c r="AM25" t="n" s="31">
         <v>67155.0</v>
       </c>
-      <c r="AM25" t="n" s="31">
+      <c r="AN25" t="n" s="31">
         <v>67049.0</v>
       </c>
-      <c r="AN25" t="n" s="31">
+      <c r="AO25" t="n" s="31">
         <v>69429.0</v>
       </c>
-      <c r="AO25" t="n" s="31">
+      <c r="AP25" t="n" s="31">
         <v>68908.0</v>
       </c>
-      <c r="AP25" t="n" s="31">
+      <c r="AQ25" t="n" s="31">
         <v>70170.0</v>
       </c>
-      <c r="AQ25" t="n" s="31">
+      <c r="AR25" t="n" s="31">
         <v>69071.0</v>
       </c>
-      <c r="AR25" t="n" s="31">
+      <c r="AS25" t="n" s="31">
         <v>72123.0</v>
       </c>
-      <c r="AS25" t="n" s="31">
+      <c r="AT25" t="n" s="31">
         <v>72419.0</v>
       </c>
-      <c r="AT25" t="n" s="31">
+      <c r="AU25" t="n" s="31">
         <v>72405.0</v>
       </c>
-      <c r="AU25" t="n" s="31">
+      <c r="AV25" t="n" s="31">
         <v>70260.0</v>
       </c>
-      <c r="AV25" t="n" s="31">
+      <c r="AW25" t="n" s="31">
         <v>71986.0</v>
       </c>
-      <c r="AW25" t="n" s="31">
+      <c r="AX25" t="n" s="31">
         <v>71893.0</v>
       </c>
-      <c r="AX25" t="n" s="31">
+      <c r="AY25" t="n" s="31">
         <v>72333.0</v>
       </c>
-      <c r="AY25" t="n" s="31">
+      <c r="AZ25" t="n" s="31">
         <v>72048.0</v>
       </c>
-      <c r="AZ25" t="n" s="31">
+      <c r="BA25" t="n" s="31">
         <v>73267.0</v>
       </c>
-      <c r="BA25" t="n" s="31">
+      <c r="BB25" t="n" s="31">
         <v>72979.0</v>
       </c>
-      <c r="BB25" t="n" s="31">
+      <c r="BC25" t="n" s="31">
         <v>74985.0</v>
       </c>
-      <c r="BC25" t="n" s="31">
+      <c r="BD25" t="n" s="31">
         <v>78070.0</v>
       </c>
-      <c r="BD25" t="n" s="31">
+      <c r="BE25" t="n" s="31">
         <v>78585.0</v>
       </c>
-      <c r="BE25" t="n" s="31">
+      <c r="BF25" t="n" s="31">
         <v>77509.0</v>
       </c>
-      <c r="BF25" t="n" s="31">
+      <c r="BG25" t="n" s="31">
         <v>77591.0</v>
       </c>
-      <c r="BG25" t="n" s="31">
+      <c r="BH25" t="n" s="31">
         <v>77497.0</v>
       </c>
-      <c r="BH25" t="n" s="31">
+      <c r="BI25" t="n" s="31">
         <v>79888.0</v>
       </c>
-      <c r="BI25" t="n" s="31">
+      <c r="BJ25" t="n" s="31">
         <v>79913.0</v>
       </c>
-      <c r="BJ25" t="n" s="31">
+      <c r="BK25" t="n" s="31">
         <v>80564.0</v>
       </c>
-      <c r="BK25" t="n" s="31">
+      <c r="BL25" t="n" s="31">
         <v>80948.0</v>
       </c>
-      <c r="BL25" t="n" s="31">
+      <c r="BM25" t="n" s="31">
         <v>71864.0</v>
       </c>
-      <c r="BM25" t="n" s="31">
+      <c r="BN25" t="n" s="31">
         <v>72987.0</v>
       </c>
-      <c r="BN25" t="n" s="31">
+      <c r="BO25" t="n" s="31">
         <v>66979.0</v>
       </c>
-      <c r="BO25" t="n" s="31">
+      <c r="BP25" t="n" s="31">
         <v>48192.0</v>
       </c>
-      <c r="BP25" t="n" s="31">
+      <c r="BQ25" t="n" s="31">
         <v>48690.0</v>
       </c>
-      <c r="BQ25" t="n" s="31">
+      <c r="BR25" t="n" s="31">
         <v>47101.0</v>
       </c>
-      <c r="BR25" t="n" s="31">
+      <c r="BS25" t="n" s="31">
         <v>48192.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>39634.0</v>
       </c>
       <c r="BT25" t="n" s="31">
         <v>39634.0</v>
       </c>
       <c r="BU25" t="n" s="31">
+        <v>39634.0</v>
+      </c>
+      <c r="BV25" t="n" s="31">
         <v>39634.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B28" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B29" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B30" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B28:BU28"/>
-[...5 lines deleted...]
-    <mergeCell ref="A34:BU34"/>
+    <mergeCell ref="B28:BV28"/>
+    <mergeCell ref="B29:BV29"/>
+    <mergeCell ref="B30:BV30"/>
+    <mergeCell ref="B31:BV31"/>
+    <mergeCell ref="A1:BV1"/>
+    <mergeCell ref="A2:BV2"/>
+    <mergeCell ref="A34:BV34"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>