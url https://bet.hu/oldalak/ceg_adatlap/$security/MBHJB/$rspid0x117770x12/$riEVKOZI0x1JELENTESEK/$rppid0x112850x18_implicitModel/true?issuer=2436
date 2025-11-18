--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -6,61 +6,64 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="271" uniqueCount="147">
   <si>
     <t>Évközi jelentések pénzügyi adatai - MBH Jelzálogbank Nyrt.</t>
   </si>
   <si>
     <t>Nem auditált, konszolidált, nemzetközi számviteli elvek (IFRS) alapján</t>
   </si>
   <si>
     <t>Eredménykimutatás főbb adatai P&amp;L</t>
   </si>
   <si>
+    <t>2025. jan. - 2025. jún. (1)</t>
+  </si>
+  <si>
     <t>2024. jan. - 2024. jún. (1)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. jún. (2)</t>
   </si>
   <si>
     <t>2022. jan. - 2022. jún. (2)</t>
   </si>
   <si>
     <t>2021. jan. - 2021. jún. (2)</t>
   </si>
   <si>
     <t>2020. jan. - 2020. jún. (2)</t>
   </si>
   <si>
     <t>2019. jan. - 2019. jún. (3)</t>
   </si>
   <si>
     <t>2018. jan. - 2018. jún. (3)</t>
   </si>
   <si>
     <t>2017. jan. - 2017. jún. (4)</t>
   </si>
   <si>
     <t>2017. jan. - 2017. márc. (4)</t>
@@ -201,50 +204,53 @@
     <t>(millió HUF)</t>
   </si>
   <si>
     <t>(ezer HUF)</t>
   </si>
   <si>
     <t>Nettó kamatbevétel</t>
   </si>
   <si>
     <t>Nem kamatjellegű bevételek</t>
   </si>
   <si>
     <t>Céltartalékképzés</t>
   </si>
   <si>
     <t>Üzleti eredmény</t>
   </si>
   <si>
     <t>Adózás előtti eredmény</t>
   </si>
   <si>
     <t>Adózott eredmény</t>
   </si>
   <si>
     <t>Mérleg főbb adatai</t>
+  </si>
+  <si>
+    <t>2025. jún. 30.</t>
   </si>
   <si>
     <t>2024. jún. 30.</t>
   </si>
   <si>
     <t>2023. jún. 30.</t>
   </si>
   <si>
     <t>2022. jún. 30.</t>
   </si>
   <si>
     <t>2021. jún. 30.</t>
   </si>
   <si>
     <t>2020. jún. 30.</t>
   </si>
   <si>
     <t>2019. jún. 30.</t>
   </si>
   <si>
     <t>2018. jún. 30.</t>
   </si>
   <si>
     <t>2017. jún. 30.</t>
   </si>
@@ -581,109 +587,110 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BB39"/>
+  <dimension ref="A1:BC39"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="36.39453125" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="5" max="5" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="6" max="6" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="7" max="7" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="8" max="8" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="9" max="9" width="24.50390625" customWidth="true" bestFit="true"/>
-    <col min="10" max="10" width="26.34375" customWidth="true" bestFit="true"/>
-[...42 lines deleted...]
-    <col min="53" max="53" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="10" max="10" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="11" max="11" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="12" max="12" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="13" max="13" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="14" max="14" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="15" max="15" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="16" max="16" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="17" max="17" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="18" max="18" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="19" max="19" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="20" max="20" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="21" max="21" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="23" max="23" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="24" max="24" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="25" max="25" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="26" max="26" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="27" max="27" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="28" max="28" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="29" max="29" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="30" max="30" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="31" max="31" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="32" max="32" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="33" max="33" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="34" max="34" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="35" max="35" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="36" max="36" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="37" max="37" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="38" max="38" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="39" max="39" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="40" max="40" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="41" max="41" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="42" max="42" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="43" max="43" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="44" max="44" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="45" max="45" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="46" max="46" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="47" max="47" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="48" max="48" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="49" max="49" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="50" max="50" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="51" max="51" width="26.34375" customWidth="true" bestFit="true"/>
+    <col min="52" max="52" width="24.97265625" customWidth="true" bestFit="true"/>
+    <col min="53" max="53" width="26.6015625" customWidth="true" bestFit="true"/>
+    <col min="54" max="54" width="24.50390625" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
@@ -812,3158 +819,3218 @@
       </c>
       <c r="AT4" t="s" s="1">
         <v>47</v>
       </c>
       <c r="AU4" t="s" s="1">
         <v>48</v>
       </c>
       <c r="AV4" t="s" s="1">
         <v>49</v>
       </c>
       <c r="AW4" t="s" s="1">
         <v>50</v>
       </c>
       <c r="AX4" t="s" s="1">
         <v>51</v>
       </c>
       <c r="AY4" t="s" s="1">
         <v>52</v>
       </c>
       <c r="AZ4" t="s" s="1">
         <v>53</v>
       </c>
       <c r="BA4" t="s" s="1">
         <v>54</v>
       </c>
+      <c r="BB4" t="s" s="1">
+        <v>55</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Q5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="S5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="U5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="V5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="W5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="X5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Y5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Z5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AA5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AB5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AC5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AD5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AE5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AF5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AG5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AH5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AI5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AJ5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AK5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AL5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AM5" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AN5" t="s" s="2">
         <v>57</v>
       </c>
       <c r="AO5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AP5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AQ5" t="s" s="2">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="AR5" t="s" s="2">
         <v>57</v>
       </c>
       <c r="AS5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AT5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AU5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AV5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AW5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AX5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AY5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AZ5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="BA5" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
+      </c>
+      <c r="BB5" t="s" s="2">
+        <v>58</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B6" t="n" s="4">
+        <v>7993.0</v>
+      </c>
+      <c r="C6" t="n" s="4">
         <v>6970.0</v>
       </c>
-      <c r="C6" t="n" s="4">
+      <c r="D6" t="n" s="4">
         <v>3310.0</v>
       </c>
-      <c r="D6" t="n" s="4">
+      <c r="E6" t="n" s="4">
         <v>2944.0</v>
       </c>
-      <c r="E6" t="n" s="4">
+      <c r="F6" t="n" s="4">
         <v>1954.0</v>
       </c>
-      <c r="F6" t="n" s="4">
+      <c r="G6" t="n" s="4">
         <v>1309.0</v>
       </c>
-      <c r="G6" t="n" s="4">
+      <c r="H6" t="n" s="4">
         <v>793.0</v>
       </c>
-      <c r="H6" t="n" s="4">
+      <c r="I6" t="n" s="4">
         <v>6970.0</v>
       </c>
-      <c r="I6" t="n" s="4">
+      <c r="J6" t="n" s="4">
         <v>6912.0</v>
       </c>
-      <c r="J6" t="n" s="4">
+      <c r="K6" t="n" s="4">
         <v>3448.0</v>
       </c>
-      <c r="K6" t="n" s="4">
+      <c r="L6" t="n" s="4">
         <v>12257.0</v>
       </c>
-      <c r="L6" t="n" s="4">
+      <c r="M6" t="n" s="4">
         <v>9710.0</v>
       </c>
-      <c r="M6" t="n" s="4">
+      <c r="N6" t="n" s="4">
         <v>6976.0</v>
       </c>
-      <c r="N6" t="n" s="4">
+      <c r="O6" t="n" s="4">
         <v>3474.0</v>
       </c>
-      <c r="O6" t="n" s="4">
+      <c r="P6" t="n" s="4">
         <v>14628.0</v>
       </c>
-      <c r="P6" t="n" s="4">
+      <c r="Q6" t="n" s="4">
         <v>11402.0</v>
       </c>
-      <c r="Q6" t="n" s="4">
+      <c r="R6" t="n" s="4">
         <v>8502.0</v>
       </c>
-      <c r="R6" t="n" s="4">
+      <c r="S6" t="n" s="4">
         <v>5155.0</v>
       </c>
-      <c r="S6" t="n" s="4">
+      <c r="T6" t="n" s="4">
         <v>20462.0</v>
       </c>
-      <c r="T6" t="n" s="4">
+      <c r="U6" t="n" s="4">
         <v>15122.0</v>
       </c>
-      <c r="U6" t="n" s="4">
+      <c r="V6" t="n" s="4">
         <v>10822.0</v>
       </c>
-      <c r="V6" t="n" s="4">
+      <c r="W6" t="n" s="4">
         <v>5226.0</v>
       </c>
-      <c r="W6" t="n" s="4">
+      <c r="X6" t="n" s="4">
         <v>18771.0</v>
       </c>
-      <c r="X6" t="n" s="4">
+      <c r="Y6" t="n" s="4">
         <v>13519.0</v>
       </c>
-      <c r="Y6" t="n" s="4">
+      <c r="Z6" t="n" s="4">
         <v>8671.0</v>
       </c>
-      <c r="Z6" t="n" s="4">
+      <c r="AA6" t="n" s="4">
         <v>4273.0</v>
       </c>
-      <c r="AA6" t="n" s="4">
+      <c r="AB6" t="n" s="4">
         <v>18545.0</v>
       </c>
-      <c r="AB6" t="n" s="4">
+      <c r="AC6" t="n" s="4">
         <v>14661.0</v>
       </c>
-      <c r="AC6" t="n" s="4">
+      <c r="AD6" t="n" s="4">
         <v>10418.0</v>
       </c>
-      <c r="AD6" t="n" s="4">
+      <c r="AE6" t="n" s="4">
         <v>5614.0</v>
       </c>
-      <c r="AE6" t="n" s="4">
+      <c r="AF6" t="n" s="4">
         <v>21498.0</v>
       </c>
-      <c r="AF6" t="n" s="4">
+      <c r="AG6" t="n" s="4">
         <v>17415.0</v>
       </c>
-      <c r="AG6" t="n" s="4">
+      <c r="AH6" t="n" s="4">
         <v>11710.0</v>
       </c>
-      <c r="AH6" t="n" s="4">
+      <c r="AI6" t="n" s="4">
         <v>6105.0</v>
       </c>
-      <c r="AI6" t="n" s="4">
+      <c r="AJ6" t="n" s="4">
         <v>26189.0</v>
       </c>
-      <c r="AJ6" t="n" s="4">
+      <c r="AK6" t="n" s="4">
         <v>19876.0</v>
       </c>
-      <c r="AK6" t="n" s="4">
+      <c r="AL6" t="n" s="4">
         <v>13554.0</v>
       </c>
-      <c r="AL6" t="n" s="4">
+      <c r="AM6" t="n" s="4">
         <v>6839.0</v>
       </c>
-      <c r="AM6" t="n" s="4">
+      <c r="AN6" t="n" s="4">
         <v>25308.0</v>
       </c>
-      <c r="AN6" t="n" s="4">
+      <c r="AO6" t="n" s="4">
         <v>1.774916E7</v>
       </c>
-      <c r="AO6" t="n" s="4">
+      <c r="AP6" t="n" s="4">
         <v>1.109608E7</v>
       </c>
-      <c r="AP6" t="n" s="4">
+      <c r="AQ6" t="n" s="4">
         <v>4741146.0</v>
       </c>
-      <c r="AQ6" t="n" s="4">
+      <c r="AR6" t="n" s="4">
         <v>16682.0</v>
       </c>
-      <c r="AR6" t="n" s="4">
+      <c r="AS6" t="n" s="4">
         <v>1.2481259E7</v>
       </c>
-      <c r="AS6" t="n" s="4">
+      <c r="AT6" t="n" s="4">
         <v>8238684.0</v>
       </c>
-      <c r="AT6" t="n" s="4">
+      <c r="AU6" t="n" s="4">
         <v>4137063.0</v>
       </c>
-      <c r="AU6" t="n" s="4">
+      <c r="AV6" t="n" s="4">
         <v>1.6602405E7</v>
       </c>
-      <c r="AV6" t="n" s="4">
+      <c r="AW6" t="n" s="4">
         <v>1.2548565E7</v>
       </c>
-      <c r="AW6" t="n" s="4">
+      <c r="AX6" t="n" s="4">
         <v>8398436.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.7111438E7</v>
       </c>
       <c r="AY6" t="n" s="4">
         <v>1.7111438E7</v>
       </c>
       <c r="AZ6" t="n" s="4">
+        <v>1.7111438E7</v>
+      </c>
+      <c r="BA6" t="n" s="4">
         <v>1.2644964E7</v>
       </c>
-      <c r="BA6" t="n" s="4">
+      <c r="BB6" t="n" s="4">
         <v>8335695.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B7" t="n" s="5">
+        <v>467.0</v>
+      </c>
+      <c r="C7" t="n" s="5">
         <v>-906.0</v>
       </c>
-      <c r="C7" t="n" s="5">
+      <c r="D7" t="n" s="5">
         <v>1104.0</v>
       </c>
-      <c r="D7" t="n" s="5">
+      <c r="E7" t="n" s="5">
         <v>1078.0</v>
       </c>
-      <c r="E7" t="n" s="5">
+      <c r="F7" t="n" s="5">
         <v>480.0</v>
       </c>
-      <c r="F7" t="n" s="5">
+      <c r="G7" t="n" s="5">
         <v>995.0</v>
       </c>
-      <c r="G7" t="n" s="5">
+      <c r="H7" t="n" s="5">
         <v>1035.0</v>
       </c>
-      <c r="H7" t="n" s="5">
+      <c r="I7" t="n" s="5">
         <v>5930.0</v>
       </c>
-      <c r="I7" t="n" s="5">
+      <c r="J7" t="n" s="5">
         <v>3095.0</v>
       </c>
-      <c r="J7" t="n" s="5">
+      <c r="K7" t="n" s="5">
         <v>2153.0</v>
       </c>
-      <c r="K7" t="n" s="5">
+      <c r="L7" t="n" s="5">
         <v>6160.0</v>
       </c>
-      <c r="L7" t="n" s="5">
+      <c r="M7" t="n" s="5">
         <v>6505.0</v>
       </c>
-      <c r="M7" t="n" s="5">
+      <c r="N7" t="n" s="5">
         <v>3795.0</v>
       </c>
-      <c r="N7" t="n" s="5">
+      <c r="O7" t="n" s="5">
         <v>1892.0</v>
       </c>
-      <c r="O7" t="n" s="5">
+      <c r="P7" t="n" s="5">
         <v>-2694.0</v>
       </c>
-      <c r="P7" t="n" s="5">
+      <c r="Q7" t="n" s="5">
         <v>-4547.0</v>
       </c>
-      <c r="Q7" t="n" s="5">
+      <c r="R7" t="n" s="5">
         <v>-6407.0</v>
       </c>
-      <c r="R7" t="n" s="5">
+      <c r="S7" t="n" s="5">
         <v>-7356.0</v>
       </c>
-      <c r="S7" t="n" s="5">
+      <c r="T7" t="n" s="5">
         <v>-16992.0</v>
       </c>
-      <c r="T7" t="n" s="5">
+      <c r="U7" t="n" s="5">
         <v>-8644.0</v>
       </c>
-      <c r="U7" t="n" s="5">
+      <c r="V7" t="n" s="5">
         <v>-2233.0</v>
       </c>
-      <c r="V7" t="n" s="5">
+      <c r="W7" t="n" s="5">
         <v>1671.0</v>
       </c>
-      <c r="W7" t="n" s="5">
+      <c r="X7" t="n" s="5">
         <v>1348.0</v>
       </c>
-      <c r="X7" t="n" s="5">
+      <c r="Y7" t="n" s="5">
         <v>343.0</v>
       </c>
-      <c r="Y7" t="n" s="5">
+      <c r="Z7" t="n" s="5">
         <v>-1151.0</v>
       </c>
-      <c r="Z7" t="n" s="5">
+      <c r="AA7" t="n" s="5">
         <v>555.0</v>
       </c>
-      <c r="AA7" t="n" s="5">
+      <c r="AB7" t="n" s="5">
         <v>4689.0</v>
       </c>
-      <c r="AB7" t="n" s="5">
+      <c r="AC7" t="n" s="5">
         <v>2432.0</v>
       </c>
-      <c r="AC7" t="n" s="5">
+      <c r="AD7" t="n" s="5">
         <v>2993.0</v>
       </c>
-      <c r="AD7" t="n" s="5">
+      <c r="AE7" t="n" s="5">
         <v>-55.0</v>
       </c>
-      <c r="AE7" t="n" s="5">
+      <c r="AF7" t="n" s="5">
         <v>9962.0</v>
       </c>
-      <c r="AF7" t="n" s="5">
+      <c r="AG7" t="n" s="5">
         <v>2351.0</v>
       </c>
-      <c r="AG7" t="n" s="5">
+      <c r="AH7" t="n" s="5">
         <v>1512.0</v>
       </c>
-      <c r="AH7" t="n" s="5">
+      <c r="AI7" t="n" s="5">
         <v>674.0</v>
       </c>
-      <c r="AI7" t="n" s="5">
+      <c r="AJ7" t="n" s="5">
         <v>4309.0</v>
       </c>
-      <c r="AJ7" t="n" s="5">
+      <c r="AK7" t="n" s="5">
         <v>215.0</v>
       </c>
-      <c r="AK7" t="n" s="5">
+      <c r="AL7" t="n" s="5">
         <v>1070.0</v>
       </c>
-      <c r="AL7" t="n" s="5">
+      <c r="AM7" t="n" s="5">
         <v>790.0</v>
       </c>
-      <c r="AM7" t="n" s="5">
+      <c r="AN7" t="n" s="5">
         <v>5590.0</v>
       </c>
-      <c r="AN7" t="n" s="5">
+      <c r="AO7" t="n" s="5">
         <v>5030324.0</v>
       </c>
-      <c r="AO7" t="n" s="5">
+      <c r="AP7" t="n" s="5">
         <v>3975174.0</v>
       </c>
-      <c r="AP7" t="n" s="5">
+      <c r="AQ7" t="n" s="5">
         <v>2156468.0</v>
       </c>
-      <c r="AQ7" t="n" s="5">
+      <c r="AR7" t="n" s="5">
         <v>7696.0</v>
       </c>
-      <c r="AR7" t="n" s="5">
+      <c r="AS7" t="n" s="5">
         <v>4523569.0</v>
       </c>
-      <c r="AS7" t="n" s="5">
+      <c r="AT7" t="n" s="5">
         <v>3025712.0</v>
       </c>
-      <c r="AT7" t="n" s="5">
+      <c r="AU7" t="n" s="5">
         <v>1874434.0</v>
       </c>
-      <c r="AU7" t="n" s="5">
+      <c r="AV7" t="n" s="5">
         <v>3140802.0</v>
       </c>
-      <c r="AV7" t="n" s="5">
+      <c r="AW7" t="n" s="5">
         <v>2627589.0</v>
       </c>
-      <c r="AW7" t="n" s="5">
+      <c r="AX7" t="n" s="5">
         <v>1827487.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1599077.0</v>
       </c>
       <c r="AY7" t="n" s="5">
         <v>1599077.0</v>
       </c>
       <c r="AZ7" t="n" s="5">
+        <v>1599077.0</v>
+      </c>
+      <c r="BA7" t="n" s="5">
         <v>1995688.0</v>
       </c>
-      <c r="BA7" t="n" s="5">
+      <c r="BB7" t="n" s="5">
         <v>1222244.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B8" t="n" s="6">
-        <v>106.0</v>
+        <v>580.0</v>
       </c>
       <c r="C8" t="n" s="6">
+        <v>-106.0</v>
+      </c>
+      <c r="D8" t="n" s="6">
         <v>934.0</v>
       </c>
-      <c r="D8" t="n" s="6">
+      <c r="E8" t="n" s="6">
         <v>-155.0</v>
       </c>
-      <c r="E8" t="n" s="6">
+      <c r="F8" t="n" s="6">
         <v>-59.0</v>
       </c>
-      <c r="F8" t="n" s="6">
+      <c r="G8" t="n" s="6">
         <v>-111.0</v>
       </c>
-      <c r="G8" t="n" s="6">
+      <c r="H8" t="n" s="6">
         <v>143.0</v>
       </c>
-      <c r="H8" t="n" s="6">
+      <c r="I8" t="n" s="6">
         <v>-989.0</v>
       </c>
-      <c r="I8" t="n" s="6">
+      <c r="J8" t="n" s="6">
         <v>-6.0</v>
       </c>
-      <c r="J8" t="n" s="6">
+      <c r="K8" t="n" s="6">
         <v>-598.0</v>
       </c>
-      <c r="K8" t="n" s="6">
+      <c r="L8" t="n" s="6">
         <v>-8192.0</v>
       </c>
-      <c r="L8" t="n" s="6">
+      <c r="M8" t="n" s="6">
         <v>-2552.0</v>
       </c>
-      <c r="M8" t="n" s="6">
+      <c r="N8" t="n" s="6">
         <v>-2000.0</v>
       </c>
-      <c r="N8" t="n" s="6">
+      <c r="O8" t="n" s="6">
         <v>-1586.0</v>
       </c>
-      <c r="O8" t="n" s="6">
+      <c r="P8" t="n" s="6">
         <v>-840.0</v>
       </c>
-      <c r="P8" t="n" s="6">
+      <c r="Q8" t="n" s="6">
         <v>2822.0</v>
       </c>
-      <c r="Q8" t="n" s="6">
+      <c r="R8" t="n" s="6">
         <v>3335.0</v>
       </c>
-      <c r="R8" t="n" s="6">
+      <c r="S8" t="n" s="6">
         <v>5473.0</v>
       </c>
-      <c r="S8" t="n" s="6">
+      <c r="T8" t="n" s="6">
         <v>-4382.0</v>
       </c>
-      <c r="T8" t="n" s="6">
+      <c r="U8" t="n" s="6">
         <v>-4247.0</v>
       </c>
-      <c r="U8" t="n" s="6">
+      <c r="V8" t="n" s="6">
         <v>-2589.0</v>
       </c>
-      <c r="V8" t="n" s="6">
+      <c r="W8" t="n" s="6">
         <v>-1474.0</v>
       </c>
-      <c r="W8" t="n" s="6">
+      <c r="X8" t="n" s="6">
         <v>-6789.0</v>
       </c>
-      <c r="X8" t="n" s="6">
+      <c r="Y8" t="n" s="6">
         <v>-5834.0</v>
       </c>
-      <c r="Y8" t="n" s="6">
+      <c r="Z8" t="n" s="6">
         <v>-3935.0</v>
       </c>
-      <c r="Z8" t="n" s="6">
+      <c r="AA8" t="n" s="6">
         <v>-2652.0</v>
       </c>
-      <c r="AA8" t="n" s="6">
+      <c r="AB8" t="n" s="6">
         <v>-9756.0</v>
       </c>
-      <c r="AB8" t="n" s="6">
+      <c r="AC8" t="n" s="6">
         <v>-6867.0</v>
       </c>
-      <c r="AC8" t="n" s="6">
+      <c r="AD8" t="n" s="6">
         <v>-4423.0</v>
       </c>
-      <c r="AD8" t="n" s="6">
+      <c r="AE8" t="n" s="6">
         <v>-989.0</v>
       </c>
-      <c r="AE8" t="n" s="6">
+      <c r="AF8" t="n" s="6">
         <v>-19935.0</v>
       </c>
-      <c r="AF8" t="n" s="6">
+      <c r="AG8" t="n" s="6">
         <v>-6902.0</v>
       </c>
-      <c r="AG8" t="n" s="6">
+      <c r="AH8" t="n" s="6">
         <v>-2077.0</v>
       </c>
-      <c r="AH8" t="n" s="6">
+      <c r="AI8" t="n" s="6">
         <v>-1456.0</v>
       </c>
-      <c r="AI8" t="n" s="6">
+      <c r="AJ8" t="n" s="6">
         <v>-5127.0</v>
       </c>
-      <c r="AJ8" t="n" s="6">
+      <c r="AK8" t="n" s="6">
         <v>-4176.0</v>
       </c>
-      <c r="AK8" t="n" s="6">
+      <c r="AL8" t="n" s="6">
         <v>-3888.0</v>
       </c>
-      <c r="AL8" t="n" s="6">
+      <c r="AM8" t="n" s="6">
         <v>-2016.0</v>
       </c>
-      <c r="AM8" t="n" s="6">
+      <c r="AN8" t="n" s="6">
         <v>-6919.0</v>
       </c>
-      <c r="AN8" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="AO8" t="s" s="6">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AP8" t="s" s="6">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="AQ8" t="n" s="6">
+        <v>56</v>
+      </c>
+      <c r="AQ8" t="s" s="6">
+        <v>56</v>
+      </c>
+      <c r="AR8" t="n" s="6">
         <v>-805.0</v>
       </c>
-      <c r="AR8" t="s" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="AS8" t="s" s="6">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AT8" t="s" s="6">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AU8" t="s" s="6">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AV8" t="s" s="6">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AW8" t="s" s="6">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AX8" t="s" s="6">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AY8" t="s" s="6">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="AZ8" t="s" s="6">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="BA8" t="s" s="6">
-        <v>55</v>
+        <v>56</v>
+      </c>
+      <c r="BB8" t="s" s="6">
+        <v>56</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B9" t="n" s="7">
+        <v>6335.0</v>
+      </c>
+      <c r="C9" t="n" s="7">
         <v>4512.0</v>
       </c>
-      <c r="C9" t="n" s="7">
+      <c r="D9" t="n" s="7">
         <v>2358.0</v>
       </c>
-      <c r="D9" t="n" s="7">
+      <c r="E9" t="n" s="7">
         <v>3185.0</v>
       </c>
-      <c r="E9" t="n" s="7">
+      <c r="F9" t="n" s="7">
         <v>2076.0</v>
       </c>
-      <c r="F9" t="n" s="7">
+      <c r="G9" t="n" s="7">
         <v>2650.0</v>
       </c>
-      <c r="G9" t="n" s="7">
+      <c r="H9" t="n" s="7">
         <v>1828.0</v>
       </c>
-      <c r="H9" t="n" s="7">
+      <c r="I9" t="n" s="7">
         <v>4284.0</v>
       </c>
-      <c r="I9" t="n" s="7">
+      <c r="J9" t="n" s="7">
         <v>10007.0</v>
       </c>
-      <c r="J9" t="n" s="7">
+      <c r="K9" t="n" s="7">
         <v>5601.0</v>
       </c>
-      <c r="K9" t="n" s="7">
+      <c r="L9" t="n" s="7">
         <v>18417.0</v>
       </c>
-      <c r="L9" t="n" s="7">
+      <c r="M9" t="n" s="7">
         <v>16215.0</v>
       </c>
-      <c r="M9" t="n" s="7">
+      <c r="N9" t="n" s="7">
         <v>10771.0</v>
       </c>
-      <c r="N9" t="n" s="7">
+      <c r="O9" t="n" s="7">
         <v>5366.0</v>
       </c>
-      <c r="O9" t="n" s="7">
+      <c r="P9" t="n" s="7">
         <v>11934.0</v>
       </c>
-      <c r="P9" t="n" s="7">
+      <c r="Q9" t="n" s="7">
         <v>6856.0</v>
       </c>
-      <c r="Q9" t="n" s="7">
+      <c r="R9" t="n" s="7">
         <v>2095.0</v>
       </c>
-      <c r="R9" t="n" s="7">
+      <c r="S9" t="n" s="7">
         <v>-2201.0</v>
       </c>
-      <c r="S9" t="n" s="7">
+      <c r="T9" t="n" s="7">
         <v>3650.0</v>
       </c>
-      <c r="T9" t="n" s="7">
+      <c r="U9" t="n" s="7">
         <v>6478.0</v>
       </c>
-      <c r="U9" t="n" s="7">
+      <c r="V9" t="n" s="7">
         <v>8055.0</v>
       </c>
-      <c r="V9" t="n" s="7">
+      <c r="W9" t="n" s="7">
         <v>6897.0</v>
       </c>
-      <c r="W9" t="n" s="7">
+      <c r="X9" t="n" s="7">
         <v>20059.0</v>
       </c>
-      <c r="X9" t="n" s="7">
+      <c r="Y9" t="n" s="7">
         <v>13862.0</v>
       </c>
-      <c r="Y9" t="n" s="7">
+      <c r="Z9" t="n" s="7">
         <v>7520.0</v>
       </c>
-      <c r="Z9" t="n" s="7">
+      <c r="AA9" t="n" s="7">
         <v>4828.0</v>
       </c>
-      <c r="AA9" t="n" s="7">
+      <c r="AB9" t="n" s="7">
         <v>23235.0</v>
       </c>
-      <c r="AB9" t="n" s="7">
+      <c r="AC9" t="n" s="7">
         <v>17093.0</v>
       </c>
-      <c r="AC9" t="n" s="7">
+      <c r="AD9" t="n" s="7">
         <v>13411.0</v>
       </c>
-      <c r="AD9" t="n" s="7">
+      <c r="AE9" t="n" s="7">
         <v>5559.0</v>
       </c>
-      <c r="AE9" t="n" s="7">
+      <c r="AF9" t="n" s="7">
         <v>31460.0</v>
       </c>
-      <c r="AF9" t="n" s="7">
+      <c r="AG9" t="n" s="7">
         <v>19767.0</v>
       </c>
-      <c r="AG9" t="n" s="7">
+      <c r="AH9" t="n" s="7">
         <v>13222.0</v>
       </c>
-      <c r="AH9" t="n" s="7">
+      <c r="AI9" t="n" s="7">
         <v>6780.0</v>
       </c>
-      <c r="AI9" t="n" s="7">
+      <c r="AJ9" t="n" s="7">
         <v>30498.0</v>
       </c>
-      <c r="AJ9" t="n" s="7">
+      <c r="AK9" t="n" s="7">
         <v>20091.0</v>
       </c>
-      <c r="AK9" t="n" s="7">
+      <c r="AL9" t="n" s="7">
         <v>14624.0</v>
       </c>
-      <c r="AL9" t="n" s="7">
+      <c r="AM9" t="n" s="7">
         <v>7629.0</v>
       </c>
-      <c r="AM9" t="n" s="7">
+      <c r="AN9" t="n" s="7">
         <v>30898.0</v>
       </c>
-      <c r="AN9" t="n" s="7">
+      <c r="AO9" t="n" s="7">
         <v>2.2779484E7</v>
       </c>
-      <c r="AO9" t="n" s="7">
+      <c r="AP9" t="n" s="7">
         <v>1.5071254E7</v>
       </c>
-      <c r="AP9" t="n" s="7">
+      <c r="AQ9" t="n" s="7">
         <v>6897614.0</v>
       </c>
-      <c r="AQ9" t="n" s="7">
+      <c r="AR9" t="n" s="7">
         <v>24377.0</v>
       </c>
-      <c r="AR9" t="n" s="7">
+      <c r="AS9" t="n" s="7">
         <v>1.7004828E7</v>
       </c>
-      <c r="AS9" t="n" s="7">
+      <c r="AT9" t="n" s="7">
         <v>1.1264396E7</v>
       </c>
-      <c r="AT9" t="n" s="7">
+      <c r="AU9" t="n" s="7">
         <v>6011497.0</v>
       </c>
-      <c r="AU9" t="n" s="7">
+      <c r="AV9" t="n" s="7">
         <v>1.9743207E7</v>
       </c>
-      <c r="AV9" t="n" s="7">
+      <c r="AW9" t="n" s="7">
         <v>1.3941184E7</v>
       </c>
-      <c r="AW9" t="n" s="7">
+      <c r="AX9" t="n" s="7">
         <v>8958268.0</v>
       </c>
-      <c r="AX9" t="s" s="7">
-[...2 lines deleted...]
-      <c r="AY9" t="n" s="7">
+      <c r="AY9" t="s" s="7">
+        <v>56</v>
+      </c>
+      <c r="AZ9" t="n" s="7">
         <v>1.8710515E7</v>
       </c>
-      <c r="AZ9" t="n" s="7">
+      <c r="BA9" t="n" s="7">
         <v>1.3747116E7</v>
       </c>
-      <c r="BA9" t="n" s="7">
+      <c r="BB9" t="n" s="7">
         <v>8940703.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B10" t="n" s="9">
+        <v>6859.0</v>
+      </c>
+      <c r="C10" t="n" s="9">
         <v>4177.0</v>
       </c>
-      <c r="C10" t="n" s="9">
+      <c r="D10" t="n" s="9">
         <v>2968.0</v>
       </c>
-      <c r="D10" t="n" s="9">
+      <c r="E10" t="n" s="9">
         <v>978.0</v>
       </c>
-      <c r="E10" t="n" s="9">
+      <c r="F10" t="n" s="9">
         <v>817.0</v>
       </c>
-      <c r="F10" t="n" s="9">
+      <c r="G10" t="n" s="9">
         <v>1128.0</v>
       </c>
-      <c r="G10" t="n" s="9">
+      <c r="H10" t="n" s="9">
         <v>1732.0</v>
       </c>
-      <c r="H10" t="n" s="9">
+      <c r="I10" t="n" s="9">
         <v>4284.0</v>
       </c>
-      <c r="I10" t="n" s="9">
+      <c r="J10" t="n" s="9">
         <v>233.0</v>
       </c>
-      <c r="J10" t="n" s="9">
+      <c r="K10" t="n" s="9">
         <v>336.0</v>
       </c>
-      <c r="K10" t="n" s="9">
+      <c r="L10" t="n" s="9">
         <v>-9320.0</v>
       </c>
-      <c r="L10" t="n" s="9">
+      <c r="M10" t="n" s="9">
         <v>-585.0</v>
       </c>
-      <c r="M10" t="n" s="9">
+      <c r="N10" t="n" s="9">
         <v>-785.0</v>
       </c>
-      <c r="N10" t="n" s="9">
+      <c r="O10" t="n" s="9">
         <v>-824.0</v>
       </c>
-      <c r="O10" t="n" s="9">
+      <c r="P10" t="n" s="9">
         <v>-7671.0</v>
       </c>
-      <c r="P10" t="n" s="9">
+      <c r="Q10" t="n" s="9">
         <v>-4619.0</v>
       </c>
-      <c r="Q10" t="n" s="9">
+      <c r="R10" t="n" s="9">
         <v>-4149.0</v>
       </c>
-      <c r="R10" t="n" s="9">
+      <c r="S10" t="n" s="9">
         <v>-1153.0</v>
       </c>
-      <c r="S10" t="n" s="9">
+      <c r="T10" t="n" s="9">
         <v>-17330.0</v>
       </c>
-      <c r="T10" t="n" s="9">
+      <c r="U10" t="n" s="9">
         <v>-10145.0</v>
       </c>
-      <c r="U10" t="n" s="9">
+      <c r="V10" t="n" s="9">
         <v>-2775.0</v>
       </c>
-      <c r="V10" t="n" s="9">
+      <c r="W10" t="n" s="9">
         <v>1581.0</v>
       </c>
-      <c r="W10" t="n" s="9">
+      <c r="X10" t="n" s="9">
         <v>-4901.0</v>
       </c>
-      <c r="X10" t="n" s="9">
+      <c r="Y10" t="n" s="9">
         <v>-5608.0</v>
       </c>
-      <c r="Y10" t="n" s="9">
+      <c r="Z10" t="n" s="9">
         <v>-5444.0</v>
       </c>
-      <c r="Z10" t="n" s="9">
+      <c r="AA10" t="n" s="9">
         <v>-2182.0</v>
       </c>
-      <c r="AA10" t="n" s="9">
+      <c r="AB10" t="n" s="9">
         <v>-3415.0</v>
       </c>
-      <c r="AB10" t="n" s="9">
+      <c r="AC10" t="n" s="9">
         <v>-2198.0</v>
       </c>
-      <c r="AC10" t="n" s="9">
+      <c r="AD10" t="n" s="9">
         <v>760.0</v>
       </c>
-      <c r="AD10" t="n" s="9">
+      <c r="AE10" t="n" s="9">
         <v>397.0</v>
       </c>
-      <c r="AE10" t="n" s="9">
+      <c r="AF10" t="n" s="9">
         <v>-7306.0</v>
       </c>
-      <c r="AF10" t="n" s="9">
+      <c r="AG10" t="n" s="9">
         <v>-714.0</v>
       </c>
-      <c r="AG10" t="n" s="9">
+      <c r="AH10" t="n" s="9">
         <v>1617.0</v>
       </c>
-      <c r="AH10" t="n" s="9">
+      <c r="AI10" t="n" s="9">
         <v>511.0</v>
       </c>
-      <c r="AI10" t="n" s="9">
+      <c r="AJ10" t="n" s="9">
         <v>8821.0</v>
       </c>
-      <c r="AJ10" t="n" s="9">
+      <c r="AK10" t="n" s="9">
         <v>3639.0</v>
       </c>
-      <c r="AK10" t="n" s="9">
+      <c r="AL10" t="n" s="9">
         <v>3824.0</v>
       </c>
-      <c r="AL10" t="n" s="9">
+      <c r="AM10" t="n" s="9">
         <v>2307.0</v>
       </c>
-      <c r="AM10" t="n" s="9">
+      <c r="AN10" t="n" s="9">
         <v>10228.0</v>
       </c>
-      <c r="AN10" t="n" s="9">
+      <c r="AO10" t="n" s="9">
         <v>7839874.0</v>
       </c>
-      <c r="AO10" t="n" s="9">
+      <c r="AP10" t="n" s="9">
         <v>5827726.0</v>
       </c>
-      <c r="AP10" t="n" s="9">
+      <c r="AQ10" t="n" s="9">
         <v>2568683.0</v>
       </c>
-      <c r="AQ10" t="n" s="9">
+      <c r="AR10" t="n" s="9">
         <v>10057.0</v>
       </c>
-      <c r="AR10" t="n" s="9">
+      <c r="AS10" t="n" s="9">
         <v>7424746.0</v>
       </c>
-      <c r="AS10" t="n" s="9">
+      <c r="AT10" t="n" s="9">
         <v>4953907.0</v>
       </c>
-      <c r="AT10" t="n" s="9">
+      <c r="AU10" t="n" s="9">
         <v>3232142.0</v>
       </c>
-      <c r="AU10" t="n" s="9">
+      <c r="AV10" t="n" s="9">
         <v>7264757.0</v>
       </c>
-      <c r="AV10" t="n" s="9">
+      <c r="AW10" t="n" s="9">
         <v>4760569.0</v>
       </c>
-      <c r="AW10" t="n" s="9">
+      <c r="AX10" t="n" s="9">
         <v>3305998.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>9843400.0</v>
       </c>
       <c r="AY10" t="n" s="9">
         <v>9843400.0</v>
       </c>
       <c r="AZ10" t="n" s="9">
+        <v>9843400.0</v>
+      </c>
+      <c r="BA10" t="n" s="9">
         <v>7433041.0</v>
       </c>
-      <c r="BA10" t="n" s="9">
+      <c r="BB10" t="n" s="9">
         <v>4921501.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B11" t="n" s="10">
+        <v>6054.0</v>
+      </c>
+      <c r="C11" t="n" s="10">
         <v>3652.0</v>
       </c>
-      <c r="C11" t="n" s="10">
+      <c r="D11" t="n" s="10">
         <v>2728.0</v>
       </c>
-      <c r="D11" t="n" s="10">
+      <c r="E11" t="n" s="10">
         <v>877.0</v>
       </c>
-      <c r="E11" t="n" s="10">
+      <c r="F11" t="n" s="10">
         <v>1245.0</v>
       </c>
-      <c r="F11" t="n" s="10">
+      <c r="G11" t="n" s="10">
         <v>1128.0</v>
       </c>
-      <c r="G11" t="n" s="10">
+      <c r="H11" t="n" s="10">
         <v>1745.0</v>
       </c>
-      <c r="H11" t="n" s="10">
+      <c r="I11" t="n" s="10">
         <v>4144.0</v>
       </c>
-      <c r="I11" t="n" s="10">
+      <c r="J11" t="n" s="10">
         <v>158.0</v>
       </c>
-      <c r="J11" t="n" s="10">
+      <c r="K11" t="n" s="10">
         <v>279.0</v>
       </c>
-      <c r="K11" t="n" s="10">
+      <c r="L11" t="n" s="10">
         <v>-15502.0</v>
       </c>
-      <c r="L11" t="n" s="10">
+      <c r="M11" t="n" s="10">
         <v>-1769.0</v>
       </c>
-      <c r="M11" t="n" s="10">
+      <c r="N11" t="n" s="10">
         <v>-1546.0</v>
       </c>
-      <c r="N11" t="n" s="10">
+      <c r="O11" t="n" s="10">
         <v>-1277.0</v>
       </c>
-      <c r="O11" t="n" s="10">
+      <c r="P11" t="n" s="10">
         <v>-10514.0</v>
       </c>
-      <c r="P11" t="n" s="10">
+      <c r="Q11" t="n" s="10">
         <v>-5797.0</v>
       </c>
-      <c r="Q11" t="n" s="10">
+      <c r="R11" t="n" s="10">
         <v>-5295.0</v>
       </c>
-      <c r="R11" t="n" s="10">
+      <c r="S11" t="n" s="10">
         <v>-3804.0</v>
       </c>
-      <c r="S11" t="n" s="10">
+      <c r="T11" t="n" s="10">
         <v>-16221.0</v>
       </c>
-      <c r="T11" t="n" s="10">
+      <c r="U11" t="n" s="10">
         <v>-9599.0</v>
       </c>
-      <c r="U11" t="n" s="10">
+      <c r="V11" t="n" s="10">
         <v>-2409.0</v>
       </c>
-      <c r="V11" t="n" s="10">
+      <c r="W11" t="n" s="10">
         <v>1145.0</v>
       </c>
-      <c r="W11" t="n" s="10">
+      <c r="X11" t="n" s="10">
         <v>-4556.0</v>
       </c>
-      <c r="X11" t="n" s="10">
+      <c r="Y11" t="n" s="10">
         <v>-4875.0</v>
       </c>
-      <c r="Y11" t="n" s="10">
+      <c r="Z11" t="n" s="10">
         <v>-4594.0</v>
       </c>
-      <c r="Z11" t="n" s="10">
+      <c r="AA11" t="n" s="10">
         <v>-1589.0</v>
       </c>
-      <c r="AA11" t="n" s="10">
+      <c r="AB11" t="n" s="10">
         <v>-4464.0</v>
       </c>
-      <c r="AB11" t="n" s="10">
+      <c r="AC11" t="n" s="10">
         <v>-2556.0</v>
       </c>
-      <c r="AC11" t="n" s="10">
+      <c r="AD11" t="n" s="10">
         <v>68.0</v>
       </c>
-      <c r="AD11" t="n" s="10">
+      <c r="AE11" t="n" s="10">
         <v>14.0</v>
       </c>
-      <c r="AE11" t="n" s="10">
+      <c r="AF11" t="n" s="10">
         <v>-5612.0</v>
       </c>
-      <c r="AF11" t="n" s="10">
+      <c r="AG11" t="n" s="10">
         <v>-1370.0</v>
       </c>
-      <c r="AG11" t="n" s="10">
+      <c r="AH11" t="n" s="10">
         <v>928.0</v>
       </c>
-      <c r="AH11" t="n" s="10">
+      <c r="AI11" t="n" s="10">
         <v>169.0</v>
       </c>
-      <c r="AI11" t="n" s="10">
+      <c r="AJ11" t="n" s="10">
         <v>11100.0</v>
       </c>
-      <c r="AJ11" t="n" s="10">
+      <c r="AK11" t="n" s="10">
         <v>3070.0</v>
       </c>
-      <c r="AK11" t="n" s="10">
+      <c r="AL11" t="n" s="10">
         <v>2793.0</v>
       </c>
-      <c r="AL11" t="n" s="10">
+      <c r="AM11" t="n" s="10">
         <v>1503.0</v>
       </c>
-      <c r="AM11" t="n" s="10">
+      <c r="AN11" t="n" s="10">
         <v>7094.0</v>
       </c>
-      <c r="AN11" t="n" s="10">
+      <c r="AO11" t="n" s="10">
         <v>5497982.0</v>
       </c>
-      <c r="AO11" t="n" s="10">
+      <c r="AP11" t="n" s="10">
         <v>4055348.0</v>
       </c>
-      <c r="AP11" t="n" s="10">
+      <c r="AQ11" t="n" s="10">
         <v>1452363.0</v>
       </c>
-      <c r="AQ11" t="n" s="10">
+      <c r="AR11" t="n" s="10">
         <v>6683.0</v>
       </c>
-      <c r="AR11" t="n" s="10">
+      <c r="AS11" t="n" s="10">
         <v>5060435.0</v>
       </c>
-      <c r="AS11" t="n" s="10">
+      <c r="AT11" t="n" s="10">
         <v>3459774.0</v>
       </c>
-      <c r="AT11" t="n" s="10">
+      <c r="AU11" t="n" s="10">
         <v>2325809.0</v>
       </c>
-      <c r="AU11" t="n" s="10">
+      <c r="AV11" t="n" s="10">
         <v>5294155.0</v>
       </c>
-      <c r="AV11" t="n" s="10">
+      <c r="AW11" t="n" s="10">
         <v>4107105.0</v>
       </c>
-      <c r="AW11" t="n" s="10">
+      <c r="AX11" t="n" s="10">
         <v>2786975.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>7639570.0</v>
       </c>
       <c r="AY11" t="n" s="10">
         <v>7639570.0</v>
       </c>
       <c r="AZ11" t="n" s="10">
+        <v>7639570.0</v>
+      </c>
+      <c r="BA11" t="n" s="10">
         <v>5539159.0</v>
       </c>
-      <c r="BA11" t="n" s="10">
+      <c r="BB11" t="n" s="10">
         <v>3749641.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B13" t="s" s="11">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C13" t="s" s="11">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D13" t="s" s="11">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E13" t="s" s="11">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F13" t="s" s="11">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G13" t="s" s="11">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H13" t="s" s="11">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I13" t="s" s="11">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J13" t="s" s="11">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K13" t="s" s="11">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L13" t="s" s="11">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M13" t="s" s="11">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N13" t="s" s="11">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O13" t="s" s="11">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P13" t="s" s="11">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Q13" t="s" s="11">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R13" t="s" s="11">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="S13" t="s" s="11">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="T13" t="s" s="11">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="U13" t="s" s="11">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="V13" t="s" s="11">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="W13" t="s" s="11">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="X13" t="s" s="11">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Y13" t="s" s="11">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="Z13" t="s" s="11">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AA13" t="s" s="11">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AB13" t="s" s="11">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AC13" t="s" s="11">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AD13" t="s" s="11">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AE13" t="s" s="11">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AF13" t="s" s="11">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AG13" t="s" s="11">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AH13" t="s" s="11">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AI13" t="s" s="11">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AJ13" t="s" s="11">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AK13" t="s" s="11">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AL13" t="s" s="11">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AM13" t="s" s="11">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AN13" t="s" s="11">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AO13" t="s" s="11">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AP13" t="s" s="11">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AQ13" t="s" s="11">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AR13" t="s" s="11">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AS13" t="s" s="11">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AT13" t="s" s="11">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AU13" t="s" s="11">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AV13" t="s" s="11">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AW13" t="s" s="11">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AX13" t="s" s="11">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AY13" t="s" s="11">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AZ13" t="s" s="11">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="BA13" t="s" s="11">
-        <v>116</v>
+        <v>117</v>
+      </c>
+      <c r="BB13" t="s" s="11">
+        <v>118</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Q14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="R14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="S14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="U14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="V14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="W14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="X14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Y14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="Z14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AA14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AB14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AC14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AD14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AE14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AF14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AG14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AH14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AI14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AJ14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AK14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AL14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AM14" t="s" s="12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="AN14" t="s" s="12">
         <v>57</v>
       </c>
       <c r="AO14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AP14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AQ14" t="s" s="12">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="AR14" t="s" s="12">
         <v>57</v>
       </c>
       <c r="AS14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AT14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AU14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AV14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AW14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AX14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AY14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AZ14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="BA14" t="s" s="12">
-        <v>57</v>
+        <v>58</v>
+      </c>
+      <c r="BB14" t="s" s="12">
+        <v>58</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B15" t="n" s="15">
+        <v>204924.0</v>
+      </c>
+      <c r="C15" t="n" s="15">
         <v>150065.0</v>
       </c>
-      <c r="C15" t="n" s="15">
+      <c r="D15" t="n" s="15">
         <v>8703.0</v>
       </c>
-      <c r="D15" t="n" s="15">
+      <c r="E15" t="n" s="15">
         <v>39391.0</v>
       </c>
-      <c r="E15" t="n" s="15">
+      <c r="F15" t="n" s="15">
         <v>6524.0</v>
       </c>
-      <c r="F15" t="n" s="15">
+      <c r="G15" t="n" s="15">
         <v>1499.0</v>
       </c>
-      <c r="G15" t="n" s="15">
+      <c r="H15" t="n" s="15">
         <v>61774.0</v>
       </c>
-      <c r="H15" t="n" s="15">
+      <c r="I15" t="n" s="15">
         <v>58735.0</v>
       </c>
-      <c r="I15" t="n" s="15">
+      <c r="J15" t="n" s="15">
         <v>73802.0</v>
       </c>
-      <c r="J15" t="n" s="15">
+      <c r="K15" t="n" s="15">
         <v>76786.0</v>
       </c>
-      <c r="K15" t="n" s="15">
+      <c r="L15" t="n" s="15">
         <v>130924.0</v>
       </c>
-      <c r="L15" t="n" s="15">
+      <c r="M15" t="n" s="15">
         <v>55322.0</v>
       </c>
-      <c r="M15" t="n" s="15">
+      <c r="N15" t="n" s="15">
         <v>69997.0</v>
       </c>
-      <c r="N15" t="n" s="15">
+      <c r="O15" t="n" s="15">
         <v>153341.0</v>
       </c>
-      <c r="O15" t="n" s="15">
+      <c r="P15" t="n" s="15">
         <v>210957.0</v>
       </c>
-      <c r="P15" t="n" s="15">
+      <c r="Q15" t="n" s="15">
         <v>209678.0</v>
       </c>
-      <c r="Q15" t="n" s="15">
+      <c r="R15" t="n" s="15">
         <v>235714.0</v>
       </c>
-      <c r="R15" t="n" s="15">
+      <c r="S15" t="n" s="15">
         <v>274758.0</v>
       </c>
-      <c r="S15" t="n" s="15">
+      <c r="T15" t="n" s="15">
         <v>177680.0</v>
       </c>
-      <c r="T15" t="n" s="15">
+      <c r="U15" t="n" s="15">
         <v>163664.0</v>
       </c>
-      <c r="U15" t="n" s="15">
+      <c r="V15" t="n" s="15">
         <v>35930.0</v>
       </c>
-      <c r="V15" t="n" s="15">
+      <c r="W15" t="n" s="15">
         <v>79190.0</v>
       </c>
-      <c r="W15" t="n" s="15">
+      <c r="X15" t="n" s="15">
         <v>32739.0</v>
       </c>
-      <c r="X15" t="n" s="15">
+      <c r="Y15" t="n" s="15">
         <v>34441.0</v>
       </c>
-      <c r="Y15" t="n" s="15">
+      <c r="Z15" t="n" s="15">
         <v>31797.0</v>
       </c>
-      <c r="Z15" t="n" s="15">
+      <c r="AA15" t="n" s="15">
         <v>33631.0</v>
       </c>
-      <c r="AA15" t="n" s="15">
+      <c r="AB15" t="n" s="15">
         <v>33981.0</v>
       </c>
-      <c r="AB15" t="n" s="15">
+      <c r="AC15" t="n" s="15">
         <v>33400.0</v>
       </c>
-      <c r="AC15" t="n" s="15">
+      <c r="AD15" t="n" s="15">
         <v>37438.0</v>
       </c>
-      <c r="AD15" t="n" s="15">
+      <c r="AE15" t="n" s="15">
         <v>53585.0</v>
       </c>
-      <c r="AE15" t="n" s="15">
+      <c r="AF15" t="n" s="15">
         <v>65292.0</v>
       </c>
-      <c r="AF15" t="n" s="15">
+      <c r="AG15" t="n" s="15">
         <v>68758.0</v>
       </c>
-      <c r="AG15" t="n" s="15">
+      <c r="AH15" t="n" s="15">
         <v>65635.0</v>
       </c>
-      <c r="AH15" t="n" s="15">
+      <c r="AI15" t="n" s="15">
         <v>55017.0</v>
       </c>
-      <c r="AI15" t="n" s="15">
+      <c r="AJ15" t="n" s="15">
         <v>69463.0</v>
       </c>
-      <c r="AJ15" t="n" s="15">
+      <c r="AK15" t="n" s="15">
         <v>69180.0</v>
       </c>
-      <c r="AK15" t="n" s="15">
+      <c r="AL15" t="n" s="15">
         <v>58688.0</v>
       </c>
-      <c r="AL15" t="n" s="15">
+      <c r="AM15" t="n" s="15">
         <v>49620.0</v>
       </c>
-      <c r="AM15" t="n" s="15">
+      <c r="AN15" t="n" s="15">
         <v>37978.0</v>
       </c>
-      <c r="AN15" t="n" s="15">
+      <c r="AO15" t="n" s="15">
         <v>5.2553754E7</v>
       </c>
-      <c r="AO15" t="n" s="15">
+      <c r="AP15" t="n" s="15">
         <v>4.231918E7</v>
       </c>
-      <c r="AP15" t="n" s="15">
+      <c r="AQ15" t="n" s="15">
         <v>3.9985472E7</v>
       </c>
-      <c r="AQ15" t="n" s="15">
+      <c r="AR15" t="n" s="15">
         <v>26348.0</v>
       </c>
-      <c r="AR15" t="n" s="15">
+      <c r="AS15" t="n" s="15">
         <v>1.8336678E7</v>
       </c>
-      <c r="AS15" t="n" s="15">
+      <c r="AT15" t="n" s="15">
         <v>9018420.0</v>
       </c>
-      <c r="AT15" t="n" s="15">
+      <c r="AU15" t="n" s="15">
         <v>1.0149631E7</v>
       </c>
-      <c r="AU15" t="n" s="15">
+      <c r="AV15" t="n" s="15">
         <v>1.2083426E7</v>
       </c>
-      <c r="AV15" t="n" s="15">
+      <c r="AW15" t="n" s="15">
         <v>2.5179531E7</v>
       </c>
-      <c r="AW15" t="n" s="15">
+      <c r="AX15" t="n" s="15">
         <v>2.7012286E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.0062517E7</v>
       </c>
       <c r="AY15" t="n" s="15">
         <v>2.0062517E7</v>
       </c>
       <c r="AZ15" t="n" s="15">
+        <v>2.0062517E7</v>
+      </c>
+      <c r="BA15" t="n" s="15">
         <v>1.8677444E7</v>
       </c>
-      <c r="BA15" t="n" s="15">
+      <c r="BB15" t="n" s="15">
         <v>2.090949E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B16" t="n" s="16">
+        <v>21102.0</v>
+      </c>
+      <c r="C16" t="n" s="16">
         <v>24653.0</v>
       </c>
-      <c r="C16" t="n" s="16">
+      <c r="D16" t="n" s="16">
         <v>29960.0</v>
       </c>
-      <c r="D16" t="n" s="16">
+      <c r="E16" t="n" s="16">
         <v>33643.0</v>
       </c>
-      <c r="E16" t="n" s="16">
+      <c r="F16" t="n" s="16">
         <v>45223.0</v>
       </c>
-      <c r="F16" t="n" s="16">
+      <c r="G16" t="n" s="16">
         <v>54550.0</v>
       </c>
-      <c r="G16" t="n" s="16">
+      <c r="H16" t="n" s="16">
         <v>436028.0</v>
       </c>
-      <c r="H16" t="n" s="16">
+      <c r="I16" t="n" s="16">
         <v>350998.0</v>
       </c>
-      <c r="I16" t="n" s="16">
+      <c r="J16" t="n" s="16">
         <v>318648.0</v>
       </c>
-      <c r="J16" t="n" s="16">
+      <c r="K16" t="n" s="16">
         <v>297914.0</v>
       </c>
-      <c r="K16" t="n" s="16">
+      <c r="L16" t="n" s="16">
         <v>294473.0</v>
       </c>
-      <c r="L16" t="n" s="16">
+      <c r="M16" t="n" s="16">
         <v>294080.0</v>
       </c>
-      <c r="M16" t="n" s="16">
+      <c r="N16" t="n" s="16">
         <v>291394.0</v>
       </c>
-      <c r="N16" t="n" s="16">
+      <c r="O16" t="n" s="16">
         <v>286700.0</v>
       </c>
-      <c r="O16" t="n" s="16">
+      <c r="P16" t="n" s="16">
         <v>288321.0</v>
       </c>
-      <c r="P16" t="n" s="16">
+      <c r="Q16" t="n" s="16">
         <v>298304.0</v>
       </c>
-      <c r="Q16" t="n" s="16">
+      <c r="R16" t="n" s="16">
         <v>296313.0</v>
       </c>
-      <c r="R16" t="n" s="16">
+      <c r="S16" t="n" s="16">
         <v>304945.0</v>
       </c>
-      <c r="S16" t="n" s="16">
+      <c r="T16" t="n" s="16">
         <v>319082.0</v>
       </c>
-      <c r="T16" t="n" s="16">
+      <c r="U16" t="n" s="16">
         <v>326444.0</v>
       </c>
-      <c r="U16" t="n" s="16">
+      <c r="V16" t="n" s="16">
         <v>325913.0</v>
       </c>
-      <c r="V16" t="n" s="16">
+      <c r="W16" t="n" s="16">
         <v>326830.0</v>
       </c>
-      <c r="W16" t="n" s="16">
+      <c r="X16" t="n" s="16">
         <v>320071.0</v>
       </c>
-      <c r="X16" t="n" s="16">
+      <c r="Y16" t="n" s="16">
         <v>336668.0</v>
       </c>
-      <c r="Y16" t="n" s="16">
+      <c r="Z16" t="n" s="16">
         <v>326410.0</v>
       </c>
-      <c r="Z16" t="n" s="16">
+      <c r="AA16" t="n" s="16">
         <v>338434.0</v>
       </c>
-      <c r="AA16" t="n" s="16">
+      <c r="AB16" t="n" s="16">
         <v>334583.0</v>
       </c>
-      <c r="AB16" t="n" s="16">
+      <c r="AC16" t="n" s="16">
         <v>336680.0</v>
       </c>
-      <c r="AC16" t="n" s="16">
+      <c r="AD16" t="n" s="16">
         <v>346445.0</v>
       </c>
-      <c r="AD16" t="n" s="16">
+      <c r="AE16" t="n" s="16">
         <v>356373.0</v>
       </c>
-      <c r="AE16" t="n" s="16">
+      <c r="AF16" t="n" s="16">
         <v>381239.0</v>
       </c>
-      <c r="AF16" t="n" s="16">
+      <c r="AG16" t="n" s="16">
         <v>386640.0</v>
       </c>
-      <c r="AG16" t="n" s="16">
+      <c r="AH16" t="n" s="16">
         <v>372593.0</v>
       </c>
-      <c r="AH16" t="n" s="16">
+      <c r="AI16" t="n" s="16">
         <v>364078.0</v>
       </c>
-      <c r="AI16" t="n" s="16">
+      <c r="AJ16" t="n" s="16">
         <v>386635.0</v>
       </c>
-      <c r="AJ16" t="n" s="16">
+      <c r="AK16" t="n" s="16">
         <v>339572.0</v>
       </c>
-      <c r="AK16" t="n" s="16">
+      <c r="AL16" t="n" s="16">
         <v>355913.0</v>
       </c>
-      <c r="AL16" t="n" s="16">
+      <c r="AM16" t="n" s="16">
         <v>332893.0</v>
       </c>
-      <c r="AM16" t="n" s="16">
+      <c r="AN16" t="n" s="16">
         <v>334722.0</v>
       </c>
-      <c r="AN16" t="n" s="16">
+      <c r="AO16" t="n" s="16">
         <v>3.29431491E8</v>
       </c>
-      <c r="AO16" t="n" s="16">
+      <c r="AP16" t="n" s="16">
         <v>3.29184651E8</v>
       </c>
-      <c r="AP16" t="n" s="16">
+      <c r="AQ16" t="n" s="16">
         <v>3.48429271E8</v>
       </c>
-      <c r="AQ16" t="n" s="16">
+      <c r="AR16" t="n" s="16">
         <v>327134.0</v>
       </c>
-      <c r="AR16" t="n" s="16">
+      <c r="AS16" t="n" s="16">
         <v>3.02195067E8</v>
       </c>
-      <c r="AS16" t="n" s="16">
+      <c r="AT16" t="n" s="16">
         <v>2.82674866E8</v>
       </c>
-      <c r="AT16" t="n" s="16">
+      <c r="AU16" t="n" s="16">
         <v>2.87349301E8</v>
       </c>
-      <c r="AU16" t="n" s="16">
+      <c r="AV16" t="n" s="16">
         <v>2.65102077E8</v>
       </c>
-      <c r="AV16" t="n" s="16">
+      <c r="AW16" t="n" s="16">
         <v>2.46911398E8</v>
       </c>
-      <c r="AW16" t="n" s="16">
+      <c r="AX16" t="n" s="16">
         <v>2.31921721E8</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.11681817E8</v>
       </c>
       <c r="AY16" t="n" s="16">
         <v>2.11681817E8</v>
       </c>
       <c r="AZ16" t="n" s="16">
+        <v>2.11681817E8</v>
+      </c>
+      <c r="BA16" t="n" s="16">
         <v>2.06423163E8</v>
       </c>
-      <c r="BA16" t="n" s="16">
+      <c r="BB16" t="n" s="16">
         <v>1.96423352E8</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B17" t="n" s="17">
+        <v>406035.0</v>
+      </c>
+      <c r="C17" t="n" s="17">
         <v>394216.0</v>
       </c>
-      <c r="C17" t="n" s="17">
+      <c r="D17" t="n" s="17">
         <v>367164.0</v>
       </c>
-      <c r="D17" t="n" s="17">
+      <c r="E17" t="n" s="17">
         <v>348609.0</v>
       </c>
-      <c r="E17" t="n" s="17">
+      <c r="F17" t="n" s="17">
         <v>287062.0</v>
       </c>
-      <c r="F17" t="n" s="17">
+      <c r="G17" t="n" s="17">
         <v>230957.0</v>
       </c>
-      <c r="G17" t="n" s="17">
+      <c r="H17" t="n" s="17">
         <v>111314.0</v>
       </c>
-      <c r="H17" t="n" s="17">
+      <c r="I17" t="n" s="17">
         <v>87556.0</v>
       </c>
-      <c r="I17" t="n" s="17">
+      <c r="J17" t="n" s="17">
         <v>56884.0</v>
       </c>
-      <c r="J17" t="n" s="17">
+      <c r="K17" t="n" s="17">
         <v>43708.0</v>
       </c>
-      <c r="K17" t="n" s="17">
+      <c r="L17" t="n" s="17">
         <v>31423.0</v>
       </c>
-      <c r="L17" t="n" s="17">
+      <c r="M17" t="n" s="17">
         <v>69747.0</v>
       </c>
-      <c r="M17" t="n" s="17">
+      <c r="N17" t="n" s="17">
         <v>73783.0</v>
       </c>
-      <c r="N17" t="n" s="17">
+      <c r="O17" t="n" s="17">
         <v>78116.0</v>
       </c>
-      <c r="O17" t="n" s="17">
+      <c r="P17" t="n" s="17">
         <v>82790.0</v>
       </c>
-      <c r="P17" t="n" s="17">
+      <c r="Q17" t="n" s="17">
         <v>87768.0</v>
       </c>
-      <c r="Q17" t="n" s="17">
+      <c r="R17" t="n" s="17">
         <v>93329.0</v>
       </c>
-      <c r="R17" t="n" s="17">
+      <c r="S17" t="n" s="17">
         <v>104711.0</v>
       </c>
-      <c r="S17" t="n" s="17">
+      <c r="T17" t="n" s="17">
         <v>116182.0</v>
       </c>
-      <c r="T17" t="n" s="17">
+      <c r="U17" t="n" s="17">
         <v>120047.0</v>
       </c>
-      <c r="U17" t="n" s="17">
+      <c r="V17" t="n" s="17">
         <v>125053.0</v>
       </c>
-      <c r="V17" t="n" s="17">
+      <c r="W17" t="n" s="17">
         <v>129981.0</v>
       </c>
-      <c r="W17" t="n" s="17">
+      <c r="X17" t="n" s="17">
         <v>133692.0</v>
       </c>
-      <c r="X17" t="n" s="17">
+      <c r="Y17" t="n" s="17">
         <v>141161.0</v>
       </c>
-      <c r="Y17" t="n" s="17">
+      <c r="Z17" t="n" s="17">
         <v>148842.0</v>
       </c>
-      <c r="Z17" t="n" s="17">
+      <c r="AA17" t="n" s="17">
         <v>159785.0</v>
       </c>
-      <c r="AA17" t="n" s="17">
+      <c r="AB17" t="n" s="17">
         <v>164990.0</v>
       </c>
-      <c r="AB17" t="n" s="17">
+      <c r="AC17" t="n" s="17">
         <v>170202.0</v>
       </c>
-      <c r="AC17" t="n" s="17">
+      <c r="AD17" t="n" s="17">
         <v>178821.0</v>
       </c>
-      <c r="AD17" t="n" s="17">
+      <c r="AE17" t="n" s="17">
         <v>187479.0</v>
       </c>
-      <c r="AE17" t="n" s="17">
+      <c r="AF17" t="n" s="17">
         <v>226890.0</v>
       </c>
-      <c r="AF17" t="n" s="17">
+      <c r="AG17" t="n" s="17">
         <v>242319.0</v>
       </c>
-      <c r="AG17" t="n" s="17">
+      <c r="AH17" t="n" s="17">
         <v>244005.0</v>
       </c>
-      <c r="AH17" t="n" s="17">
+      <c r="AI17" t="n" s="17">
         <v>242117.0</v>
       </c>
-      <c r="AI17" t="n" s="17">
+      <c r="AJ17" t="n" s="17">
         <v>260320.0</v>
       </c>
-      <c r="AJ17" t="n" s="17">
+      <c r="AK17" t="n" s="17">
         <v>257577.0</v>
       </c>
-      <c r="AK17" t="n" s="17">
+      <c r="AL17" t="n" s="17">
         <v>270317.0</v>
       </c>
-      <c r="AL17" t="n" s="17">
+      <c r="AM17" t="n" s="17">
         <v>257899.0</v>
       </c>
-      <c r="AM17" t="n" s="17">
+      <c r="AN17" t="n" s="17">
         <v>263015.0</v>
       </c>
-      <c r="AN17" t="n" s="17">
+      <c r="AO17" t="n" s="17">
         <v>2.66155197E8</v>
       </c>
-      <c r="AO17" t="n" s="17">
+      <c r="AP17" t="n" s="17">
         <v>2.73237054E8</v>
       </c>
-      <c r="AP17" t="n" s="17">
+      <c r="AQ17" t="n" s="17">
         <v>2.98591859E8</v>
       </c>
-      <c r="AQ17" t="n" s="17">
+      <c r="AR17" t="n" s="17">
         <v>286613.0</v>
       </c>
-      <c r="AR17" t="n" s="17">
+      <c r="AS17" t="n" s="17">
         <v>2.78852941E8</v>
       </c>
-      <c r="AS17" t="n" s="17">
+      <c r="AT17" t="n" s="17">
         <v>2.8732642E8</v>
       </c>
-      <c r="AT17" t="n" s="17">
+      <c r="AU17" t="n" s="17">
         <v>3.13514942E8</v>
       </c>
-      <c r="AU17" t="n" s="17">
+      <c r="AV17" t="n" s="17">
         <v>2.94719978E8</v>
       </c>
-      <c r="AV17" t="n" s="17">
+      <c r="AW17" t="n" s="17">
         <v>2.84395219E8</v>
       </c>
-      <c r="AW17" t="n" s="17">
+      <c r="AX17" t="n" s="17">
         <v>2.73968393E8</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.6919018E8</v>
       </c>
       <c r="AY17" t="n" s="17">
         <v>2.6919018E8</v>
       </c>
       <c r="AZ17" t="n" s="17">
+        <v>2.6919018E8</v>
+      </c>
+      <c r="BA17" t="n" s="17">
         <v>2.69639152E8</v>
       </c>
-      <c r="BA17" t="n" s="17">
+      <c r="BB17" t="n" s="17">
         <v>2.6853175E8</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B18" t="n" s="18">
+        <v>78.0</v>
+      </c>
+      <c r="C18" t="n" s="18">
         <v>154.0</v>
       </c>
-      <c r="C18" t="n" s="18">
+      <c r="D18" t="n" s="18">
         <v>123.0</v>
       </c>
-      <c r="D18" t="n" s="18">
+      <c r="E18" t="n" s="18">
         <v>89.0</v>
       </c>
-      <c r="E18" t="n" s="18">
+      <c r="F18" t="n" s="18">
         <v>99.0</v>
       </c>
-      <c r="F18" t="n" s="18">
+      <c r="G18" t="n" s="18">
         <v>152.0</v>
       </c>
-      <c r="G18" t="n" s="18">
+      <c r="H18" t="n" s="18">
         <v>2984.0</v>
       </c>
-      <c r="H18" t="n" s="18">
+      <c r="I18" t="n" s="18">
         <v>2696.0</v>
       </c>
-      <c r="I18" t="n" s="18">
+      <c r="J18" t="n" s="18">
         <v>4797.0</v>
       </c>
-      <c r="J18" t="n" s="18">
+      <c r="K18" t="n" s="18">
         <v>4840.0</v>
       </c>
-      <c r="K18" t="n" s="18">
+      <c r="L18" t="n" s="18">
         <v>4942.0</v>
       </c>
-      <c r="L18" t="n" s="18">
+      <c r="M18" t="n" s="18">
         <v>6110.0</v>
       </c>
-      <c r="M18" t="n" s="18">
+      <c r="N18" t="n" s="18">
         <v>6046.0</v>
       </c>
-      <c r="N18" t="n" s="18">
+      <c r="O18" t="n" s="18">
         <v>6110.0</v>
       </c>
-      <c r="O18" t="n" s="18">
+      <c r="P18" t="n" s="18">
         <v>6168.0</v>
       </c>
-      <c r="P18" t="n" s="18">
+      <c r="Q18" t="n" s="18">
         <v>6236.0</v>
       </c>
-      <c r="Q18" t="n" s="18">
+      <c r="R18" t="n" s="18">
         <v>6395.0</v>
       </c>
-      <c r="R18" t="n" s="18">
+      <c r="S18" t="n" s="18">
         <v>6507.0</v>
       </c>
-      <c r="S18" t="n" s="18">
+      <c r="T18" t="n" s="18">
         <v>6733.0</v>
       </c>
-      <c r="T18" t="n" s="18">
+      <c r="U18" t="n" s="18">
         <v>7022.0</v>
       </c>
-      <c r="U18" t="n" s="18">
+      <c r="V18" t="n" s="18">
         <v>7008.0</v>
       </c>
-      <c r="V18" t="n" s="18">
+      <c r="W18" t="n" s="18">
         <v>7042.0</v>
       </c>
-      <c r="W18" t="n" s="18">
+      <c r="X18" t="n" s="18">
         <v>5625.0</v>
       </c>
-      <c r="X18" t="n" s="18">
+      <c r="Y18" t="n" s="18">
         <v>5640.0</v>
       </c>
-      <c r="Y18" t="n" s="18">
+      <c r="Z18" t="n" s="18">
         <v>5750.0</v>
       </c>
-      <c r="Z18" t="n" s="18">
+      <c r="AA18" t="n" s="18">
         <v>5862.0</v>
       </c>
-      <c r="AA18" t="n" s="18">
+      <c r="AB18" t="n" s="18">
         <v>5961.0</v>
       </c>
-      <c r="AB18" t="n" s="18">
+      <c r="AC18" t="n" s="18">
         <v>6098.0</v>
       </c>
-      <c r="AC18" t="n" s="18">
+      <c r="AD18" t="n" s="18">
         <v>6126.0</v>
       </c>
-      <c r="AD18" t="n" s="18">
+      <c r="AE18" t="n" s="18">
         <v>6161.0</v>
       </c>
-      <c r="AE18" t="n" s="18">
+      <c r="AF18" t="n" s="18">
         <v>6477.0</v>
       </c>
-      <c r="AF18" t="n" s="18">
+      <c r="AG18" t="n" s="18">
         <v>6140.0</v>
       </c>
-      <c r="AG18" t="n" s="18">
+      <c r="AH18" t="n" s="18">
         <v>5824.0</v>
       </c>
-      <c r="AH18" t="n" s="18">
+      <c r="AI18" t="n" s="18">
         <v>6448.0</v>
       </c>
-      <c r="AI18" t="n" s="18">
+      <c r="AJ18" t="n" s="18">
         <v>6412.0</v>
       </c>
-      <c r="AJ18" t="n" s="18">
+      <c r="AK18" t="n" s="18">
         <v>11510.0</v>
       </c>
-      <c r="AK18" t="n" s="18">
+      <c r="AL18" t="n" s="18">
         <v>2172.0</v>
       </c>
-      <c r="AL18" t="n" s="18">
+      <c r="AM18" t="n" s="18">
         <v>2257.0</v>
       </c>
-      <c r="AM18" t="n" s="18">
+      <c r="AN18" t="n" s="18">
         <v>13480.0</v>
       </c>
-      <c r="AN18" t="n" s="18">
+      <c r="AO18" t="n" s="18">
         <v>1.160891E7</v>
       </c>
-      <c r="AO18" t="n" s="18">
+      <c r="AP18" t="n" s="18">
         <v>1.1397729E7</v>
       </c>
-      <c r="AP18" t="n" s="18">
+      <c r="AQ18" t="n" s="18">
         <v>1.0862841E7</v>
       </c>
-      <c r="AQ18" t="n" s="18">
+      <c r="AR18" t="n" s="18">
         <v>10837.0</v>
       </c>
-      <c r="AR18" t="n" s="18">
+      <c r="AS18" t="n" s="18">
         <v>1.0194619E7</v>
       </c>
-      <c r="AS18" t="n" s="18">
+      <c r="AT18" t="n" s="18">
         <v>9936106.0</v>
       </c>
-      <c r="AT18" t="n" s="18">
+      <c r="AU18" t="n" s="18">
         <v>9582379.0</v>
       </c>
-      <c r="AU18" t="n" s="18">
+      <c r="AV18" t="n" s="18">
         <v>9645369.0</v>
       </c>
-      <c r="AV18" t="n" s="18">
+      <c r="AW18" t="n" s="18">
         <v>9724087.0</v>
       </c>
-      <c r="AW18" t="n" s="18">
+      <c r="AX18" t="n" s="18">
         <v>8918417.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6516614.0</v>
       </c>
       <c r="AY18" t="n" s="18">
         <v>6516614.0</v>
       </c>
       <c r="AZ18" t="n" s="18">
+        <v>6516614.0</v>
+      </c>
+      <c r="BA18" t="n" s="18">
         <v>3783898.0</v>
       </c>
-      <c r="BA18" t="n" s="18">
+      <c r="BB18" t="n" s="18">
         <v>2606854.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B19" t="n" s="22">
+        <v>858613.0</v>
+      </c>
+      <c r="C19" t="n" s="22">
         <v>876134.0</v>
       </c>
-      <c r="C19" t="n" s="22">
+      <c r="D19" t="n" s="22">
         <v>747914.0</v>
       </c>
-      <c r="D19" t="n" s="22">
+      <c r="E19" t="n" s="22">
         <v>758018.0</v>
       </c>
-      <c r="E19" t="n" s="22">
+      <c r="F19" t="n" s="22">
         <v>643834.0</v>
       </c>
-      <c r="F19" t="n" s="22">
+      <c r="G19" t="n" s="22">
         <v>435129.0</v>
       </c>
-      <c r="G19" t="n" s="22">
+      <c r="H19" t="n" s="22">
         <v>710520.0</v>
       </c>
-      <c r="H19" t="n" s="22">
+      <c r="I19" t="n" s="22">
         <v>614844.0</v>
       </c>
-      <c r="I19" t="n" s="22">
+      <c r="J19" t="n" s="22">
         <v>574588.0</v>
       </c>
-      <c r="J19" t="n" s="22">
+      <c r="K19" t="n" s="22">
         <v>575145.0</v>
       </c>
-      <c r="K19" t="n" s="22">
+      <c r="L19" t="n" s="22">
         <v>593404.0</v>
       </c>
-      <c r="L19" t="n" s="22">
+      <c r="M19" t="n" s="22">
         <v>561174.0</v>
       </c>
-      <c r="M19" t="n" s="22">
+      <c r="N19" t="n" s="22">
         <v>617647.0</v>
       </c>
-      <c r="N19" t="n" s="22">
+      <c r="O19" t="n" s="22">
         <v>738741.0</v>
       </c>
-      <c r="O19" t="n" s="22">
+      <c r="P19" t="n" s="22">
         <v>744857.0</v>
       </c>
-      <c r="P19" t="n" s="22">
+      <c r="Q19" t="n" s="22">
         <v>748068.0</v>
       </c>
-      <c r="Q19" t="n" s="22">
+      <c r="R19" t="n" s="22">
         <v>753629.0</v>
       </c>
-      <c r="R19" t="n" s="22">
+      <c r="S19" t="n" s="22">
         <v>821973.0</v>
       </c>
-      <c r="S19" t="n" s="22">
+      <c r="T19" t="n" s="22">
         <v>769412.0</v>
       </c>
-      <c r="T19" t="n" s="22">
+      <c r="U19" t="n" s="22">
         <v>759949.0</v>
       </c>
-      <c r="U19" t="n" s="22">
+      <c r="V19" t="n" s="22">
         <v>674715.0</v>
       </c>
-      <c r="V19" t="n" s="22">
+      <c r="W19" t="n" s="22">
         <v>789321.0</v>
       </c>
-      <c r="W19" t="n" s="22">
+      <c r="X19" t="n" s="22">
         <v>737232.0</v>
       </c>
-      <c r="X19" t="n" s="22">
+      <c r="Y19" t="n" s="22">
         <v>782598.0</v>
       </c>
-      <c r="Y19" t="n" s="22">
+      <c r="Z19" t="n" s="22">
         <v>739032.0</v>
       </c>
-      <c r="Z19" t="n" s="22">
+      <c r="AA19" t="n" s="22">
         <v>710429.0</v>
       </c>
-      <c r="AA19" t="n" s="22">
+      <c r="AB19" t="n" s="22">
         <v>752625.0</v>
       </c>
-      <c r="AB19" t="n" s="22">
+      <c r="AC19" t="n" s="22">
         <v>751450.0</v>
       </c>
-      <c r="AC19" t="n" s="22">
+      <c r="AD19" t="n" s="22">
         <v>809618.0</v>
       </c>
-      <c r="AD19" t="n" s="22">
+      <c r="AE19" t="n" s="22">
         <v>778877.0</v>
       </c>
-      <c r="AE19" t="n" s="22">
+      <c r="AF19" t="n" s="22">
         <v>816372.0</v>
       </c>
-      <c r="AF19" t="n" s="22">
+      <c r="AG19" t="n" s="22">
         <v>855967.0</v>
       </c>
-      <c r="AG19" t="n" s="22">
+      <c r="AH19" t="n" s="22">
         <v>839767.0</v>
       </c>
-      <c r="AH19" t="n" s="22">
+      <c r="AI19" t="n" s="22">
         <v>826890.0</v>
       </c>
-      <c r="AI19" t="n" s="22">
+      <c r="AJ19" t="n" s="22">
         <v>873437.0</v>
       </c>
-      <c r="AJ19" t="n" s="22">
+      <c r="AK19" t="n" s="22">
         <v>806268.0</v>
       </c>
-      <c r="AK19" t="n" s="22">
+      <c r="AL19" t="n" s="22">
         <v>829480.0</v>
       </c>
-      <c r="AL19" t="n" s="22">
+      <c r="AM19" t="n" s="22">
         <v>772378.0</v>
       </c>
-      <c r="AM19" t="n" s="22">
+      <c r="AN19" t="n" s="22">
         <v>801652.0</v>
       </c>
-      <c r="AN19" t="n" s="22">
+      <c r="AO19" t="n" s="22">
         <v>7.86560272E8</v>
       </c>
-      <c r="AO19" t="n" s="22">
+      <c r="AP19" t="n" s="22">
         <v>8.17454986E8</v>
       </c>
-      <c r="AP19" t="n" s="22">
+      <c r="AQ19" t="n" s="22">
         <v>7.46238091E8</v>
       </c>
-      <c r="AQ19" t="n" s="22">
+      <c r="AR19" t="n" s="22">
         <v>689512.0</v>
       </c>
-      <c r="AR19" t="n" s="22">
+      <c r="AS19" t="n" s="22">
         <v>6.79591304E8</v>
       </c>
-      <c r="AS19" t="n" s="22">
+      <c r="AT19" t="n" s="22">
         <v>6.30738242E8</v>
       </c>
-      <c r="AT19" t="n" s="22">
+      <c r="AU19" t="n" s="22">
         <v>6.37411392E8</v>
       </c>
-      <c r="AU19" t="n" s="22">
+      <c r="AV19" t="n" s="22">
         <v>6.16954271E8</v>
       </c>
-      <c r="AV19" t="n" s="22">
+      <c r="AW19" t="n" s="22">
         <v>5.92927586E8</v>
       </c>
-      <c r="AW19" t="n" s="22">
+      <c r="AX19" t="n" s="22">
         <v>5.81551823E8</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.37302104E8</v>
       </c>
       <c r="AY19" t="n" s="22">
         <v>5.37302104E8</v>
       </c>
       <c r="AZ19" t="n" s="22">
+        <v>5.37302104E8</v>
+      </c>
+      <c r="BA19" t="n" s="22">
         <v>5.39187236E8</v>
       </c>
-      <c r="BA19" t="n" s="22">
+      <c r="BB19" t="n" s="22">
         <v>5.24906985E8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B20" t="n" s="23">
+        <v>312807.0</v>
+      </c>
+      <c r="C20" t="n" s="23">
         <v>445235.0</v>
       </c>
-      <c r="C20" t="n" s="23">
+      <c r="D20" t="n" s="23">
         <v>295267.0</v>
       </c>
-      <c r="D20" t="n" s="23">
+      <c r="E20" t="n" s="23">
         <v>321770.0</v>
       </c>
-      <c r="E20" t="n" s="23">
+      <c r="F20" t="n" s="23">
         <v>234469.0</v>
       </c>
-      <c r="F20" t="n" s="23">
+      <c r="G20" t="n" s="23">
         <v>101975.0</v>
       </c>
-      <c r="G20" t="n" s="23">
+      <c r="H20" t="n" s="23">
         <v>104671.0</v>
       </c>
-      <c r="H20" t="n" s="23">
+      <c r="I20" t="n" s="23">
         <v>66662.0</v>
       </c>
-      <c r="I20" t="n" s="23">
+      <c r="J20" t="n" s="23">
         <v>42593.0</v>
       </c>
-      <c r="J20" t="n" s="23">
+      <c r="K20" t="n" s="23">
         <v>39398.0</v>
       </c>
-      <c r="K20" t="n" s="23">
+      <c r="L20" t="n" s="23">
         <v>47229.0</v>
       </c>
-      <c r="L20" t="n" s="23">
+      <c r="M20" t="n" s="23">
         <v>49620.0</v>
       </c>
-      <c r="M20" t="n" s="23">
+      <c r="N20" t="n" s="23">
         <v>51020.0</v>
       </c>
-      <c r="N20" t="n" s="23">
+      <c r="O20" t="n" s="23">
         <v>40181.0</v>
       </c>
-      <c r="O20" t="n" s="23">
+      <c r="P20" t="n" s="23">
         <v>39774.0</v>
       </c>
-      <c r="P20" t="n" s="23">
+      <c r="Q20" t="n" s="23">
         <v>37723.0</v>
       </c>
-      <c r="Q20" t="n" s="23">
+      <c r="R20" t="n" s="23">
         <v>42876.0</v>
       </c>
-      <c r="R20" t="n" s="23">
+      <c r="S20" t="n" s="23">
         <v>42466.0</v>
       </c>
-      <c r="S20" t="n" s="23">
+      <c r="T20" t="n" s="23">
         <v>43036.0</v>
       </c>
-      <c r="T20" t="n" s="23">
+      <c r="U20" t="n" s="23">
         <v>43317.0</v>
       </c>
-      <c r="U20" t="n" s="23">
+      <c r="V20" t="n" s="23">
         <v>36616.0</v>
       </c>
-      <c r="V20" t="n" s="23">
+      <c r="W20" t="n" s="23">
         <v>133174.0</v>
       </c>
-      <c r="W20" t="n" s="23">
+      <c r="X20" t="n" s="23">
         <v>134841.0</v>
       </c>
-      <c r="X20" t="n" s="23">
+      <c r="Y20" t="n" s="23">
         <v>134437.0</v>
       </c>
-      <c r="Y20" t="n" s="23">
+      <c r="Z20" t="n" s="23">
         <v>112660.0</v>
       </c>
-      <c r="Z20" t="n" s="23">
+      <c r="AA20" t="n" s="23">
         <v>109900.0</v>
       </c>
-      <c r="AA20" t="n" s="23">
+      <c r="AB20" t="n" s="23">
         <v>110597.0</v>
       </c>
-      <c r="AB20" t="n" s="23">
+      <c r="AC20" t="n" s="23">
         <v>109671.0</v>
       </c>
-      <c r="AC20" t="n" s="23">
+      <c r="AD20" t="n" s="23">
         <v>117676.0</v>
       </c>
-      <c r="AD20" t="n" s="23">
+      <c r="AE20" t="n" s="23">
         <v>27235.0</v>
       </c>
-      <c r="AE20" t="n" s="23">
+      <c r="AF20" t="n" s="23">
         <v>21239.0</v>
       </c>
-      <c r="AF20" t="n" s="23">
+      <c r="AG20" t="n" s="23">
         <v>59953.0</v>
       </c>
-      <c r="AG20" t="n" s="23">
+      <c r="AH20" t="n" s="23">
         <v>48138.0</v>
       </c>
-      <c r="AH20" t="n" s="23">
+      <c r="AI20" t="n" s="23">
         <v>35617.0</v>
       </c>
-      <c r="AI20" t="n" s="23">
+      <c r="AJ20" t="n" s="23">
         <v>22650.0</v>
       </c>
-      <c r="AJ20" t="n" s="23">
+      <c r="AK20" t="n" s="23">
         <v>19676.0</v>
       </c>
-      <c r="AK20" t="n" s="23">
+      <c r="AL20" t="n" s="23">
         <v>29930.0</v>
       </c>
-      <c r="AL20" t="n" s="23">
+      <c r="AM20" t="n" s="23">
         <v>24534.0</v>
       </c>
-      <c r="AM20" t="n" s="23">
+      <c r="AN20" t="n" s="23">
         <v>26392.0</v>
       </c>
-      <c r="AN20" t="n" s="23">
+      <c r="AO20" t="n" s="23">
         <v>1.6326099E7</v>
       </c>
-      <c r="AO20" t="n" s="23">
+      <c r="AP20" t="n" s="23">
         <v>1.6757335E7</v>
       </c>
-      <c r="AP20" t="n" s="23">
+      <c r="AQ20" t="n" s="23">
         <v>9384806.0</v>
       </c>
-      <c r="AQ20" t="n" s="23">
+      <c r="AR20" t="n" s="23">
         <v>14233.0</v>
       </c>
-      <c r="AR20" t="n" s="23">
+      <c r="AS20" t="n" s="23">
         <v>2.0746769E7</v>
       </c>
-      <c r="AS20" t="n" s="23">
+      <c r="AT20" t="n" s="23">
         <v>2.214431E7</v>
       </c>
-      <c r="AT20" t="n" s="23">
+      <c r="AU20" t="n" s="23">
         <v>2.1644994E7</v>
       </c>
-      <c r="AU20" t="n" s="23">
+      <c r="AV20" t="n" s="23">
         <v>3.1345978E7</v>
       </c>
-      <c r="AV20" t="n" s="23">
+      <c r="AW20" t="n" s="23">
         <v>4.6902493E7</v>
       </c>
-      <c r="AW20" t="n" s="23">
+      <c r="AX20" t="n" s="23">
         <v>4.8759727E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.4748829E7</v>
       </c>
       <c r="AY20" t="n" s="23">
         <v>4.4748829E7</v>
       </c>
       <c r="AZ20" t="n" s="23">
+        <v>4.4748829E7</v>
+      </c>
+      <c r="BA20" t="n" s="23">
         <v>5.0978803E7</v>
       </c>
-      <c r="BA20" t="n" s="23">
+      <c r="BB20" t="n" s="23">
         <v>3.0556783E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B21" t="n" s="24">
         <v>0.0</v>
       </c>
       <c r="C21" t="n" s="24">
         <v>0.0</v>
       </c>
       <c r="D21" t="n" s="24">
         <v>0.0</v>
       </c>
       <c r="E21" t="n" s="24">
         <v>0.0</v>
       </c>
       <c r="F21" t="n" s="24">
         <v>0.0</v>
       </c>
       <c r="G21" t="n" s="24">
+        <v>0.0</v>
+      </c>
+      <c r="H21" t="n" s="24">
         <v>314696.0</v>
       </c>
-      <c r="H21" t="n" s="24">
+      <c r="I21" t="n" s="24">
         <v>292836.0</v>
       </c>
-      <c r="I21" t="n" s="24">
+      <c r="J21" t="n" s="24">
         <v>284508.0</v>
       </c>
-      <c r="J21" t="n" s="24">
+      <c r="K21" t="n" s="24">
         <v>289548.0</v>
       </c>
-      <c r="K21" t="n" s="24">
+      <c r="L21" t="n" s="24">
         <v>297072.0</v>
       </c>
-      <c r="L21" t="n" s="24">
+      <c r="M21" t="n" s="24">
         <v>236670.0</v>
       </c>
-      <c r="M21" t="n" s="24">
+      <c r="N21" t="n" s="24">
         <v>290301.0</v>
       </c>
-      <c r="N21" t="n" s="24">
+      <c r="O21" t="n" s="24">
         <v>331740.0</v>
       </c>
-      <c r="O21" t="n" s="24">
+      <c r="P21" t="n" s="24">
         <v>329048.0</v>
       </c>
-      <c r="P21" t="n" s="24">
+      <c r="Q21" t="n" s="24">
         <v>328846.0</v>
       </c>
-      <c r="Q21" t="n" s="24">
+      <c r="R21" t="n" s="24">
         <v>337388.0</v>
       </c>
-      <c r="R21" t="n" s="24">
+      <c r="S21" t="n" s="24">
         <v>346811.0</v>
       </c>
-      <c r="S21" t="n" s="24">
+      <c r="T21" t="n" s="24">
         <v>298762.0</v>
       </c>
-      <c r="T21" t="n" s="24">
+      <c r="U21" t="n" s="24">
         <v>297664.0</v>
       </c>
-      <c r="U21" t="n" s="24">
+      <c r="V21" t="n" s="24">
         <v>259887.0</v>
       </c>
-      <c r="V21" t="n" s="24">
+      <c r="W21" t="n" s="24">
         <v>243809.0</v>
       </c>
-      <c r="W21" t="n" s="24">
+      <c r="X21" t="n" s="24">
         <v>222501.0</v>
       </c>
-      <c r="X21" t="n" s="24">
+      <c r="Y21" t="n" s="24">
         <v>211302.0</v>
       </c>
-      <c r="Y21" t="n" s="24">
+      <c r="Z21" t="n" s="24">
         <v>168957.0</v>
       </c>
-      <c r="Z21" t="n" s="24">
+      <c r="AA21" t="n" s="24">
         <v>139834.0</v>
       </c>
-      <c r="AA21" t="n" s="24">
+      <c r="AB21" t="n" s="24">
         <v>152206.0</v>
       </c>
-      <c r="AB21" t="n" s="24">
+      <c r="AC21" t="n" s="24">
         <v>151314.0</v>
       </c>
-      <c r="AC21" t="n" s="24">
+      <c r="AD21" t="n" s="24">
         <v>154651.0</v>
       </c>
-      <c r="AD21" t="n" s="24">
+      <c r="AE21" t="n" s="24">
         <v>178895.0</v>
       </c>
-      <c r="AE21" t="n" s="24">
+      <c r="AF21" t="n" s="24">
         <v>161105.0</v>
       </c>
-      <c r="AF21" t="n" s="24">
+      <c r="AG21" t="n" s="24">
         <v>153690.0</v>
       </c>
-      <c r="AG21" t="n" s="24">
+      <c r="AH21" t="n" s="24">
         <v>127077.0</v>
       </c>
-      <c r="AH21" t="n" s="24">
+      <c r="AI21" t="n" s="24">
         <v>117696.0</v>
       </c>
-      <c r="AI21" t="n" s="24">
+      <c r="AJ21" t="n" s="24">
         <v>112740.0</v>
       </c>
-      <c r="AJ21" t="n" s="24">
+      <c r="AK21" t="n" s="24">
         <v>70973.0</v>
       </c>
-      <c r="AK21" t="n" s="24">
+      <c r="AL21" t="n" s="24">
         <v>66672.0</v>
       </c>
-      <c r="AL21" t="n" s="24">
+      <c r="AM21" t="n" s="24">
         <v>68275.0</v>
       </c>
-      <c r="AM21" t="n" s="24">
+      <c r="AN21" t="n" s="24">
         <v>63562.0</v>
       </c>
-      <c r="AN21" t="n" s="24">
+      <c r="AO21" t="n" s="24">
         <v>3.8919614E7</v>
       </c>
-      <c r="AO21" t="n" s="24">
+      <c r="AP21" t="n" s="24">
         <v>4.0364261E7</v>
       </c>
-      <c r="AP21" t="n" s="24">
+      <c r="AQ21" t="n" s="24">
         <v>5.1113891E7</v>
       </c>
-      <c r="AQ21" t="n" s="24">
+      <c r="AR21" t="n" s="24">
         <v>33766.0</v>
       </c>
-      <c r="AR21" t="n" s="24">
+      <c r="AS21" t="n" s="24">
         <v>3.2050534E7</v>
       </c>
-      <c r="AS21" t="n" s="24">
+      <c r="AT21" t="n" s="24">
         <v>2.8634711E7</v>
       </c>
-      <c r="AT21" t="n" s="24">
+      <c r="AU21" t="n" s="24">
         <v>4441855.0</v>
       </c>
-      <c r="AU21" t="n" s="24">
+      <c r="AV21" t="n" s="24">
         <v>3599089.0</v>
       </c>
-      <c r="AV21" t="s" s="24">
-[...1 lines deleted...]
-      </c>
       <c r="AW21" t="s" s="24">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>655657.0</v>
+        <v>56</v>
+      </c>
+      <c r="AX21" t="s" s="24">
+        <v>56</v>
       </c>
       <c r="AY21" t="n" s="24">
         <v>655657.0</v>
       </c>
-      <c r="AZ21" t="s" s="24">
-        <v>55</v>
+      <c r="AZ21" t="n" s="24">
+        <v>655657.0</v>
       </c>
       <c r="BA21" t="s" s="24">
-        <v>55</v>
+        <v>56</v>
+      </c>
+      <c r="BB21" t="s" s="24">
+        <v>56</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B22" t="n" s="25">
+        <v>381127.0</v>
+      </c>
+      <c r="C22" t="n" s="25">
         <v>339973.0</v>
       </c>
-      <c r="C22" t="n" s="25">
+      <c r="D22" t="n" s="25">
         <v>367678.0</v>
       </c>
-      <c r="D22" t="n" s="25">
+      <c r="E22" t="n" s="25">
         <v>352967.0</v>
       </c>
-      <c r="E22" t="n" s="25">
+      <c r="F22" t="n" s="25">
         <v>338529.0</v>
       </c>
-      <c r="F22" t="n" s="25">
+      <c r="G22" t="n" s="25">
         <v>266260.0</v>
       </c>
-      <c r="G22" t="n" s="25">
+      <c r="H22" t="n" s="25">
         <v>211767.0</v>
       </c>
-      <c r="H22" t="n" s="25">
+      <c r="I22" t="n" s="25">
         <v>184165.0</v>
       </c>
-      <c r="I22" t="n" s="25">
+      <c r="J22" t="n" s="25">
         <v>161658.0</v>
       </c>
-      <c r="J22" t="n" s="25">
+      <c r="K22" t="n" s="25">
         <v>158501.0</v>
       </c>
-      <c r="K22" t="n" s="25">
+      <c r="L22" t="n" s="25">
         <v>143131.0</v>
       </c>
-      <c r="L22" t="n" s="25">
+      <c r="M22" t="n" s="25">
         <v>156522.0</v>
       </c>
-      <c r="M22" t="n" s="25">
+      <c r="N22" t="n" s="25">
         <v>148512.0</v>
       </c>
-      <c r="N22" t="n" s="25">
+      <c r="O22" t="n" s="25">
         <v>196643.0</v>
       </c>
-      <c r="O22" t="n" s="25">
+      <c r="P22" t="n" s="25">
         <v>194470.0</v>
       </c>
-      <c r="P22" t="n" s="25">
+      <c r="Q22" t="n" s="25">
         <v>193460.0</v>
       </c>
-      <c r="Q22" t="n" s="25">
+      <c r="R22" t="n" s="25">
         <v>163370.0</v>
       </c>
-      <c r="R22" t="n" s="25">
+      <c r="S22" t="n" s="25">
         <v>190604.0</v>
       </c>
-      <c r="S22" t="n" s="25">
+      <c r="T22" t="n" s="25">
         <v>179615.0</v>
       </c>
-      <c r="T22" t="n" s="25">
+      <c r="U22" t="n" s="25">
         <v>176536.0</v>
       </c>
-      <c r="U22" t="n" s="25">
+      <c r="V22" t="n" s="25">
         <v>177310.0</v>
       </c>
-      <c r="V22" t="n" s="25">
+      <c r="W22" t="n" s="25">
         <v>202438.0</v>
       </c>
-      <c r="W22" t="n" s="25">
+      <c r="X22" t="n" s="25">
         <v>172607.0</v>
       </c>
-      <c r="X22" t="n" s="25">
+      <c r="Y22" t="n" s="25">
         <v>205024.0</v>
       </c>
-      <c r="Y22" t="n" s="25">
+      <c r="Z22" t="n" s="25">
         <v>234971.0</v>
       </c>
-      <c r="Z22" t="n" s="25">
+      <c r="AA22" t="n" s="25">
         <v>234685.0</v>
       </c>
-      <c r="AA22" t="n" s="25">
+      <c r="AB22" t="n" s="25">
         <v>231848.0</v>
       </c>
-      <c r="AB22" t="n" s="25">
+      <c r="AC22" t="n" s="25">
         <v>232789.0</v>
       </c>
-      <c r="AC22" t="n" s="25">
+      <c r="AD22" t="n" s="25">
         <v>259862.0</v>
       </c>
-      <c r="AD22" t="n" s="25">
+      <c r="AE22" t="n" s="25">
         <v>303100.0</v>
       </c>
-      <c r="AE22" t="n" s="25">
+      <c r="AF22" t="n" s="25">
         <v>337965.0</v>
       </c>
-      <c r="AF22" t="n" s="25">
+      <c r="AG22" t="n" s="25">
         <v>340936.0</v>
       </c>
-      <c r="AG22" t="n" s="25">
+      <c r="AH22" t="n" s="25">
         <v>359405.0</v>
       </c>
-      <c r="AH22" t="n" s="25">
+      <c r="AI22" t="n" s="25">
         <v>368256.0</v>
       </c>
-      <c r="AI22" t="n" s="25">
+      <c r="AJ22" t="n" s="25">
         <v>400082.0</v>
       </c>
-      <c r="AJ22" t="n" s="25">
+      <c r="AK22" t="n" s="25">
         <v>411079.0</v>
       </c>
-      <c r="AK22" t="n" s="25">
+      <c r="AL22" t="n" s="25">
         <v>428516.0</v>
       </c>
-      <c r="AL22" t="n" s="25">
+      <c r="AM22" t="n" s="25">
         <v>420455.0</v>
       </c>
-      <c r="AM22" t="n" s="25">
+      <c r="AN22" t="n" s="25">
         <v>438253.0</v>
       </c>
-      <c r="AN22" t="n" s="25">
+      <c r="AO22" t="n" s="25">
         <v>4.54301398E8</v>
       </c>
-      <c r="AO22" t="n" s="25">
+      <c r="AP22" t="n" s="25">
         <v>4.85077387E8</v>
       </c>
-      <c r="AP22" t="n" s="25">
+      <c r="AQ22" t="n" s="25">
         <v>5.26588753E8</v>
       </c>
-      <c r="AQ22" t="n" s="25">
+      <c r="AR22" t="n" s="25">
         <v>506022.0</v>
       </c>
-      <c r="AR22" t="n" s="25">
+      <c r="AS22" t="n" s="25">
         <v>5.05819049E8</v>
       </c>
-      <c r="AS22" t="n" s="25">
+      <c r="AT22" t="n" s="25">
         <v>4.67649057E8</v>
       </c>
-      <c r="AT22" t="n" s="25">
+      <c r="AU22" t="n" s="25">
         <v>5.12655538E8</v>
       </c>
-      <c r="AU22" t="n" s="25">
+      <c r="AV22" t="n" s="25">
         <v>4.93879144E8</v>
       </c>
-      <c r="AV22" t="n" s="25">
+      <c r="AW22" t="n" s="25">
         <v>4.98216448E8</v>
       </c>
-      <c r="AW22" t="n" s="25">
+      <c r="AX22" t="n" s="25">
         <v>4.9125141E8</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.55657457E8</v>
       </c>
       <c r="AY22" t="n" s="25">
         <v>4.55657457E8</v>
       </c>
       <c r="AZ22" t="n" s="25">
+        <v>4.55657457E8</v>
+      </c>
+      <c r="BA22" t="n" s="25">
         <v>4.54879627E8</v>
       </c>
-      <c r="BA22" t="n" s="25">
+      <c r="BB22" t="n" s="25">
         <v>4.63231312E8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B23" t="n" s="26">
+        <v>768319.0</v>
+      </c>
+      <c r="C23" t="n" s="26">
         <v>794401.0</v>
       </c>
-      <c r="C23" t="n" s="26">
+      <c r="D23" t="n" s="26">
         <v>673593.0</v>
       </c>
-      <c r="D23" t="n" s="26">
+      <c r="E23" t="n" s="26">
         <v>687988.0</v>
       </c>
-      <c r="E23" t="n" s="26">
+      <c r="F23" t="n" s="26">
         <v>576327.0</v>
       </c>
-      <c r="F23" t="n" s="26">
+      <c r="G23" t="n" s="26">
         <v>370020.0</v>
       </c>
-      <c r="G23" t="n" s="26">
+      <c r="H23" t="n" s="26">
         <v>652789.0</v>
       </c>
-      <c r="H23" t="n" s="26">
+      <c r="I23" t="n" s="26">
         <v>564744.0</v>
       </c>
-      <c r="I23" t="n" s="26">
+      <c r="J23" t="n" s="26">
         <v>517058.0</v>
       </c>
-      <c r="J23" t="n" s="26">
+      <c r="K23" t="n" s="26">
         <v>517008.0</v>
       </c>
-      <c r="K23" t="n" s="26">
+      <c r="L23" t="n" s="26">
         <v>535802.0</v>
       </c>
-      <c r="L23" t="n" s="26">
+      <c r="M23" t="n" s="26">
         <v>489899.0</v>
       </c>
-      <c r="M23" t="n" s="26">
+      <c r="N23" t="n" s="26">
         <v>546590.0</v>
       </c>
-      <c r="N23" t="n" s="26">
+      <c r="O23" t="n" s="26">
         <v>631293.0</v>
       </c>
-      <c r="O23" t="n" s="26">
+      <c r="P23" t="n" s="26">
         <v>636289.0</v>
       </c>
-      <c r="P23" t="n" s="26">
+      <c r="Q23" t="n" s="26">
         <v>665808.0</v>
       </c>
-      <c r="Q23" t="n" s="26">
+      <c r="R23" t="n" s="26">
         <v>671101.0</v>
       </c>
-      <c r="R23" t="n" s="26">
+      <c r="S23" t="n" s="26">
         <v>738056.0</v>
       </c>
-      <c r="S23" t="n" s="26">
+      <c r="T23" t="n" s="26">
         <v>681390.0</v>
       </c>
-      <c r="T23" t="n" s="26">
+      <c r="U23" t="n" s="26">
         <v>668751.0</v>
       </c>
-      <c r="U23" t="n" s="26">
+      <c r="V23" t="n" s="26">
         <v>601319.0</v>
       </c>
-      <c r="V23" t="n" s="26">
+      <c r="W23" t="n" s="26">
         <v>712372.0</v>
       </c>
-      <c r="W23" t="n" s="26">
+      <c r="X23" t="n" s="26">
         <v>660855.0</v>
       </c>
-      <c r="X23" t="n" s="26">
+      <c r="Y23" t="n" s="26">
         <v>707023.0</v>
       </c>
-      <c r="Y23" t="n" s="26">
+      <c r="Z23" t="n" s="26">
         <v>663103.0</v>
       </c>
-      <c r="Z23" t="n" s="26">
+      <c r="AA23" t="n" s="26">
         <v>634368.0</v>
       </c>
-      <c r="AA23" t="n" s="26">
+      <c r="AB23" t="n" s="26">
         <v>675084.0</v>
       </c>
-      <c r="AB23" t="n" s="26">
+      <c r="AC23" t="n" s="26">
         <v>700223.0</v>
       </c>
-      <c r="AC23" t="n" s="26">
+      <c r="AD23" t="n" s="26">
         <v>755859.0</v>
       </c>
-      <c r="AD23" t="n" s="26">
+      <c r="AE23" t="n" s="26">
         <v>725415.0</v>
       </c>
-      <c r="AE23" t="n" s="26">
+      <c r="AF23" t="n" s="26">
         <v>762983.0</v>
       </c>
-      <c r="AF23" t="n" s="26">
+      <c r="AG23" t="n" s="26">
         <v>798295.0</v>
       </c>
-      <c r="AG23" t="n" s="26">
+      <c r="AH23" t="n" s="26">
         <v>779916.0</v>
       </c>
-      <c r="AH23" t="n" s="26">
+      <c r="AI23" t="n" s="26">
         <v>767608.0</v>
       </c>
-      <c r="AI23" t="n" s="26">
+      <c r="AJ23" t="n" s="26">
         <v>814473.0</v>
       </c>
-      <c r="AJ23" t="n" s="26">
+      <c r="AK23" t="n" s="26">
         <v>754661.0</v>
       </c>
-      <c r="AK23" t="n" s="26">
+      <c r="AL23" t="n" s="26">
         <v>779893.0</v>
       </c>
-      <c r="AL23" t="n" s="26">
+      <c r="AM23" t="n" s="26">
         <v>723918.0</v>
       </c>
-      <c r="AM23" t="n" s="26">
+      <c r="AN23" t="n" s="26">
         <v>754472.0</v>
       </c>
-      <c r="AN23" t="n" s="26">
+      <c r="AO23" t="n" s="26">
         <v>7.40852961E8</v>
       </c>
-      <c r="AO23" t="n" s="26">
+      <c r="AP23" t="n" s="26">
         <v>7.72400804E8</v>
       </c>
-      <c r="AP23" t="n" s="26">
+      <c r="AQ23" t="n" s="26">
         <v>7.02459194E8</v>
       </c>
-      <c r="AQ23" t="n" s="26">
+      <c r="AR23" t="n" s="26">
         <v>649325.0</v>
       </c>
-      <c r="AR23" t="n" s="26">
+      <c r="AS23" t="n" s="26">
         <v>6.39002429E8</v>
       </c>
-      <c r="AS23" t="n" s="26">
+      <c r="AT23" t="n" s="26">
         <v>5.94436869E8</v>
       </c>
-      <c r="AT23" t="n" s="26">
+      <c r="AU23" t="n" s="26">
         <v>6.01350762E8</v>
       </c>
-      <c r="AU23" t="n" s="26">
+      <c r="AV23" t="n" s="26">
         <v>5.84896882E8</v>
       </c>
-      <c r="AV23" t="n" s="26">
+      <c r="AW23" t="n" s="26">
         <v>5.62400812E8</v>
       </c>
-      <c r="AW23" t="n" s="26">
+      <c r="AX23" t="n" s="26">
         <v>5.53037529E8</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.07814916E8</v>
       </c>
       <c r="AY23" t="n" s="26">
         <v>5.07814916E8</v>
       </c>
       <c r="AZ23" t="n" s="26">
+        <v>5.07814916E8</v>
+      </c>
+      <c r="BA23" t="n" s="26">
         <v>5.10262229E8</v>
       </c>
-      <c r="BA23" t="n" s="26">
+      <c r="BB23" t="n" s="26">
         <v>4.97794481E8</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B24" t="n" s="27">
+        <v>90294.0</v>
+      </c>
+      <c r="C24" t="n" s="27">
         <v>81733.0</v>
       </c>
-      <c r="C24" t="n" s="27">
+      <c r="D24" t="n" s="27">
         <v>74321.0</v>
       </c>
-      <c r="D24" t="n" s="27">
+      <c r="E24" t="n" s="27">
         <v>70030.0</v>
       </c>
-      <c r="E24" t="n" s="27">
+      <c r="F24" t="n" s="27">
         <v>67507.0</v>
       </c>
-      <c r="F24" t="n" s="27">
+      <c r="G24" t="n" s="27">
         <v>65109.0</v>
       </c>
-      <c r="G24" t="n" s="27">
+      <c r="H24" t="n" s="27">
         <v>57732.0</v>
       </c>
-      <c r="H24" t="n" s="27">
+      <c r="I24" t="n" s="27">
         <v>52099.0</v>
       </c>
-      <c r="I24" t="n" s="27">
+      <c r="J24" t="n" s="27">
         <v>57530.0</v>
       </c>
-      <c r="J24" t="n" s="27">
+      <c r="K24" t="n" s="27">
         <v>58137.0</v>
       </c>
-      <c r="K24" t="n" s="27">
+      <c r="L24" t="n" s="27">
         <v>57602.0</v>
       </c>
-      <c r="L24" t="n" s="27">
+      <c r="M24" t="n" s="27">
         <v>71275.0</v>
       </c>
-      <c r="M24" t="n" s="27">
+      <c r="N24" t="n" s="27">
         <v>71057.0</v>
       </c>
-      <c r="N24" t="n" s="27">
+      <c r="O24" t="n" s="27">
         <v>107448.0</v>
       </c>
-      <c r="O24" t="n" s="27">
+      <c r="P24" t="n" s="27">
         <v>108568.0</v>
       </c>
-      <c r="P24" t="n" s="27">
+      <c r="Q24" t="n" s="27">
         <v>82260.0</v>
       </c>
-      <c r="Q24" t="n" s="27">
+      <c r="R24" t="n" s="27">
         <v>82528.0</v>
       </c>
-      <c r="R24" t="n" s="27">
+      <c r="S24" t="n" s="27">
         <v>83917.0</v>
       </c>
-      <c r="S24" t="n" s="27">
+      <c r="T24" t="n" s="27">
         <v>88022.0</v>
       </c>
-      <c r="T24" t="n" s="27">
+      <c r="U24" t="n" s="27">
         <v>91198.0</v>
       </c>
-      <c r="U24" t="n" s="27">
+      <c r="V24" t="n" s="27">
         <v>73397.0</v>
       </c>
-      <c r="V24" t="n" s="27">
+      <c r="W24" t="n" s="27">
         <v>76949.0</v>
       </c>
-      <c r="W24" t="n" s="27">
+      <c r="X24" t="n" s="27">
         <v>76377.0</v>
       </c>
-      <c r="X24" t="n" s="27">
+      <c r="Y24" t="n" s="27">
         <v>75574.0</v>
       </c>
-      <c r="Y24" t="n" s="27">
+      <c r="Z24" t="n" s="27">
         <v>75929.0</v>
       </c>
-      <c r="Z24" t="n" s="27">
+      <c r="AA24" t="n" s="27">
         <v>76061.0</v>
       </c>
-      <c r="AA24" t="n" s="27">
+      <c r="AB24" t="n" s="27">
         <v>77541.0</v>
       </c>
-      <c r="AB24" t="n" s="27">
+      <c r="AC24" t="n" s="27">
         <v>51227.0</v>
       </c>
-      <c r="AC24" t="n" s="27">
+      <c r="AD24" t="n" s="27">
         <v>53759.0</v>
       </c>
-      <c r="AD24" t="n" s="27">
+      <c r="AE24" t="n" s="27">
         <v>53461.0</v>
       </c>
-      <c r="AE24" t="n" s="27">
+      <c r="AF24" t="n" s="27">
         <v>53388.0</v>
       </c>
-      <c r="AF24" t="n" s="27">
+      <c r="AG24" t="n" s="27">
         <v>57672.0</v>
       </c>
-      <c r="AG24" t="n" s="27">
+      <c r="AH24" t="n" s="27">
         <v>59850.0</v>
       </c>
-      <c r="AH24" t="n" s="27">
+      <c r="AI24" t="n" s="27">
         <v>59283.0</v>
       </c>
-      <c r="AI24" t="n" s="27">
+      <c r="AJ24" t="n" s="27">
         <v>58964.0</v>
       </c>
-      <c r="AJ24" t="n" s="27">
+      <c r="AK24" t="n" s="27">
         <v>51607.0</v>
       </c>
-      <c r="AK24" t="n" s="27">
+      <c r="AL24" t="n" s="27">
         <v>49587.0</v>
       </c>
-      <c r="AL24" t="n" s="27">
+      <c r="AM24" t="n" s="27">
         <v>48460.0</v>
       </c>
-      <c r="AM24" t="n" s="27">
+      <c r="AN24" t="n" s="27">
         <v>47180.0</v>
       </c>
-      <c r="AN24" t="n" s="27">
+      <c r="AO24" t="n" s="27">
         <v>4.5707311E7</v>
       </c>
-      <c r="AO24" t="n" s="27">
+      <c r="AP24" t="n" s="27">
         <v>4.5054182E7</v>
       </c>
-      <c r="AP24" t="n" s="27">
+      <c r="AQ24" t="n" s="27">
         <v>4.3778897E7</v>
       </c>
-      <c r="AQ24" t="n" s="27">
+      <c r="AR24" t="n" s="27">
         <v>40187.0</v>
       </c>
-      <c r="AR24" t="n" s="27">
+      <c r="AS24" t="n" s="27">
         <v>3.7588874E7</v>
       </c>
-      <c r="AS24" t="n" s="27">
+      <c r="AT24" t="n" s="27">
         <v>3.6301373E7</v>
       </c>
-      <c r="AT24" t="n" s="27">
+      <c r="AU24" t="n" s="27">
         <v>3.6060631E7</v>
       </c>
-      <c r="AU24" t="n" s="27">
+      <c r="AV24" t="n" s="27">
         <v>3.2057389E7</v>
       </c>
-      <c r="AV24" t="n" s="27">
+      <c r="AW24" t="n" s="27">
         <v>3.0526774E7</v>
       </c>
-      <c r="AW24" t="n" s="27">
+      <c r="AX24" t="n" s="27">
         <v>2.8514294E7</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.9487188E7</v>
       </c>
       <c r="AY24" t="n" s="27">
         <v>2.9487188E7</v>
       </c>
       <c r="AZ24" t="n" s="27">
+        <v>2.9487188E7</v>
+      </c>
+      <c r="BA24" t="n" s="27">
         <v>2.8925007E7</v>
       </c>
-      <c r="BA24" t="n" s="27">
+      <c r="BB24" t="n" s="27">
         <v>2.7112504E7</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="C25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="D25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="E25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="F25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="G25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="H25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="I25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="J25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="K25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="L25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="M25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="N25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="O25" t="n" s="28">
         <v>10849.0</v>
       </c>
       <c r="P25" t="n" s="28">
-        <v>6600.0</v>
+        <v>10849.0</v>
       </c>
       <c r="Q25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="R25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="S25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="T25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="U25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="V25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="W25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="X25" t="n" s="28">
         <v>6600.0</v>
       </c>
@@ -3991,327 +4058,333 @@
       <c r="AF25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="AG25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="AH25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="AI25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="AJ25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="AK25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="AL25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="AM25" t="n" s="28">
         <v>6600.0</v>
       </c>
       <c r="AN25" t="n" s="28">
-        <v>6600001.0</v>
+        <v>6600.0</v>
       </c>
       <c r="AO25" t="n" s="28">
         <v>6600001.0</v>
       </c>
       <c r="AP25" t="n" s="28">
         <v>6600001.0</v>
       </c>
       <c r="AQ25" t="n" s="28">
+        <v>6600001.0</v>
+      </c>
+      <c r="AR25" t="n" s="28">
         <v>6600.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6600001.0</v>
       </c>
       <c r="AS25" t="n" s="28">
         <v>6600001.0</v>
       </c>
       <c r="AT25" t="n" s="28">
         <v>6600001.0</v>
       </c>
       <c r="AU25" t="n" s="28">
         <v>6600001.0</v>
       </c>
       <c r="AV25" t="n" s="28">
         <v>6600001.0</v>
       </c>
       <c r="AW25" t="n" s="28">
         <v>6600001.0</v>
       </c>
       <c r="AX25" t="n" s="28">
         <v>6600001.0</v>
       </c>
       <c r="AY25" t="n" s="28">
         <v>6600001.0</v>
       </c>
       <c r="AZ25" t="n" s="28">
         <v>6600001.0</v>
       </c>
       <c r="BA25" t="n" s="28">
+        <v>6600001.0</v>
+      </c>
+      <c r="BB25" t="n" s="28">
         <v>6600001.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B26" t="n" s="31">
+        <v>858613.0</v>
+      </c>
+      <c r="C26" t="n" s="31">
         <v>876134.0</v>
       </c>
-      <c r="C26" t="n" s="31">
+      <c r="D26" t="n" s="31">
         <v>747914.0</v>
       </c>
-      <c r="D26" t="n" s="31">
+      <c r="E26" t="n" s="31">
         <v>758018.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>435129.0</v>
       </c>
       <c r="F26" t="n" s="31">
         <v>435129.0</v>
       </c>
       <c r="G26" t="n" s="31">
+        <v>435129.0</v>
+      </c>
+      <c r="H26" t="n" s="31">
         <v>710520.0</v>
       </c>
-      <c r="H26" t="n" s="31">
+      <c r="I26" t="n" s="31">
         <v>616844.0</v>
       </c>
-      <c r="I26" t="n" s="31">
+      <c r="J26" t="n" s="31">
         <v>574588.0</v>
       </c>
-      <c r="J26" t="n" s="31">
+      <c r="K26" t="n" s="31">
         <v>575145.0</v>
       </c>
-      <c r="K26" t="n" s="31">
+      <c r="L26" t="n" s="31">
         <v>593404.0</v>
       </c>
-      <c r="L26" t="n" s="31">
+      <c r="M26" t="n" s="31">
         <v>561174.0</v>
       </c>
-      <c r="M26" t="n" s="31">
+      <c r="N26" t="n" s="31">
         <v>617647.0</v>
       </c>
-      <c r="N26" t="n" s="31">
+      <c r="O26" t="n" s="31">
         <v>738741.0</v>
       </c>
-      <c r="O26" t="n" s="31">
+      <c r="P26" t="n" s="31">
         <v>744857.0</v>
       </c>
-      <c r="P26" t="n" s="31">
+      <c r="Q26" t="n" s="31">
         <v>748068.0</v>
       </c>
-      <c r="Q26" t="n" s="31">
+      <c r="R26" t="n" s="31">
         <v>753629.0</v>
       </c>
-      <c r="R26" t="n" s="31">
+      <c r="S26" t="n" s="31">
         <v>821973.0</v>
       </c>
-      <c r="S26" t="n" s="31">
+      <c r="T26" t="n" s="31">
         <v>769412.0</v>
       </c>
-      <c r="T26" t="n" s="31">
+      <c r="U26" t="n" s="31">
         <v>759949.0</v>
       </c>
-      <c r="U26" t="n" s="31">
+      <c r="V26" t="n" s="31">
         <v>674715.0</v>
       </c>
-      <c r="V26" t="n" s="31">
+      <c r="W26" t="n" s="31">
         <v>789321.0</v>
       </c>
-      <c r="W26" t="n" s="31">
+      <c r="X26" t="n" s="31">
         <v>737232.0</v>
       </c>
-      <c r="X26" t="n" s="31">
+      <c r="Y26" t="n" s="31">
         <v>782598.0</v>
       </c>
-      <c r="Y26" t="n" s="31">
+      <c r="Z26" t="n" s="31">
         <v>739032.0</v>
       </c>
-      <c r="Z26" t="n" s="31">
+      <c r="AA26" t="n" s="31">
         <v>710429.0</v>
       </c>
-      <c r="AA26" t="n" s="31">
+      <c r="AB26" t="n" s="31">
         <v>752625.0</v>
       </c>
-      <c r="AB26" t="n" s="31">
+      <c r="AC26" t="n" s="31">
         <v>751450.0</v>
       </c>
-      <c r="AC26" t="n" s="31">
+      <c r="AD26" t="n" s="31">
         <v>809618.0</v>
       </c>
-      <c r="AD26" t="n" s="31">
+      <c r="AE26" t="n" s="31">
         <v>778877.0</v>
       </c>
-      <c r="AE26" t="n" s="31">
+      <c r="AF26" t="n" s="31">
         <v>816372.0</v>
       </c>
-      <c r="AF26" t="n" s="31">
+      <c r="AG26" t="n" s="31">
         <v>855967.0</v>
       </c>
-      <c r="AG26" t="n" s="31">
+      <c r="AH26" t="n" s="31">
         <v>839767.0</v>
       </c>
-      <c r="AH26" t="n" s="31">
+      <c r="AI26" t="n" s="31">
         <v>826890.0</v>
       </c>
-      <c r="AI26" t="n" s="31">
+      <c r="AJ26" t="n" s="31">
         <v>873437.0</v>
       </c>
-      <c r="AJ26" t="n" s="31">
+      <c r="AK26" t="n" s="31">
         <v>806268.0</v>
       </c>
-      <c r="AK26" t="n" s="31">
+      <c r="AL26" t="n" s="31">
         <v>829480.0</v>
       </c>
-      <c r="AL26" t="n" s="31">
+      <c r="AM26" t="n" s="31">
         <v>772378.0</v>
       </c>
-      <c r="AM26" t="n" s="31">
+      <c r="AN26" t="n" s="31">
         <v>801652.0</v>
       </c>
-      <c r="AN26" t="n" s="31">
+      <c r="AO26" t="n" s="31">
         <v>7.86560272E8</v>
       </c>
-      <c r="AO26" t="n" s="31">
+      <c r="AP26" t="n" s="31">
         <v>8.17454986E8</v>
       </c>
-      <c r="AP26" t="n" s="31">
+      <c r="AQ26" t="n" s="31">
         <v>7.46238091E8</v>
       </c>
-      <c r="AQ26" t="n" s="31">
+      <c r="AR26" t="n" s="31">
         <v>689512.0</v>
       </c>
-      <c r="AR26" t="n" s="31">
+      <c r="AS26" t="n" s="31">
         <v>6.76591304E8</v>
       </c>
-      <c r="AS26" t="n" s="31">
+      <c r="AT26" t="n" s="31">
         <v>6.30738242E8</v>
       </c>
-      <c r="AT26" t="n" s="31">
+      <c r="AU26" t="n" s="31">
         <v>6.37411392E8</v>
       </c>
-      <c r="AU26" t="n" s="31">
+      <c r="AV26" t="n" s="31">
         <v>6.16954271E8</v>
       </c>
-      <c r="AV26" t="n" s="31">
+      <c r="AW26" t="n" s="31">
         <v>5.92927586E8</v>
       </c>
-      <c r="AW26" t="n" s="31">
+      <c r="AX26" t="n" s="31">
         <v>5.81551823E8</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.37302104E8</v>
       </c>
       <c r="AY26" t="n" s="31">
         <v>5.37302104E8</v>
       </c>
       <c r="AZ26" t="n" s="31">
+        <v>5.37302104E8</v>
+      </c>
+      <c r="BA26" t="n" s="31">
         <v>5.39187236E8</v>
       </c>
-      <c r="BA26" t="n" s="31">
+      <c r="BB26" t="n" s="31">
         <v>5.24906985E8</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B29" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B30" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B31" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B32" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B33" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B35" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B36" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B29:BA29"/>
-[...9 lines deleted...]
-    <mergeCell ref="A39:BA39"/>
+    <mergeCell ref="B29:BB29"/>
+    <mergeCell ref="B30:BB30"/>
+    <mergeCell ref="B31:BB31"/>
+    <mergeCell ref="B32:BB32"/>
+    <mergeCell ref="B33:BB33"/>
+    <mergeCell ref="B34:BB34"/>
+    <mergeCell ref="B35:BB35"/>
+    <mergeCell ref="B36:BB36"/>
+    <mergeCell ref="A1:BB1"/>
+    <mergeCell ref="A2:BB2"/>
+    <mergeCell ref="A39:BB39"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>