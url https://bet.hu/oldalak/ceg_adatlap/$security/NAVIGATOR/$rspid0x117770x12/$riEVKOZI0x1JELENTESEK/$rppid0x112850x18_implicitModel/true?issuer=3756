--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -6,92 +6,98 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="37">
   <si>
     <t>Évközi jelentések pénzügyi adatai - NAVIGATOR INVESTMENTS Nyrt.</t>
   </si>
   <si>
     <t>Nem Auditált, Pro-forma konszolidált, HAS (Üzleti év: január 1 - június 30)</t>
   </si>
   <si>
     <t>Eredménykimutatás főbb adatai P&amp;L</t>
   </si>
   <si>
+    <t>2025. jan. - 2025. jún. (1)</t>
+  </si>
+  <si>
     <t>2024. jan. - 2024. jún. (1)</t>
   </si>
   <si>
     <t>2023. jan. - 2023. jún. (2)</t>
   </si>
   <si>
     <t>2022. jan. - 2022. jún. (3)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>(ezer HUF)</t>
   </si>
   <si>
     <t>Értékesítés nettó árbevétele</t>
   </si>
   <si>
     <t>Üzleti eredmény</t>
   </si>
   <si>
     <t>Pénzügyi tevékenység nettó eredménye</t>
   </si>
   <si>
     <t>Adózás előtti eredmény</t>
   </si>
   <si>
     <t>Adózott eredmény</t>
   </si>
   <si>
     <t>Mérleg főbb adatai</t>
+  </si>
+  <si>
+    <t>2025. jún. 30.</t>
   </si>
   <si>
     <t>2024. jún. 30.</t>
   </si>
   <si>
     <t>2023. jún. 30.</t>
   </si>
   <si>
     <t>2022. jún. 30.</t>
   </si>
   <si>
     <t>Befektetett eszközök</t>
   </si>
   <si>
     <t>Immateriális javak</t>
   </si>
   <si>
     <t>Tárgyi eszközök</t>
   </si>
   <si>
     <t>Befektetett pénzügyi eszközök</t>
   </si>
   <si>
     <t>Forgóeszközök</t>
   </si>
@@ -251,395 +257,459 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E33"/>
+  <dimension ref="A1:F33"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
-    <col min="1" max="1" width="152.1953125" customWidth="true" bestFit="true"/>
+    <col min="1" max="1" width="121.75390625" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="24.50390625" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="24.50390625" customWidth="true" bestFit="true"/>
+    <col min="5" max="5" width="24.50390625" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
+      <c r="E4" t="s" s="1">
+        <v>6</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>7</v>
+        <v>8</v>
+      </c>
+      <c r="E5" t="s" s="2">
+        <v>8</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B6" t="n" s="3">
+        <v>1668085.0</v>
+      </c>
+      <c r="C6" t="n" s="3">
         <v>1565900.0</v>
       </c>
-      <c r="C6" t="n" s="3">
+      <c r="D6" t="n" s="3">
         <v>1176571.0</v>
       </c>
-      <c r="D6" t="n" s="3">
+      <c r="E6" t="n" s="3">
         <v>919105.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B7" t="n" s="7">
+        <v>11480.0</v>
+      </c>
+      <c r="C7" t="n" s="7">
         <v>20747.0</v>
       </c>
-      <c r="C7" t="n" s="7">
+      <c r="D7" t="n" s="7">
         <v>86302.0</v>
       </c>
-      <c r="D7" t="n" s="7">
+      <c r="E7" t="n" s="7">
         <v>96716.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B8" t="n" s="8">
+        <v>-94271.0</v>
+      </c>
+      <c r="C8" t="n" s="8">
         <v>-8735.0</v>
       </c>
-      <c r="C8" t="n" s="8">
+      <c r="D8" t="n" s="8">
         <v>-33109.0</v>
       </c>
-      <c r="D8" t="n" s="8">
+      <c r="E8" t="n" s="8">
         <v>10522.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B9" t="n" s="9">
+        <v>-82791.0</v>
+      </c>
+      <c r="C9" t="n" s="9">
         <v>12012.0</v>
       </c>
-      <c r="C9" t="n" s="9">
+      <c r="D9" t="n" s="9">
         <v>53193.0</v>
       </c>
-      <c r="D9" t="n" s="9">
+      <c r="E9" t="n" s="9">
         <v>107238.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B10" t="n" s="10">
+        <v>-92893.0</v>
+      </c>
+      <c r="C10" t="n" s="10">
         <v>-17463.0</v>
       </c>
-      <c r="C10" t="n" s="10">
+      <c r="D10" t="n" s="10">
         <v>33637.0</v>
       </c>
-      <c r="D10" t="n" s="10">
+      <c r="E10" t="n" s="10">
         <v>95521.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B12" t="s" s="11">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C12" t="s" s="11">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D12" t="s" s="11">
-        <v>16</v>
+        <v>17</v>
+      </c>
+      <c r="E12" t="s" s="11">
+        <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B13" t="s" s="12">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C13" t="s" s="12">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D13" t="s" s="12">
-        <v>7</v>
+        <v>8</v>
+      </c>
+      <c r="E13" t="s" s="12">
+        <v>8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B14" t="n" s="13">
+        <v>2845870.0</v>
+      </c>
+      <c r="C14" t="n" s="13">
         <v>2920572.0</v>
       </c>
-      <c r="C14" t="n" s="13">
+      <c r="D14" t="n" s="13">
         <v>1758849.0</v>
       </c>
-      <c r="D14" t="n" s="13">
+      <c r="E14" t="n" s="13">
         <v>681470.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B15" t="n" s="14">
+        <v>124875.0</v>
+      </c>
+      <c r="C15" t="n" s="14">
         <v>78360.0</v>
       </c>
-      <c r="C15" t="n" s="14">
+      <c r="D15" t="n" s="14">
         <v>226826.0</v>
       </c>
-      <c r="D15" t="n" s="14">
+      <c r="E15" t="n" s="14">
         <v>12354.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B16" t="n" s="18">
+        <v>1314790.0</v>
+      </c>
+      <c r="C16" t="n" s="18">
         <v>1402452.0</v>
       </c>
-      <c r="C16" t="n" s="18">
+      <c r="D16" t="n" s="18">
         <v>937906.0</v>
       </c>
-      <c r="D16" t="n" s="18">
+      <c r="E16" t="n" s="18">
         <v>528101.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B17" t="n" s="19">
+        <v>1406206.0</v>
+      </c>
+      <c r="C17" t="n" s="19">
         <v>1439760.0</v>
       </c>
-      <c r="C17" t="n" s="19">
+      <c r="D17" t="n" s="19">
         <v>594117.0</v>
       </c>
-      <c r="D17" t="n" s="19">
+      <c r="E17" t="n" s="19">
         <v>141015.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B18" t="n" s="20">
+        <v>2167021.0</v>
+      </c>
+      <c r="C18" t="n" s="20">
         <v>1158457.0</v>
       </c>
-      <c r="C18" t="n" s="20">
+      <c r="D18" t="n" s="20">
         <v>744290.0</v>
       </c>
-      <c r="D18" t="n" s="20">
+      <c r="E18" t="n" s="20">
         <v>726426.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B19" t="n" s="21">
+        <v>370734.0</v>
+      </c>
+      <c r="C19" t="n" s="21">
         <v>231362.0</v>
       </c>
-      <c r="C19" t="n" s="21">
+      <c r="D19" t="n" s="21">
         <v>26229.0</v>
       </c>
-      <c r="D19" t="n" s="21">
+      <c r="E19" t="n" s="21">
         <v>2279.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B20" t="n" s="22">
+        <v>5032797.0</v>
+      </c>
+      <c r="C20" t="n" s="22">
         <v>4095061.0</v>
       </c>
-      <c r="C20" t="n" s="22">
+      <c r="D20" t="n" s="22">
         <v>2562112.0</v>
       </c>
-      <c r="D20" t="n" s="22">
+      <c r="E20" t="n" s="22">
         <v>1628939.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B21" t="n" s="27">
+        <v>2730565.0</v>
+      </c>
+      <c r="C21" t="n" s="27">
         <v>1592498.0</v>
       </c>
-      <c r="C21" t="n" s="27">
+      <c r="D21" t="n" s="27">
         <v>1431266.0</v>
       </c>
-      <c r="D21" t="n" s="27">
+      <c r="E21" t="n" s="27">
         <v>1053671.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B22" t="n" s="28">
+        <v>552541.0</v>
+      </c>
+      <c r="C22" t="n" s="28">
         <v>423994.0</v>
       </c>
-      <c r="C22" t="n" s="28">
+      <c r="D22" t="n" s="28">
         <v>357605.0</v>
       </c>
-      <c r="D22" t="n" s="28">
+      <c r="E22" t="n" s="28">
         <v>304010.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B23" t="n" s="29">
+        <v>1192962.0</v>
+      </c>
+      <c r="C23" t="n" s="29">
         <v>1451386.0</v>
       </c>
-      <c r="C23" t="n" s="29">
+      <c r="D23" t="n" s="29">
         <v>438495.0</v>
       </c>
-      <c r="D23" t="n" s="29">
+      <c r="E23" t="n" s="29">
         <v>20075.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B24" t="n" s="30">
+        <v>967761.0</v>
+      </c>
+      <c r="C24" t="n" s="30">
         <v>882626.0</v>
       </c>
-      <c r="C24" t="n" s="30">
+      <c r="D24" t="n" s="30">
         <v>555712.0</v>
       </c>
-      <c r="D24" t="n" s="30">
+      <c r="E24" t="n" s="30">
         <v>418187.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B25" t="n" s="31">
+        <v>5032797.0</v>
+      </c>
+      <c r="C25" t="n" s="31">
         <v>4095061.0</v>
       </c>
-      <c r="C25" t="n" s="31">
+      <c r="D25" t="n" s="31">
         <v>2562112.0</v>
       </c>
-      <c r="D25" t="n" s="31">
+      <c r="E25" t="n" s="31">
         <v>1628939.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B28" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B29" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B28:D28"/>
-[...4 lines deleted...]
-    <mergeCell ref="A33:D33"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="B30:E30"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A33:E33"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>