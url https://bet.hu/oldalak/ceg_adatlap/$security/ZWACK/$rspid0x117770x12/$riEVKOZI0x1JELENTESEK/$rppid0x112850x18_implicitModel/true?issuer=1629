--- v0 (2025-10-31)
+++ v1 (2026-02-14)
@@ -6,61 +6,67 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="311" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="176">
   <si>
     <t>Évközi jelentések pénzügyi adatai - Zwack Unicum Nyrt.</t>
   </si>
   <si>
     <t>Nem auditált, nem konszolidált, nemzetközi számviteli elvek (IFRS) alapján (Üzleti év: április 1 - március 31)</t>
   </si>
   <si>
     <t>Eredménykimutatás főbb adatai P&amp;L</t>
   </si>
   <si>
+    <t>2025. ápr. - 2025. dec. (1)</t>
+  </si>
+  <si>
+    <t>2025. ápr. - 2025. szept. (1)</t>
+  </si>
+  <si>
     <t>2025. ápr. - 2025. jún. (1)</t>
   </si>
   <si>
     <t>2024. ápr. - 2025. márc. (2)</t>
   </si>
   <si>
     <t>2024. ápr. - 2024. dec. (1)</t>
   </si>
   <si>
     <t>2024. ápr. - 2024. szept. (1)</t>
   </si>
   <si>
     <t>2024. ápr. - 2024. jún. (1)</t>
   </si>
   <si>
     <t>2023. ápr. - 2024. márc. (2)</t>
   </si>
   <si>
     <t>2023. ápr. - 2023. dec. (1)</t>
   </si>
   <si>
     <t>2023. ápr. - 2023. szept. (1)</t>
   </si>
   <si>
     <t>2023. ápr. - 2023. jún. (3)</t>
@@ -249,50 +255,56 @@
     <t/>
   </si>
   <si>
     <t>(millió HUF)</t>
   </si>
   <si>
     <t>(ezer HUF)</t>
   </si>
   <si>
     <t>Értékesítés nettó árbevétele</t>
   </si>
   <si>
     <t>Üzleti eredmény</t>
   </si>
   <si>
     <t>Pénzügyi tevékenység nettó eredménye</t>
   </si>
   <si>
     <t>Adózás előtti eredmény</t>
   </si>
   <si>
     <t>Adózott eredmény</t>
   </si>
   <si>
     <t>Mérleg főbb adatai</t>
+  </si>
+  <si>
+    <t>2025. dec. 31.</t>
+  </si>
+  <si>
+    <t>2025. szept. 30.</t>
   </si>
   <si>
     <t>2025. jún. 30.</t>
   </si>
   <si>
     <t>2025. márc. 31.</t>
   </si>
   <si>
     <t>2024. dec. 31.</t>
   </si>
   <si>
     <t>2024. szept. 30.</t>
   </si>
   <si>
     <t>2024. jún. 30.</t>
   </si>
   <si>
     <t>2024. márc. 31.</t>
   </si>
   <si>
     <t>2023. dec. 31.</t>
   </si>
   <si>
     <t>2023. szept. 30.</t>
   </si>
@@ -662,126 +674,128 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BS35"/>
+  <dimension ref="A1:BU35"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="38.12109375" customWidth="true" bestFit="true"/>
-    <col min="2" max="2" width="24.75" customWidth="true" bestFit="true"/>
-[...30 lines deleted...]
-    <col min="33" max="33" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="2" max="2" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="3" max="3" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="4" max="4" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="5" max="5" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="6" max="6" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="7" max="7" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="8" max="8" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="9" max="9" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="10" max="10" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="11" max="11" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="12" max="12" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="13" max="13" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="14" max="14" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="15" max="15" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="16" max="16" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="17" max="17" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="18" max="18" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="19" max="19" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="20" max="20" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="21" max="21" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="22" max="22" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="23" max="23" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="24" max="24" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="25" max="25" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="26" max="26" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="27" max="27" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="28" max="28" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="29" max="29" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="30" max="30" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="31" max="31" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="32" max="32" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="33" max="33" width="26.84765625" customWidth="true" bestFit="true"/>
     <col min="34" max="34" width="24.75" customWidth="true" bestFit="true"/>
-    <col min="35" max="35" width="26.58984375" customWidth="true" bestFit="true"/>
-[...34 lines deleted...]
-    <col min="70" max="70" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="35" max="35" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="36" max="36" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="37" max="37" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="38" max="38" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="39" max="39" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="40" max="40" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="41" max="41" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="42" max="42" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="43" max="43" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="44" max="44" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="45" max="45" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="46" max="46" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="47" max="47" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="48" max="48" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="49" max="49" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="50" max="50" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="51" max="51" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="52" max="52" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="53" max="53" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="54" max="54" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="55" max="55" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="56" max="56" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="57" max="57" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="58" max="58" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="59" max="59" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="60" max="60" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="61" max="61" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="62" max="62" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="63" max="63" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="64" max="64" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="65" max="65" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="66" max="66" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="67" max="67" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="68" max="68" width="24.75" customWidth="true" bestFit="true"/>
+    <col min="69" max="69" width="26.58984375" customWidth="true" bestFit="true"/>
+    <col min="70" max="70" width="25.21875" customWidth="true" bestFit="true"/>
+    <col min="71" max="71" width="26.84765625" customWidth="true" bestFit="true"/>
+    <col min="72" max="72" width="24.75" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s" s="1">
         <v>3</v>
       </c>
       <c r="C4" t="s" s="1">
         <v>4</v>
       </c>
       <c r="D4" t="s" s="1">
         <v>5</v>
       </c>
@@ -961,3446 +975,3548 @@
       </c>
       <c r="BK4" t="s" s="1">
         <v>64</v>
       </c>
       <c r="BL4" t="s" s="1">
         <v>65</v>
       </c>
       <c r="BM4" t="s" s="1">
         <v>66</v>
       </c>
       <c r="BN4" t="s" s="1">
         <v>67</v>
       </c>
       <c r="BO4" t="s" s="1">
         <v>68</v>
       </c>
       <c r="BP4" t="s" s="1">
         <v>69</v>
       </c>
       <c r="BQ4" t="s" s="1">
         <v>70</v>
       </c>
       <c r="BR4" t="s" s="1">
         <v>71</v>
       </c>
+      <c r="BS4" t="s" s="1">
+        <v>72</v>
+      </c>
+      <c r="BT4" t="s" s="1">
+        <v>73</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="K5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="L5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="M5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="O5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="P5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Q5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="R5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="S5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="T5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="U5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="V5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="W5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="X5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Y5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Z5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AA5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AB5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AC5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AD5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AE5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AF5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AG5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AH5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AI5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AJ5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AK5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AL5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AM5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AN5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AO5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AP5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AQ5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AR5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AS5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AT5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AU5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AV5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AW5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AX5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AY5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AZ5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BB5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BC5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BD5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BE5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BF5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BG5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BH5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BI5" t="s" s="2">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BJ5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BK5" t="s" s="2">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="BL5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BM5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BN5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BO5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BP5" t="s" s="2">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BQ5" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BR5" t="s" s="2">
-        <v>73</v>
+        <v>76</v>
+      </c>
+      <c r="BS5" t="s" s="2">
+        <v>75</v>
+      </c>
+      <c r="BT5" t="s" s="2">
+        <v>75</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B6" t="n" s="3">
+        <v>21237.0</v>
+      </c>
+      <c r="C6" t="n" s="3">
+        <v>11874.0</v>
+      </c>
+      <c r="D6" t="n" s="3">
         <v>5754.0</v>
       </c>
-      <c r="C6" t="n" s="3">
+      <c r="E6" t="n" s="3">
         <v>24057.0</v>
       </c>
-      <c r="D6" t="n" s="3">
+      <c r="F6" t="n" s="3">
         <v>21038.0</v>
       </c>
-      <c r="E6" t="n" s="3">
+      <c r="G6" t="n" s="3">
         <v>11289.0</v>
       </c>
-      <c r="F6" t="n" s="3">
+      <c r="H6" t="n" s="3">
         <v>5627.0</v>
       </c>
-      <c r="G6" t="n" s="3">
+      <c r="I6" t="n" s="3">
         <v>22496.0</v>
       </c>
-      <c r="H6" t="n" s="3">
+      <c r="J6" t="n" s="3">
         <v>19091.0</v>
       </c>
-      <c r="I6" t="n" s="3">
+      <c r="K6" t="n" s="3">
         <v>10399.0</v>
       </c>
-      <c r="J6" t="n" s="3">
+      <c r="L6" t="n" s="3">
         <v>5344.0</v>
       </c>
-      <c r="K6" t="n" s="3">
+      <c r="M6" t="n" s="3">
         <v>21215.0</v>
       </c>
-      <c r="L6" t="n" s="3">
+      <c r="N6" t="n" s="3">
         <v>18107.0</v>
       </c>
-      <c r="M6" t="n" s="3">
+      <c r="O6" t="n" s="3">
         <v>10159.0</v>
       </c>
-      <c r="N6" t="n" s="3">
+      <c r="P6" t="n" s="3">
         <v>5696.0</v>
       </c>
-      <c r="O6" t="n" s="3">
+      <c r="Q6" t="n" s="3">
         <v>14814.0</v>
       </c>
-      <c r="P6" t="n" s="3">
+      <c r="R6" t="n" s="3">
         <v>7965.0</v>
       </c>
-      <c r="Q6" t="n" s="3">
+      <c r="S6" t="n" s="3">
         <v>3586.0</v>
       </c>
-      <c r="R6" t="n" s="3">
+      <c r="T6" t="n" s="3">
         <v>10941.0</v>
       </c>
-      <c r="S6" t="n" s="3">
+      <c r="U6" t="n" s="3">
         <v>5724.0</v>
       </c>
-      <c r="T6" t="n" s="3">
+      <c r="V6" t="n" s="3">
         <v>2319.0</v>
       </c>
-      <c r="U6" t="n" s="3">
+      <c r="W6" t="n" s="3">
         <v>11861.0</v>
       </c>
-      <c r="V6" t="n" s="3">
+      <c r="X6" t="n" s="3">
         <v>6467.0</v>
       </c>
-      <c r="W6" t="n" s="3">
+      <c r="Y6" t="n" s="3">
         <v>3070.0</v>
       </c>
-      <c r="X6" t="n" s="3">
+      <c r="Z6" t="n" s="3">
         <v>14358.0</v>
       </c>
-      <c r="Y6" t="n" s="3">
+      <c r="AA6" t="n" s="3">
         <v>7348.0</v>
       </c>
-      <c r="Z6" t="n" s="3">
+      <c r="AB6" t="n" s="3">
         <v>3614.0</v>
       </c>
-      <c r="AA6" t="n" s="3">
+      <c r="AC6" t="n" s="3">
         <v>12146.0</v>
       </c>
-      <c r="AB6" t="n" s="3">
+      <c r="AD6" t="n" s="3">
         <v>6462.0</v>
       </c>
-      <c r="AC6" t="n" s="3">
+      <c r="AE6" t="n" s="3">
         <v>3242.0</v>
       </c>
-      <c r="AD6" t="n" s="3">
+      <c r="AF6" t="n" s="3">
         <v>12455.0</v>
       </c>
-      <c r="AE6" t="n" s="3">
+      <c r="AG6" t="n" s="3">
         <v>6452.0</v>
       </c>
-      <c r="AF6" t="n" s="3">
+      <c r="AH6" t="n" s="3">
         <v>3160.0</v>
       </c>
-      <c r="AG6" t="n" s="3">
+      <c r="AI6" t="n" s="3">
         <v>10705.0</v>
       </c>
-      <c r="AH6" t="n" s="3">
+      <c r="AJ6" t="n" s="3">
         <v>2550.0</v>
       </c>
-      <c r="AI6" t="n" s="3">
+      <c r="AK6" t="n" s="3">
         <v>12795.0</v>
       </c>
-      <c r="AJ6" t="n" s="3">
+      <c r="AL6" t="n" s="3">
         <v>11580.0</v>
       </c>
-      <c r="AK6" t="n" s="3">
+      <c r="AM6" t="n" s="3">
         <v>5597.0</v>
       </c>
-      <c r="AL6" t="n" s="3">
+      <c r="AN6" t="n" s="3">
         <v>2783.0</v>
       </c>
-      <c r="AM6" t="n" s="3">
+      <c r="AO6" t="n" s="3">
         <v>11775.0</v>
       </c>
-      <c r="AN6" t="n" s="3">
+      <c r="AP6" t="n" s="3">
         <v>10340.0</v>
       </c>
-      <c r="AO6" t="n" s="3">
+      <c r="AQ6" t="n" s="3">
         <v>5610.0</v>
       </c>
-      <c r="AP6" t="n" s="3">
+      <c r="AR6" t="n" s="3">
         <v>2727.0</v>
       </c>
-      <c r="AQ6" t="n" s="3">
+      <c r="AS6" t="n" s="3">
         <v>12078.0</v>
       </c>
-      <c r="AR6" t="n" s="3">
+      <c r="AT6" t="n" s="3">
         <v>10703.0</v>
       </c>
-      <c r="AS6" t="n" s="3">
+      <c r="AU6" t="n" s="3">
         <v>5762.0</v>
       </c>
-      <c r="AT6" t="n" s="3">
+      <c r="AV6" t="n" s="3">
         <v>2991.0</v>
       </c>
-      <c r="AU6" t="n" s="3">
+      <c r="AW6" t="n" s="3">
         <v>12354.0</v>
       </c>
-      <c r="AV6" t="n" s="3">
+      <c r="AX6" t="n" s="3">
         <v>10737.0</v>
       </c>
-      <c r="AW6" t="n" s="3">
+      <c r="AY6" t="n" s="3">
         <v>6110.0</v>
       </c>
-      <c r="AX6" t="n" s="3">
+      <c r="AZ6" t="n" s="3">
         <v>3180.0</v>
       </c>
-      <c r="AY6" t="n" s="3">
+      <c r="BA6" t="n" s="3">
         <v>12209.0</v>
       </c>
-      <c r="AZ6" t="n" s="3">
+      <c r="BB6" t="n" s="3">
         <v>10486.0</v>
       </c>
-      <c r="BA6" t="n" s="3">
+      <c r="BC6" t="n" s="3">
         <v>5653.0</v>
       </c>
-      <c r="BB6" t="n" s="3">
+      <c r="BD6" t="n" s="3">
         <v>3035.0</v>
       </c>
-      <c r="BC6" t="n" s="3">
+      <c r="BE6" t="n" s="3">
         <v>14998.0</v>
       </c>
-      <c r="BD6" t="n" s="3">
+      <c r="BF6" t="n" s="3">
         <v>12802.0</v>
       </c>
-      <c r="BE6" t="n" s="3">
+      <c r="BG6" t="n" s="3">
         <v>7551.0</v>
       </c>
-      <c r="BF6" t="n" s="3">
+      <c r="BH6" t="n" s="3">
         <v>4212.0</v>
       </c>
-      <c r="BG6" t="n" s="3">
+      <c r="BI6" t="n" s="3">
         <v>17890.0</v>
       </c>
-      <c r="BH6" t="n" s="3">
+      <c r="BJ6" t="n" s="3">
         <v>26066.0</v>
       </c>
-      <c r="BI6" t="n" s="3">
+      <c r="BK6" t="n" s="3">
         <v>8887973.0</v>
       </c>
-      <c r="BJ6" t="n" s="3">
+      <c r="BL6" t="n" s="3">
         <v>4232.0</v>
       </c>
-      <c r="BK6" t="n" s="3">
+      <c r="BM6" t="n" s="3">
         <v>19778.0</v>
       </c>
-      <c r="BL6" t="n" s="3">
+      <c r="BN6" t="n" s="3">
         <v>25942.0</v>
       </c>
-      <c r="BM6" t="n" s="3">
+      <c r="BO6" t="n" s="3">
         <v>14649.0</v>
       </c>
-      <c r="BN6" t="n" s="3">
+      <c r="BP6" t="n" s="3">
         <v>7358.0</v>
       </c>
-      <c r="BO6" t="n" s="3">
+      <c r="BQ6" t="n" s="3">
         <v>19697.0</v>
       </c>
-      <c r="BP6" t="n" s="3">
+      <c r="BR6" t="n" s="3">
         <v>2.518593E7</v>
       </c>
-      <c r="BQ6" t="n" s="3">
+      <c r="BS6" t="n" s="3">
         <v>14468.0</v>
       </c>
-      <c r="BR6" t="n" s="3">
+      <c r="BT6" t="n" s="3">
         <v>4677.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B7" t="n" s="7">
+        <v>4550.0</v>
+      </c>
+      <c r="C7" t="n" s="7">
+        <v>1971.0</v>
+      </c>
+      <c r="D7" t="n" s="7">
         <v>966.0</v>
       </c>
-      <c r="C7" t="n" s="7">
+      <c r="E7" t="n" s="7">
         <v>3583.0</v>
       </c>
-      <c r="D7" t="n" s="7">
+      <c r="F7" t="n" s="7">
         <v>4114.0</v>
       </c>
-      <c r="E7" t="n" s="7">
+      <c r="G7" t="n" s="7">
         <v>1461.0</v>
       </c>
-      <c r="F7" t="n" s="7">
+      <c r="H7" t="n" s="7">
         <v>887.0</v>
       </c>
-      <c r="G7" t="n" s="7">
+      <c r="I7" t="n" s="7">
         <v>3466.0</v>
       </c>
-      <c r="H7" t="n" s="7">
+      <c r="J7" t="n" s="7">
         <v>3795.0</v>
       </c>
-      <c r="I7" t="n" s="7">
+      <c r="K7" t="n" s="7">
         <v>1487.0</v>
       </c>
-      <c r="J7" t="n" s="7">
+      <c r="L7" t="n" s="7">
         <v>897.0</v>
       </c>
-      <c r="K7" t="n" s="7">
+      <c r="M7" t="n" s="7">
         <v>3868.0</v>
       </c>
-      <c r="L7" t="n" s="7">
+      <c r="N7" t="n" s="7">
         <v>4381.0</v>
       </c>
-      <c r="M7" t="n" s="7">
+      <c r="O7" t="n" s="7">
         <v>2258.0</v>
       </c>
-      <c r="N7" t="n" s="7">
+      <c r="P7" t="n" s="7">
         <v>1418.0</v>
       </c>
-      <c r="O7" t="n" s="7">
+      <c r="Q7" t="n" s="7">
         <v>4132.0</v>
       </c>
-      <c r="P7" t="n" s="7">
+      <c r="R7" t="n" s="7">
         <v>1739.0</v>
       </c>
-      <c r="Q7" t="n" s="7">
+      <c r="S7" t="n" s="7">
         <v>651.0</v>
       </c>
-      <c r="R7" t="n" s="7">
+      <c r="T7" t="n" s="7">
         <v>2253.0</v>
       </c>
-      <c r="S7" t="n" s="7">
+      <c r="U7" t="n" s="7">
         <v>830.0</v>
       </c>
-      <c r="T7" t="n" s="7">
+      <c r="V7" t="n" s="7">
         <v>22.0</v>
       </c>
-      <c r="U7" t="n" s="7">
+      <c r="W7" t="n" s="7">
         <v>2391.0</v>
       </c>
-      <c r="V7" t="n" s="7">
+      <c r="X7" t="n" s="7">
         <v>849.0</v>
       </c>
-      <c r="W7" t="n" s="7">
+      <c r="Y7" t="n" s="7">
         <v>312.0</v>
       </c>
-      <c r="X7" t="n" s="7">
+      <c r="Z7" t="n" s="7">
         <v>3879.0</v>
       </c>
-      <c r="Y7" t="n" s="7">
+      <c r="AA7" t="n" s="7">
         <v>1382.0</v>
       </c>
-      <c r="Z7" t="n" s="7">
+      <c r="AB7" t="n" s="7">
         <v>613.0</v>
       </c>
-      <c r="AA7" t="n" s="7">
+      <c r="AC7" t="n" s="7">
         <v>2980.0</v>
       </c>
-      <c r="AB7" t="n" s="7">
+      <c r="AD7" t="n" s="7">
         <v>1076.0</v>
       </c>
-      <c r="AC7" t="n" s="7">
+      <c r="AE7" t="n" s="7">
         <v>550.0</v>
       </c>
-      <c r="AD7" t="n" s="7">
+      <c r="AF7" t="n" s="7">
         <v>3445.0</v>
       </c>
-      <c r="AE7" t="n" s="7">
+      <c r="AG7" t="n" s="7">
         <v>1320.0</v>
       </c>
-      <c r="AF7" t="n" s="7">
+      <c r="AH7" t="n" s="7">
         <v>687.0</v>
       </c>
-      <c r="AG7" t="n" s="7">
+      <c r="AI7" t="n" s="7">
         <v>2585.0</v>
       </c>
-      <c r="AH7" t="n" s="7">
+      <c r="AJ7" t="n" s="7">
         <v>461.0</v>
       </c>
-      <c r="AI7" t="n" s="7">
+      <c r="AK7" t="n" s="7">
         <v>2236.0</v>
       </c>
-      <c r="AJ7" t="n" s="7">
+      <c r="AL7" t="n" s="7">
         <v>2883.0</v>
       </c>
-      <c r="AK7" t="n" s="7">
+      <c r="AM7" t="n" s="7">
         <v>762.0</v>
       </c>
-      <c r="AL7" t="n" s="7">
+      <c r="AN7" t="n" s="7">
         <v>435.0</v>
       </c>
-      <c r="AM7" t="n" s="7">
+      <c r="AO7" t="n" s="7">
         <v>1735.0</v>
       </c>
-      <c r="AN7" t="n" s="7">
+      <c r="AP7" t="n" s="7">
         <v>2134.0</v>
       </c>
-      <c r="AO7" t="n" s="7">
+      <c r="AQ7" t="n" s="7">
         <v>678.0</v>
       </c>
-      <c r="AP7" t="n" s="7">
+      <c r="AR7" t="n" s="7">
         <v>352.0</v>
       </c>
-      <c r="AQ7" t="n" s="7">
+      <c r="AS7" t="n" s="7">
         <v>1558.0</v>
       </c>
-      <c r="AR7" t="n" s="7">
+      <c r="AT7" t="n" s="7">
         <v>2042.0</v>
       </c>
-      <c r="AS7" t="n" s="7">
+      <c r="AU7" t="n" s="7">
         <v>648.0</v>
       </c>
-      <c r="AT7" t="n" s="7">
+      <c r="AV7" t="n" s="7">
         <v>425.0</v>
       </c>
-      <c r="AU7" t="n" s="7">
+      <c r="AW7" t="n" s="7">
         <v>1866.0</v>
       </c>
-      <c r="AV7" t="n" s="7">
+      <c r="AX7" t="n" s="7">
         <v>2391.0</v>
       </c>
-      <c r="AW7" t="n" s="7">
+      <c r="AY7" t="n" s="7">
         <v>1011.0</v>
       </c>
-      <c r="AX7" t="n" s="7">
+      <c r="AZ7" t="n" s="7">
         <v>627.0</v>
       </c>
-      <c r="AY7" t="n" s="7">
+      <c r="BA7" t="n" s="7">
         <v>1739.0</v>
       </c>
-      <c r="AZ7" t="n" s="7">
+      <c r="BB7" t="n" s="7">
         <v>2333.0</v>
       </c>
-      <c r="BA7" t="n" s="7">
+      <c r="BC7" t="n" s="7">
         <v>902.0</v>
       </c>
-      <c r="BB7" t="n" s="7">
+      <c r="BD7" t="n" s="7">
         <v>681.0</v>
       </c>
-      <c r="BC7" t="n" s="7">
+      <c r="BE7" t="n" s="7">
         <v>2958.0</v>
       </c>
-      <c r="BD7" t="n" s="7">
+      <c r="BF7" t="n" s="7">
         <v>3087.0</v>
       </c>
-      <c r="BE7" t="n" s="7">
+      <c r="BG7" t="n" s="7">
         <v>1448.0</v>
       </c>
-      <c r="BF7" t="n" s="7">
+      <c r="BH7" t="n" s="7">
         <v>958.0</v>
       </c>
-      <c r="BG7" t="n" s="7">
+      <c r="BI7" t="n" s="7">
         <v>3749.0</v>
       </c>
-      <c r="BH7" t="n" s="7">
+      <c r="BJ7" t="n" s="7">
         <v>3660.0</v>
       </c>
-      <c r="BI7" t="n" s="7">
+      <c r="BK7" t="n" s="7">
         <v>1926839.0</v>
       </c>
-      <c r="BJ7" t="n" s="7">
+      <c r="BL7" t="n" s="7">
         <v>927.0</v>
       </c>
-      <c r="BK7" t="n" s="7">
+      <c r="BM7" t="n" s="7">
         <v>3579.0</v>
       </c>
-      <c r="BL7" t="n" s="7">
+      <c r="BN7" t="n" s="7">
         <v>3654.0</v>
       </c>
-      <c r="BM7" t="n" s="7">
+      <c r="BO7" t="n" s="7">
         <v>1894.0</v>
       </c>
-      <c r="BN7" t="n" s="7">
+      <c r="BP7" t="n" s="7">
         <v>935.0</v>
       </c>
-      <c r="BO7" t="n" s="7">
+      <c r="BQ7" t="n" s="7">
         <v>3308.0</v>
       </c>
-      <c r="BP7" t="n" s="7">
+      <c r="BR7" t="n" s="7">
         <v>3532455.0</v>
       </c>
-      <c r="BQ7" t="n" s="7">
+      <c r="BS7" t="n" s="7">
         <v>1889.0</v>
       </c>
-      <c r="BR7" t="n" s="7">
+      <c r="BT7" t="n" s="7">
         <v>901.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B8" t="n" s="8">
+        <v>42.0</v>
+      </c>
+      <c r="C8" t="n" s="8">
+        <v>23.0</v>
+      </c>
+      <c r="D8" t="n" s="8">
         <v>7.0</v>
       </c>
-      <c r="C8" t="n" s="8">
+      <c r="E8" t="n" s="8">
         <v>178.0</v>
       </c>
-      <c r="D8" t="n" s="8">
+      <c r="F8" t="n" s="8">
         <v>113.0</v>
       </c>
-      <c r="E8" t="n" s="8">
+      <c r="G8" t="n" s="8">
         <v>74.0</v>
       </c>
-      <c r="F8" t="n" s="8">
+      <c r="H8" t="n" s="8">
         <v>50.0</v>
       </c>
-      <c r="G8" t="n" s="8">
+      <c r="I8" t="n" s="8">
         <v>170.0</v>
       </c>
-      <c r="H8" t="n" s="8">
+      <c r="J8" t="n" s="8">
         <v>108.0</v>
       </c>
-      <c r="I8" t="n" s="8">
+      <c r="K8" t="n" s="8">
         <v>106.0</v>
       </c>
-      <c r="J8" t="n" s="8">
+      <c r="L8" t="n" s="8">
         <v>99.0</v>
       </c>
-      <c r="K8" t="n" s="8">
+      <c r="M8" t="n" s="8">
         <v>292.0</v>
       </c>
-      <c r="L8" t="n" s="8">
+      <c r="N8" t="n" s="8">
         <v>174.0</v>
       </c>
-      <c r="M8" t="n" s="8">
+      <c r="O8" t="n" s="8">
         <v>121.0</v>
       </c>
-      <c r="N8" t="n" s="8">
+      <c r="P8" t="n" s="8">
         <v>76.0</v>
       </c>
-      <c r="O8" t="n" s="8">
+      <c r="Q8" t="n" s="8">
         <v>59.0</v>
       </c>
-      <c r="P8" t="n" s="8">
+      <c r="R8" t="n" s="8">
         <v>45.0</v>
       </c>
-      <c r="Q8" t="n" s="8">
+      <c r="S8" t="n" s="8">
         <v>45.0</v>
       </c>
-      <c r="R8" t="n" s="8">
+      <c r="T8" t="n" s="8">
         <v>-10.0</v>
       </c>
-      <c r="S8" t="n" s="8">
+      <c r="U8" t="n" s="8">
         <v>-9.0</v>
       </c>
-      <c r="T8" t="n" s="8">
+      <c r="V8" t="n" s="8">
         <v>-7.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="W8" t="n" s="8">
         <v>0.0</v>
       </c>
       <c r="X8" t="n" s="8">
         <v>1.0</v>
       </c>
       <c r="Y8" t="n" s="8">
         <v>0.0</v>
       </c>
       <c r="Z8" t="n" s="8">
+        <v>1.0</v>
+      </c>
+      <c r="AA8" t="n" s="8">
         <v>0.0</v>
       </c>
-      <c r="AA8" t="n" s="8">
+      <c r="AB8" t="n" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="AC8" t="n" s="8">
         <v>1.0</v>
       </c>
-      <c r="AB8" t="n" s="8">
+      <c r="AD8" t="n" s="8">
         <v>1.0</v>
       </c>
-      <c r="AC8" t="n" s="8">
+      <c r="AE8" t="n" s="8">
         <v>0.0</v>
       </c>
-      <c r="AD8" t="n" s="8">
+      <c r="AF8" t="n" s="8">
         <v>7.0</v>
       </c>
-      <c r="AE8" t="n" s="8">
+      <c r="AG8" t="n" s="8">
         <v>5.0</v>
       </c>
-      <c r="AF8" t="n" s="8">
+      <c r="AH8" t="n" s="8">
         <v>4.0</v>
       </c>
-      <c r="AG8" t="n" s="8">
+      <c r="AI8" t="n" s="8">
         <v>16.0</v>
       </c>
-      <c r="AH8" t="n" s="8">
+      <c r="AJ8" t="n" s="8">
         <v>10.0</v>
       </c>
-      <c r="AI8" t="n" s="8">
+      <c r="AK8" t="n" s="8">
         <v>12.0</v>
       </c>
-      <c r="AJ8" t="n" s="8">
+      <c r="AL8" t="n" s="8">
         <v>47.0</v>
       </c>
-      <c r="AK8" t="n" s="8">
+      <c r="AM8" t="n" s="8">
         <v>40.0</v>
       </c>
-      <c r="AL8" t="n" s="8">
+      <c r="AN8" t="n" s="8">
         <v>31.0</v>
       </c>
-      <c r="AM8" t="n" s="8">
+      <c r="AO8" t="n" s="8">
         <v>117.0</v>
       </c>
-      <c r="AN8" t="n" s="8">
+      <c r="AP8" t="n" s="8">
         <v>128.0</v>
       </c>
-      <c r="AO8" t="n" s="8">
+      <c r="AQ8" t="n" s="8">
         <v>99.0</v>
       </c>
-      <c r="AP8" t="n" s="8">
+      <c r="AR8" t="n" s="8">
         <v>52.0</v>
       </c>
-      <c r="AQ8" t="n" s="8">
+      <c r="AS8" t="n" s="8">
         <v>219.0</v>
       </c>
-      <c r="AR8" t="n" s="8">
+      <c r="AT8" t="n" s="8">
         <v>151.0</v>
       </c>
-      <c r="AS8" t="n" s="8">
+      <c r="AU8" t="n" s="8">
         <v>120.0</v>
       </c>
-      <c r="AT8" t="n" s="8">
+      <c r="AV8" t="n" s="8">
         <v>66.0</v>
       </c>
-      <c r="AU8" t="n" s="8">
+      <c r="AW8" t="n" s="8">
         <v>302.0</v>
       </c>
-      <c r="AV8" t="n" s="8">
+      <c r="AX8" t="n" s="8">
         <v>211.0</v>
       </c>
-      <c r="AW8" t="n" s="8">
+      <c r="AY8" t="n" s="8">
         <v>147.0</v>
       </c>
-      <c r="AX8" t="n" s="8">
+      <c r="AZ8" t="n" s="8">
         <v>73.0</v>
       </c>
-      <c r="AY8" t="n" s="8">
+      <c r="BA8" t="n" s="8">
         <v>199.0</v>
       </c>
-      <c r="AZ8" t="n" s="8">
+      <c r="BB8" t="n" s="8">
         <v>147.0</v>
       </c>
-      <c r="BA8" t="n" s="8">
+      <c r="BC8" t="n" s="8">
         <v>112.0</v>
       </c>
-      <c r="BB8" t="n" s="8">
+      <c r="BD8" t="n" s="8">
         <v>59.0</v>
       </c>
-      <c r="BC8" t="n" s="8">
+      <c r="BE8" t="n" s="8">
         <v>176.0</v>
       </c>
-      <c r="BD8" t="n" s="8">
+      <c r="BF8" t="n" s="8">
         <v>136.0</v>
       </c>
-      <c r="BE8" t="n" s="8">
+      <c r="BG8" t="n" s="8">
         <v>118.0</v>
       </c>
-      <c r="BF8" t="n" s="8">
+      <c r="BH8" t="n" s="8">
         <v>53.0</v>
       </c>
-      <c r="BG8" t="n" s="8">
+      <c r="BI8" t="n" s="8">
         <v>385.0</v>
       </c>
-      <c r="BH8" t="n" s="8">
+      <c r="BJ8" t="n" s="8">
         <v>300.0</v>
       </c>
-      <c r="BI8" t="n" s="8">
+      <c r="BK8" t="n" s="8">
         <v>197863.0</v>
       </c>
-      <c r="BJ8" t="n" s="8">
+      <c r="BL8" t="n" s="8">
         <v>103.0</v>
       </c>
-      <c r="BK8" t="n" s="8">
+      <c r="BM8" t="n" s="8">
         <v>302.0</v>
       </c>
-      <c r="BL8" t="n" s="8">
+      <c r="BN8" t="n" s="8">
         <v>229.0</v>
       </c>
-      <c r="BM8" t="n" s="8">
+      <c r="BO8" t="n" s="8">
         <v>164.0</v>
       </c>
-      <c r="BN8" t="n" s="8">
+      <c r="BP8" t="n" s="8">
         <v>85.0</v>
       </c>
-      <c r="BO8" t="n" s="8">
+      <c r="BQ8" t="n" s="8">
         <v>233.0</v>
       </c>
-      <c r="BP8" t="n" s="8">
+      <c r="BR8" t="n" s="8">
         <v>155928.0</v>
       </c>
-      <c r="BQ8" t="n" s="8">
+      <c r="BS8" t="n" s="8">
         <v>115.0</v>
       </c>
-      <c r="BR8" t="n" s="8">
+      <c r="BT8" t="n" s="8">
         <v>57.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B9" t="n" s="9">
+        <v>4592.0</v>
+      </c>
+      <c r="C9" t="n" s="9">
+        <v>1994.0</v>
+      </c>
+      <c r="D9" t="n" s="9">
         <v>973.0</v>
       </c>
-      <c r="C9" t="n" s="9">
+      <c r="E9" t="n" s="9">
         <v>3761.0</v>
       </c>
-      <c r="D9" t="n" s="9">
+      <c r="F9" t="n" s="9">
         <v>4227.0</v>
       </c>
-      <c r="E9" t="n" s="9">
+      <c r="G9" t="n" s="9">
         <v>1535.0</v>
       </c>
-      <c r="F9" t="n" s="9">
+      <c r="H9" t="n" s="9">
         <v>937.0</v>
       </c>
-      <c r="G9" t="n" s="9">
+      <c r="I9" t="n" s="9">
         <v>3636.0</v>
       </c>
-      <c r="H9" t="n" s="9">
+      <c r="J9" t="n" s="9">
         <v>3903.0</v>
       </c>
-      <c r="I9" t="n" s="9">
+      <c r="K9" t="n" s="9">
         <v>1593.0</v>
       </c>
-      <c r="J9" t="n" s="9">
+      <c r="L9" t="n" s="9">
         <v>996.0</v>
       </c>
-      <c r="K9" t="n" s="9">
+      <c r="M9" t="n" s="9">
         <v>4160.0</v>
       </c>
-      <c r="L9" t="n" s="9">
+      <c r="N9" t="n" s="9">
         <v>4555.0</v>
       </c>
-      <c r="M9" t="n" s="9">
+      <c r="O9" t="n" s="9">
         <v>2379.0</v>
       </c>
-      <c r="N9" t="n" s="9">
+      <c r="P9" t="n" s="9">
         <v>1494.0</v>
       </c>
-      <c r="O9" t="n" s="9">
+      <c r="Q9" t="n" s="9">
         <v>4191.0</v>
       </c>
-      <c r="P9" t="n" s="9">
+      <c r="R9" t="n" s="9">
         <v>1784.0</v>
       </c>
-      <c r="Q9" t="n" s="9">
+      <c r="S9" t="n" s="9">
         <v>696.0</v>
       </c>
-      <c r="R9" t="n" s="9">
+      <c r="T9" t="n" s="9">
         <v>2243.0</v>
       </c>
-      <c r="S9" t="n" s="9">
+      <c r="U9" t="n" s="9">
         <v>821.0</v>
       </c>
-      <c r="T9" t="n" s="9">
+      <c r="V9" t="n" s="9">
         <v>15.0</v>
       </c>
-      <c r="U9" t="n" s="9">
+      <c r="W9" t="n" s="9">
         <v>2391.0</v>
       </c>
-      <c r="V9" t="n" s="9">
+      <c r="X9" t="n" s="9">
         <v>850.0</v>
       </c>
-      <c r="W9" t="n" s="9">
+      <c r="Y9" t="n" s="9">
         <v>312.0</v>
       </c>
-      <c r="X9" t="n" s="9">
+      <c r="Z9" t="n" s="9">
         <v>3880.0</v>
       </c>
-      <c r="Y9" t="n" s="9">
+      <c r="AA9" t="n" s="9">
         <v>1382.0</v>
       </c>
-      <c r="Z9" t="n" s="9">
+      <c r="AB9" t="n" s="9">
         <v>613.0</v>
       </c>
-      <c r="AA9" t="n" s="9">
+      <c r="AC9" t="n" s="9">
         <v>2981.0</v>
       </c>
-      <c r="AB9" t="n" s="9">
+      <c r="AD9" t="n" s="9">
         <v>1077.0</v>
       </c>
-      <c r="AC9" t="n" s="9">
+      <c r="AE9" t="n" s="9">
         <v>551.0</v>
       </c>
-      <c r="AD9" t="n" s="9">
+      <c r="AF9" t="n" s="9">
         <v>3452.0</v>
       </c>
-      <c r="AE9" t="n" s="9">
+      <c r="AG9" t="n" s="9">
         <v>1326.0</v>
       </c>
-      <c r="AF9" t="n" s="9">
+      <c r="AH9" t="n" s="9">
         <v>691.0</v>
       </c>
-      <c r="AG9" t="n" s="9">
+      <c r="AI9" t="n" s="9">
         <v>2601.0</v>
       </c>
-      <c r="AH9" t="n" s="9">
+      <c r="AJ9" t="n" s="9">
         <v>471.0</v>
       </c>
-      <c r="AI9" t="n" s="9">
+      <c r="AK9" t="n" s="9">
         <v>2248.0</v>
       </c>
-      <c r="AJ9" t="n" s="9">
+      <c r="AL9" t="n" s="9">
         <v>2930.0</v>
       </c>
-      <c r="AK9" t="n" s="9">
+      <c r="AM9" t="n" s="9">
         <v>802.0</v>
       </c>
-      <c r="AL9" t="n" s="9">
+      <c r="AN9" t="n" s="9">
         <v>466.0</v>
       </c>
-      <c r="AM9" t="n" s="9">
+      <c r="AO9" t="n" s="9">
         <v>1852.0</v>
       </c>
-      <c r="AN9" t="n" s="9">
+      <c r="AP9" t="n" s="9">
         <v>2262.0</v>
       </c>
-      <c r="AO9" t="n" s="9">
+      <c r="AQ9" t="n" s="9">
         <v>776.0</v>
       </c>
-      <c r="AP9" t="n" s="9">
+      <c r="AR9" t="n" s="9">
         <v>403.0</v>
       </c>
-      <c r="AQ9" t="n" s="9">
+      <c r="AS9" t="n" s="9">
         <v>1777.0</v>
       </c>
-      <c r="AR9" t="n" s="9">
+      <c r="AT9" t="n" s="9">
         <v>2193.0</v>
       </c>
-      <c r="AS9" t="n" s="9">
+      <c r="AU9" t="n" s="9">
         <v>767.0</v>
       </c>
-      <c r="AT9" t="n" s="9">
+      <c r="AV9" t="n" s="9">
         <v>491.0</v>
       </c>
-      <c r="AU9" t="n" s="9">
+      <c r="AW9" t="n" s="9">
         <v>2168.0</v>
       </c>
-      <c r="AV9" t="n" s="9">
+      <c r="AX9" t="n" s="9">
         <v>2602.0</v>
       </c>
-      <c r="AW9" t="n" s="9">
+      <c r="AY9" t="n" s="9">
         <v>1158.0</v>
       </c>
-      <c r="AX9" t="n" s="9">
+      <c r="AZ9" t="n" s="9">
         <v>701.0</v>
       </c>
-      <c r="AY9" t="n" s="9">
+      <c r="BA9" t="n" s="9">
         <v>1938.0</v>
       </c>
-      <c r="AZ9" t="n" s="9">
+      <c r="BB9" t="n" s="9">
         <v>2480.0</v>
       </c>
-      <c r="BA9" t="n" s="9">
+      <c r="BC9" t="n" s="9">
         <v>1014.0</v>
       </c>
-      <c r="BB9" t="n" s="9">
+      <c r="BD9" t="n" s="9">
         <v>740.0</v>
       </c>
-      <c r="BC9" t="n" s="9">
+      <c r="BE9" t="n" s="9">
         <v>3172.0</v>
       </c>
-      <c r="BD9" t="n" s="9">
+      <c r="BF9" t="n" s="9">
         <v>3223.0</v>
       </c>
-      <c r="BE9" t="n" s="9">
+      <c r="BG9" t="n" s="9">
         <v>1566.0</v>
       </c>
-      <c r="BF9" t="n" s="9">
+      <c r="BH9" t="n" s="9">
         <v>1011.0</v>
       </c>
-      <c r="BG9" t="n" s="9">
+      <c r="BI9" t="n" s="9">
         <v>4134.0</v>
       </c>
-      <c r="BH9" t="n" s="9">
+      <c r="BJ9" t="n" s="9">
         <v>3961.0</v>
       </c>
-      <c r="BI9" t="n" s="9">
+      <c r="BK9" t="n" s="9">
         <v>2124702.0</v>
       </c>
-      <c r="BJ9" t="n" s="9">
+      <c r="BL9" t="n" s="9">
         <v>1030.0</v>
       </c>
-      <c r="BK9" t="n" s="9">
+      <c r="BM9" t="n" s="9">
         <v>3881.0</v>
       </c>
-      <c r="BL9" t="n" s="9">
+      <c r="BN9" t="n" s="9">
         <v>3883.0</v>
       </c>
-      <c r="BM9" t="n" s="9">
+      <c r="BO9" t="n" s="9">
         <v>2058.0</v>
       </c>
-      <c r="BN9" t="n" s="9">
+      <c r="BP9" t="n" s="9">
         <v>1020.0</v>
       </c>
-      <c r="BO9" t="n" s="9">
+      <c r="BQ9" t="n" s="9">
         <v>3541.0</v>
       </c>
-      <c r="BP9" t="n" s="9">
+      <c r="BR9" t="n" s="9">
         <v>3688383.0</v>
       </c>
-      <c r="BQ9" t="n" s="9">
+      <c r="BS9" t="n" s="9">
         <v>2004.0</v>
       </c>
-      <c r="BR9" t="n" s="9">
+      <c r="BT9" t="n" s="9">
         <v>958.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B10" t="n" s="10">
+        <v>3776.0</v>
+      </c>
+      <c r="C10" t="n" s="10">
+        <v>1598.0</v>
+      </c>
+      <c r="D10" t="n" s="10">
         <v>772.0</v>
       </c>
-      <c r="C10" t="n" s="10">
+      <c r="E10" t="n" s="10">
         <v>2989.0</v>
       </c>
-      <c r="D10" t="n" s="10">
+      <c r="F10" t="n" s="10">
         <v>3456.0</v>
       </c>
-      <c r="E10" t="n" s="10">
+      <c r="G10" t="n" s="10">
         <v>1190.0</v>
       </c>
-      <c r="F10" t="n" s="10">
+      <c r="H10" t="n" s="10">
         <v>746.0</v>
       </c>
-      <c r="G10" t="n" s="10">
+      <c r="I10" t="n" s="10">
         <v>2906.0</v>
       </c>
-      <c r="H10" t="n" s="10">
+      <c r="J10" t="n" s="10">
         <v>3207.0</v>
       </c>
-      <c r="I10" t="n" s="10">
+      <c r="K10" t="n" s="10">
         <v>1265.0</v>
       </c>
-      <c r="J10" t="n" s="10">
+      <c r="L10" t="n" s="10">
         <v>805.0</v>
       </c>
-      <c r="K10" t="n" s="10">
+      <c r="M10" t="n" s="10">
         <v>3448.0</v>
       </c>
-      <c r="L10" t="n" s="10">
+      <c r="N10" t="n" s="10">
         <v>3837.0</v>
       </c>
-      <c r="M10" t="n" s="10">
+      <c r="O10" t="n" s="10">
         <v>1999.0</v>
       </c>
-      <c r="N10" t="n" s="10">
+      <c r="P10" t="n" s="10">
         <v>1254.0</v>
       </c>
-      <c r="O10" t="n" s="10">
+      <c r="Q10" t="n" s="10">
         <v>3543.0</v>
       </c>
-      <c r="P10" t="n" s="10">
+      <c r="R10" t="n" s="10">
         <v>1483.0</v>
       </c>
-      <c r="Q10" t="n" s="10">
+      <c r="S10" t="n" s="10">
         <v>571.0</v>
       </c>
-      <c r="R10" t="n" s="10">
+      <c r="T10" t="n" s="10">
         <v>1850.0</v>
       </c>
-      <c r="S10" t="n" s="10">
+      <c r="U10" t="n" s="10">
         <v>653.0</v>
       </c>
-      <c r="T10" t="n" s="10">
+      <c r="V10" t="n" s="10">
         <v>-32.0</v>
       </c>
-      <c r="U10" t="n" s="10">
+      <c r="W10" t="n" s="10">
         <v>1964.0</v>
       </c>
-      <c r="V10" t="n" s="10">
+      <c r="X10" t="n" s="10">
         <v>660.0</v>
       </c>
-      <c r="W10" t="n" s="10">
+      <c r="Y10" t="n" s="10">
         <v>231.0</v>
       </c>
-      <c r="X10" t="n" s="10">
+      <c r="Z10" t="n" s="10">
         <v>3340.0</v>
       </c>
-      <c r="Y10" t="n" s="10">
+      <c r="AA10" t="n" s="10">
         <v>1129.0</v>
       </c>
-      <c r="Z10" t="n" s="10">
+      <c r="AB10" t="n" s="10">
         <v>494.0</v>
       </c>
-      <c r="AA10" t="n" s="10">
+      <c r="AC10" t="n" s="10">
         <v>2516.0</v>
       </c>
-      <c r="AB10" t="n" s="10">
+      <c r="AD10" t="n" s="10">
         <v>886.0</v>
       </c>
-      <c r="AC10" t="n" s="10">
+      <c r="AE10" t="n" s="10">
         <v>422.0</v>
       </c>
-      <c r="AD10" t="n" s="10">
+      <c r="AF10" t="n" s="10">
         <v>2538.0</v>
       </c>
-      <c r="AE10" t="n" s="10">
+      <c r="AG10" t="n" s="10">
         <v>1007.0</v>
       </c>
-      <c r="AF10" t="n" s="10">
+      <c r="AH10" t="n" s="10">
         <v>532.0</v>
       </c>
-      <c r="AG10" t="n" s="10">
+      <c r="AI10" t="n" s="10">
         <v>2001.0</v>
       </c>
-      <c r="AH10" t="n" s="10">
+      <c r="AJ10" t="n" s="10">
         <v>355.0</v>
       </c>
-      <c r="AI10" t="n" s="10">
+      <c r="AK10" t="n" s="10">
         <v>1714.0</v>
       </c>
-      <c r="AJ10" t="n" s="10">
+      <c r="AL10" t="n" s="10">
         <v>2263.0</v>
       </c>
-      <c r="AK10" t="n" s="10">
+      <c r="AM10" t="n" s="10">
         <v>587.0</v>
       </c>
-      <c r="AL10" t="n" s="10">
+      <c r="AN10" t="n" s="10">
         <v>335.0</v>
       </c>
-      <c r="AM10" t="n" s="10">
+      <c r="AO10" t="n" s="10">
         <v>1493.0</v>
       </c>
-      <c r="AN10" t="n" s="10">
+      <c r="AP10" t="n" s="10">
         <v>1848.0</v>
       </c>
-      <c r="AO10" t="n" s="10">
+      <c r="AQ10" t="n" s="10">
         <v>665.0</v>
       </c>
-      <c r="AP10" t="n" s="10">
+      <c r="AR10" t="n" s="10">
         <v>344.0</v>
       </c>
-      <c r="AQ10" t="n" s="10">
+      <c r="AS10" t="n" s="10">
         <v>1444.0</v>
       </c>
-      <c r="AR10" t="n" s="10">
+      <c r="AT10" t="n" s="10">
         <v>1817.0</v>
       </c>
-      <c r="AS10" t="n" s="10">
+      <c r="AU10" t="n" s="10">
         <v>626.0</v>
       </c>
-      <c r="AT10" t="n" s="10">
+      <c r="AV10" t="n" s="10">
         <v>386.0</v>
       </c>
-      <c r="AU10" t="n" s="10">
+      <c r="AW10" t="n" s="10">
         <v>1696.0</v>
       </c>
-      <c r="AV10" t="n" s="10">
+      <c r="AX10" t="n" s="10">
         <v>2066.0</v>
       </c>
-      <c r="AW10" t="n" s="10">
+      <c r="AY10" t="n" s="10">
         <v>894.0</v>
       </c>
-      <c r="AX10" t="n" s="10">
+      <c r="AZ10" t="n" s="10">
         <v>562.0</v>
       </c>
-      <c r="AY10" t="n" s="10">
+      <c r="BA10" t="n" s="10">
         <v>1555.0</v>
       </c>
-      <c r="AZ10" t="n" s="10">
+      <c r="BB10" t="n" s="10">
         <v>1887.0</v>
       </c>
-      <c r="BA10" t="n" s="10">
+      <c r="BC10" t="n" s="10">
         <v>744.0</v>
       </c>
-      <c r="BB10" t="n" s="10">
+      <c r="BD10" t="n" s="10">
         <v>559.0</v>
       </c>
-      <c r="BC10" t="n" s="10">
+      <c r="BE10" t="n" s="10">
         <v>2276.0</v>
       </c>
-      <c r="BD10" t="n" s="10">
+      <c r="BF10" t="n" s="10">
         <v>2410.0</v>
       </c>
-      <c r="BE10" t="n" s="10">
+      <c r="BG10" t="n" s="10">
         <v>1121.0</v>
       </c>
-      <c r="BF10" t="n" s="10">
+      <c r="BH10" t="n" s="10">
         <v>746.0</v>
       </c>
-      <c r="BG10" t="n" s="10">
+      <c r="BI10" t="n" s="10">
         <v>3072.0</v>
       </c>
-      <c r="BH10" t="n" s="10">
+      <c r="BJ10" t="n" s="10">
         <v>2943.0</v>
       </c>
-      <c r="BI10" t="n" s="10">
+      <c r="BK10" t="n" s="10">
         <v>1572402.0</v>
       </c>
-      <c r="BJ10" t="n" s="10">
+      <c r="BL10" t="n" s="10">
         <v>760.0</v>
       </c>
-      <c r="BK10" t="n" s="10">
+      <c r="BM10" t="n" s="10">
         <v>2817.0</v>
       </c>
-      <c r="BL10" t="n" s="10">
+      <c r="BN10" t="n" s="10">
         <v>2904.0</v>
       </c>
-      <c r="BM10" t="n" s="10">
+      <c r="BO10" t="n" s="10">
         <v>1528.0</v>
       </c>
-      <c r="BN10" t="n" s="10">
+      <c r="BP10" t="n" s="10">
         <v>753.0</v>
       </c>
-      <c r="BO10" t="n" s="10">
+      <c r="BQ10" t="n" s="10">
         <v>2730.0</v>
       </c>
-      <c r="BP10" t="n" s="10">
+      <c r="BR10" t="n" s="10">
         <v>2837642.0</v>
       </c>
-      <c r="BQ10" t="n" s="10">
+      <c r="BS10" t="n" s="10">
         <v>1531.0</v>
       </c>
-      <c r="BR10" t="n" s="10">
+      <c r="BT10" t="n" s="10">
         <v>731.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B12" t="s" s="11">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C12" t="s" s="11">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D12" t="s" s="11">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E12" t="s" s="11">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F12" t="s" s="11">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G12" t="s" s="11">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H12" t="s" s="11">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I12" t="s" s="11">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J12" t="s" s="11">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K12" t="s" s="11">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="L12" t="s" s="11">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="M12" t="s" s="11">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="N12" t="s" s="11">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O12" t="s" s="11">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="P12" t="s" s="11">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="Q12" t="s" s="11">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="R12" t="s" s="11">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="S12" t="s" s="11">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="T12" t="s" s="11">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="U12" t="s" s="11">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="V12" t="s" s="11">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="W12" t="s" s="11">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="X12" t="s" s="11">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="Y12" t="s" s="11">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="Z12" t="s" s="11">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="AA12" t="s" s="11">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="AB12" t="s" s="11">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="AC12" t="s" s="11">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="AD12" t="s" s="11">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="AE12" t="s" s="11">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="AF12" t="s" s="11">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="AG12" t="s" s="11">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AH12" t="s" s="11">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="AI12" t="s" s="11">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AJ12" t="s" s="11">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="AK12" t="s" s="11">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="AL12" t="s" s="11">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="AM12" t="s" s="11">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="AN12" t="s" s="11">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="AO12" t="s" s="11">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AP12" t="s" s="11">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="AQ12" t="s" s="11">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="AR12" t="s" s="11">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="AS12" t="s" s="11">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="AT12" t="s" s="11">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="AU12" t="s" s="11">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="AV12" t="s" s="11">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="AW12" t="s" s="11">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="AX12" t="s" s="11">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="AY12" t="s" s="11">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="AZ12" t="s" s="11">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="BA12" t="s" s="11">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="BB12" t="s" s="11">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="BC12" t="s" s="11">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="BD12" t="s" s="11">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="BE12" t="s" s="11">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="BF12" t="s" s="11">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="BG12" t="s" s="11">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="BH12" t="s" s="11">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="BI12" t="s" s="11">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="BJ12" t="s" s="11">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="BK12" t="s" s="11">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="BL12" t="s" s="11">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="BM12" t="s" s="11">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="BN12" t="s" s="11">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="BO12" t="s" s="11">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="BP12" t="s" s="11">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="BQ12" t="s" s="11">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="BR12" t="s" s="11">
-        <v>149</v>
+        <v>151</v>
+      </c>
+      <c r="BS12" t="s" s="11">
+        <v>152</v>
+      </c>
+      <c r="BT12" t="s" s="11">
+        <v>153</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="J13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="K13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="L13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="M13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="N13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="O13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="P13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Q13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="R13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="S13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="T13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="U13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="V13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="W13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="X13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Y13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="Z13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AA13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AB13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AC13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AD13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AE13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AF13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AG13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AH13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AI13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AJ13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AK13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AL13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AM13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AN13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AO13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AP13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AQ13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AR13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AS13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AT13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AU13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AV13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AW13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AX13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AY13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="AZ13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BA13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BB13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BC13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BD13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BE13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BF13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BG13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BH13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BI13" t="s" s="12">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BJ13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BK13" t="s" s="12">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="BL13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BM13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BN13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BO13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BP13" t="s" s="12">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="BQ13" t="s" s="12">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="BR13" t="s" s="12">
-        <v>73</v>
+        <v>76</v>
+      </c>
+      <c r="BS13" t="s" s="12">
+        <v>75</v>
+      </c>
+      <c r="BT13" t="s" s="12">
+        <v>75</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B14" t="n" s="13">
+        <v>4015.0</v>
+      </c>
+      <c r="C14" t="n" s="13">
+        <v>4015.0</v>
+      </c>
+      <c r="D14" t="n" s="13">
         <v>4040.0</v>
       </c>
-      <c r="C14" t="n" s="13">
+      <c r="E14" t="n" s="13">
         <v>4029.0</v>
       </c>
-      <c r="D14" t="n" s="13">
+      <c r="F14" t="n" s="13">
         <v>3903.0</v>
       </c>
-      <c r="E14" t="n" s="13">
+      <c r="G14" t="n" s="13">
         <v>3964.0</v>
       </c>
-      <c r="F14" t="n" s="13">
+      <c r="H14" t="n" s="13">
         <v>3961.0</v>
       </c>
-      <c r="G14" t="n" s="13">
+      <c r="I14" t="n" s="13">
         <v>3920.0</v>
       </c>
-      <c r="H14" t="n" s="13">
+      <c r="J14" t="n" s="13">
         <v>3947.0</v>
       </c>
-      <c r="I14" t="n" s="13">
+      <c r="K14" t="n" s="13">
         <v>4008.0</v>
       </c>
-      <c r="J14" t="n" s="13">
+      <c r="L14" t="n" s="13">
         <v>4036.0</v>
       </c>
-      <c r="K14" t="n" s="13">
+      <c r="M14" t="n" s="13">
         <v>4121.0</v>
       </c>
-      <c r="L14" t="n" s="13">
+      <c r="N14" t="n" s="13">
         <v>3884.0</v>
       </c>
-      <c r="M14" t="n" s="13">
+      <c r="O14" t="n" s="13">
         <v>3805.0</v>
       </c>
-      <c r="N14" t="n" s="13">
+      <c r="P14" t="n" s="13">
         <v>3767.0</v>
       </c>
-      <c r="O14" t="n" s="13">
+      <c r="Q14" t="n" s="13">
         <v>3419.0</v>
       </c>
-      <c r="P14" t="n" s="13">
+      <c r="R14" t="n" s="13">
         <v>3488.0</v>
       </c>
-      <c r="Q14" t="n" s="13">
+      <c r="S14" t="n" s="13">
         <v>3587.0</v>
       </c>
-      <c r="R14" t="n" s="13">
+      <c r="T14" t="n" s="13">
         <v>3519.0</v>
       </c>
-      <c r="S14" t="n" s="13">
+      <c r="U14" t="n" s="13">
         <v>3471.0</v>
       </c>
-      <c r="T14" t="n" s="13">
+      <c r="V14" t="n" s="13">
         <v>3502.0</v>
       </c>
-      <c r="U14" t="n" s="13">
+      <c r="W14" t="n" s="13">
         <v>3493.0</v>
       </c>
-      <c r="V14" t="n" s="13">
+      <c r="X14" t="n" s="13">
         <v>3524.0</v>
       </c>
-      <c r="W14" t="n" s="13">
+      <c r="Y14" t="n" s="13">
         <v>3481.0</v>
       </c>
-      <c r="X14" t="n" s="13">
+      <c r="Z14" t="n" s="13">
         <v>3302.0</v>
       </c>
-      <c r="Y14" t="n" s="13">
+      <c r="AA14" t="n" s="13">
         <v>3364.0</v>
       </c>
-      <c r="Z14" t="n" s="13">
+      <c r="AB14" t="n" s="13">
         <v>3443.0</v>
       </c>
-      <c r="AA14" t="n" s="13">
+      <c r="AC14" t="n" s="13">
         <v>3108.0</v>
       </c>
-      <c r="AB14" t="n" s="13">
+      <c r="AD14" t="n" s="13">
         <v>3096.0</v>
       </c>
-      <c r="AC14" t="n" s="13">
+      <c r="AE14" t="n" s="13">
         <v>3094.0</v>
       </c>
-      <c r="AD14" t="n" s="13">
+      <c r="AF14" t="n" s="13">
         <v>3195.0</v>
       </c>
-      <c r="AE14" t="n" s="13">
+      <c r="AG14" t="n" s="13">
         <v>3210.0</v>
       </c>
-      <c r="AF14" t="n" s="13">
+      <c r="AH14" t="n" s="13">
         <v>3237.0</v>
       </c>
-      <c r="AG14" t="n" s="13">
+      <c r="AI14" t="n" s="13">
         <v>3189.0</v>
       </c>
-      <c r="AH14" t="n" s="13">
+      <c r="AJ14" t="n" s="13">
         <v>3193.0</v>
       </c>
-      <c r="AI14" t="n" s="13">
+      <c r="AK14" t="n" s="13">
         <v>3090.0</v>
       </c>
-      <c r="AJ14" t="n" s="13">
+      <c r="AL14" t="n" s="13">
         <v>3181.0</v>
       </c>
-      <c r="AK14" t="n" s="13">
+      <c r="AM14" t="n" s="13">
         <v>3285.0</v>
       </c>
-      <c r="AL14" t="n" s="13">
+      <c r="AN14" t="n" s="13">
         <v>3313.0</v>
       </c>
-      <c r="AM14" t="n" s="13">
+      <c r="AO14" t="n" s="13">
         <v>3303.0</v>
       </c>
-      <c r="AN14" t="n" s="13">
+      <c r="AP14" t="n" s="13">
         <v>3295.0</v>
       </c>
-      <c r="AO14" t="n" s="13">
+      <c r="AQ14" t="n" s="13">
         <v>3407.0</v>
       </c>
-      <c r="AP14" t="n" s="13">
+      <c r="AR14" t="n" s="13">
         <v>3411.0</v>
       </c>
-      <c r="AQ14" t="n" s="13">
+      <c r="AS14" t="n" s="13">
         <v>3455.0</v>
       </c>
-      <c r="AR14" t="n" s="13">
+      <c r="AT14" t="n" s="13">
         <v>3506.0</v>
       </c>
-      <c r="AS14" t="n" s="13">
+      <c r="AU14" t="n" s="13">
         <v>3591.0</v>
       </c>
-      <c r="AT14" t="n" s="13">
+      <c r="AV14" t="n" s="13">
         <v>3645.0</v>
       </c>
-      <c r="AU14" t="n" s="13">
+      <c r="AW14" t="n" s="13">
         <v>3691.0</v>
       </c>
-      <c r="AV14" t="n" s="13">
+      <c r="AX14" t="n" s="13">
         <v>3749.0</v>
       </c>
-      <c r="AW14" t="n" s="13">
+      <c r="AY14" t="n" s="13">
         <v>3854.0</v>
       </c>
-      <c r="AX14" t="n" s="13">
+      <c r="AZ14" t="n" s="13">
         <v>3905.0</v>
       </c>
-      <c r="AY14" t="n" s="13">
+      <c r="BA14" t="n" s="13">
         <v>4015.0</v>
       </c>
-      <c r="AZ14" t="n" s="13">
+      <c r="BB14" t="n" s="13">
         <v>4235.0</v>
       </c>
-      <c r="BA14" t="n" s="13">
+      <c r="BC14" t="n" s="13">
         <v>4394.0</v>
       </c>
-      <c r="BB14" t="n" s="13">
+      <c r="BD14" t="n" s="13">
         <v>4497.0</v>
       </c>
-      <c r="BC14" t="n" s="13">
+      <c r="BE14" t="n" s="13">
         <v>4506.0</v>
       </c>
-      <c r="BD14" t="n" s="13">
+      <c r="BF14" t="n" s="13">
         <v>4688.0</v>
       </c>
-      <c r="BE14" t="n" s="13">
+      <c r="BG14" t="n" s="13">
         <v>4717.0</v>
       </c>
-      <c r="BF14" t="n" s="13">
+      <c r="BH14" t="n" s="13">
         <v>4762.0</v>
       </c>
-      <c r="BG14" t="n" s="13">
+      <c r="BI14" t="n" s="13">
         <v>4768.0</v>
       </c>
-      <c r="BH14" t="n" s="13">
+      <c r="BJ14" t="n" s="13">
         <v>4357.0</v>
       </c>
-      <c r="BI14" t="n" s="13">
+      <c r="BK14" t="n" s="13">
         <v>4391505.0</v>
       </c>
-      <c r="BJ14" t="n" s="13">
+      <c r="BL14" t="n" s="13">
         <v>4434.0</v>
       </c>
-      <c r="BK14" t="n" s="13">
+      <c r="BM14" t="n" s="13">
         <v>4527.0</v>
       </c>
-      <c r="BL14" t="n" s="13">
+      <c r="BN14" t="n" s="13">
         <v>4441.0</v>
       </c>
-      <c r="BM14" t="n" s="13">
+      <c r="BO14" t="n" s="13">
         <v>4567.0</v>
       </c>
-      <c r="BN14" t="n" s="13">
+      <c r="BP14" t="n" s="13">
         <v>4597.0</v>
       </c>
-      <c r="BO14" t="n" s="13">
+      <c r="BQ14" t="n" s="13">
         <v>4586.0</v>
       </c>
-      <c r="BP14" t="n" s="13">
+      <c r="BR14" t="n" s="13">
         <v>4667177.0</v>
       </c>
-      <c r="BQ14" t="n" s="13">
+      <c r="BS14" t="n" s="13">
         <v>4872.0</v>
       </c>
-      <c r="BR14" t="n" s="13">
+      <c r="BT14" t="n" s="13">
         <v>4569.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B15" t="n" s="14">
-        <v>78.0</v>
+        <v>81.0</v>
       </c>
       <c r="C15" t="n" s="14">
         <v>80.0</v>
       </c>
       <c r="D15" t="n" s="14">
+        <v>78.0</v>
+      </c>
+      <c r="E15" t="n" s="14">
+        <v>80.0</v>
+      </c>
+      <c r="F15" t="n" s="14">
         <v>66.0</v>
       </c>
-      <c r="E15" t="n" s="14">
+      <c r="G15" t="n" s="14">
         <v>72.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>77.0</v>
       </c>
       <c r="H15" t="n" s="14">
         <v>73.0</v>
       </c>
       <c r="I15" t="n" s="14">
         <v>77.0</v>
       </c>
       <c r="J15" t="n" s="14">
         <v>73.0</v>
       </c>
       <c r="K15" t="n" s="14">
+        <v>77.0</v>
+      </c>
+      <c r="L15" t="n" s="14">
+        <v>73.0</v>
+      </c>
+      <c r="M15" t="n" s="14">
         <v>75.0</v>
       </c>
-      <c r="L15" t="n" s="14">
+      <c r="N15" t="n" s="14">
         <v>69.0</v>
       </c>
-      <c r="M15" t="n" s="14">
+      <c r="O15" t="n" s="14">
         <v>72.0</v>
       </c>
-      <c r="N15" t="n" s="14">
+      <c r="P15" t="n" s="14">
         <v>78.0</v>
       </c>
-      <c r="O15" t="n" s="14">
+      <c r="Q15" t="n" s="14">
         <v>82.0</v>
       </c>
-      <c r="P15" t="n" s="14">
+      <c r="R15" t="n" s="14">
         <v>87.0</v>
       </c>
-      <c r="Q15" t="n" s="14">
+      <c r="S15" t="n" s="14">
         <v>93.0</v>
       </c>
-      <c r="R15" t="n" s="14">
+      <c r="T15" t="n" s="14">
         <v>90.0</v>
       </c>
-      <c r="S15" t="n" s="14">
+      <c r="U15" t="n" s="14">
         <v>96.0</v>
       </c>
-      <c r="T15" t="n" s="14">
+      <c r="V15" t="n" s="14">
         <v>100.0</v>
       </c>
-      <c r="U15" t="n" s="14">
+      <c r="W15" t="n" s="14">
         <v>89.0</v>
       </c>
-      <c r="V15" t="n" s="14">
+      <c r="X15" t="n" s="14">
         <v>94.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>89.0</v>
       </c>
       <c r="Y15" t="n" s="14">
         <v>87.0</v>
       </c>
       <c r="Z15" t="n" s="14">
+        <v>89.0</v>
+      </c>
+      <c r="AA15" t="n" s="14">
+        <v>87.0</v>
+      </c>
+      <c r="AB15" t="n" s="14">
         <v>94.0</v>
       </c>
-      <c r="AA15" t="n" s="14">
+      <c r="AC15" t="n" s="14">
         <v>93.0</v>
       </c>
-      <c r="AB15" t="n" s="14">
+      <c r="AD15" t="n" s="14">
         <v>103.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>105.0</v>
       </c>
       <c r="AE15" t="n" s="14">
         <v>111.0</v>
       </c>
       <c r="AF15" t="n" s="14">
+        <v>105.0</v>
+      </c>
+      <c r="AG15" t="n" s="14">
+        <v>111.0</v>
+      </c>
+      <c r="AH15" t="n" s="14">
         <v>117.0</v>
       </c>
-      <c r="AG15" t="n" s="14">
+      <c r="AI15" t="n" s="14">
         <v>105.0</v>
       </c>
-      <c r="AH15" t="n" s="14">
+      <c r="AJ15" t="n" s="14">
         <v>94.0</v>
       </c>
-      <c r="AI15" t="n" s="14">
+      <c r="AK15" t="n" s="14">
         <v>84.0</v>
       </c>
-      <c r="AJ15" t="n" s="14">
+      <c r="AL15" t="n" s="14">
         <v>89.0</v>
       </c>
-      <c r="AK15" t="n" s="14">
+      <c r="AM15" t="n" s="14">
         <v>82.0</v>
       </c>
-      <c r="AL15" t="n" s="14">
+      <c r="AN15" t="n" s="14">
         <v>80.0</v>
       </c>
-      <c r="AM15" t="n" s="14">
+      <c r="AO15" t="n" s="14">
         <v>78.0</v>
       </c>
-      <c r="AN15" t="n" s="14">
+      <c r="AP15" t="n" s="14">
         <v>76.0</v>
       </c>
-      <c r="AO15" t="n" s="14">
+      <c r="AQ15" t="n" s="14">
         <v>65.0</v>
       </c>
-      <c r="AP15" t="n" s="14">
+      <c r="AR15" t="n" s="14">
         <v>72.0</v>
       </c>
-      <c r="AQ15" t="n" s="14">
+      <c r="AS15" t="n" s="14">
         <v>64.0</v>
       </c>
-      <c r="AR15" t="n" s="14">
+      <c r="AT15" t="n" s="14">
         <v>87.0</v>
       </c>
-      <c r="AS15" t="n" s="14">
+      <c r="AU15" t="n" s="14">
         <v>87.0</v>
       </c>
-      <c r="AT15" t="n" s="14">
+      <c r="AV15" t="n" s="14">
         <v>86.0</v>
       </c>
-      <c r="AU15" t="n" s="14">
+      <c r="AW15" t="n" s="14">
         <v>75.0</v>
       </c>
-      <c r="AV15" t="n" s="14">
+      <c r="AX15" t="n" s="14">
         <v>122.0</v>
       </c>
-      <c r="AW15" t="n" s="14">
+      <c r="AY15" t="n" s="14">
         <v>127.0</v>
       </c>
-      <c r="AX15" t="n" s="14">
+      <c r="AZ15" t="n" s="14">
         <v>128.0</v>
       </c>
-      <c r="AY15" t="n" s="14">
+      <c r="BA15" t="n" s="14">
         <v>125.0</v>
       </c>
-      <c r="AZ15" t="n" s="14">
+      <c r="BB15" t="n" s="14">
         <v>137.0</v>
       </c>
-      <c r="BA15" t="n" s="14">
+      <c r="BC15" t="n" s="14">
         <v>140.0</v>
       </c>
-      <c r="BB15" t="n" s="14">
+      <c r="BD15" t="n" s="14">
         <v>145.0</v>
       </c>
-      <c r="BC15" t="n" s="14">
+      <c r="BE15" t="n" s="14">
         <v>139.0</v>
       </c>
-      <c r="BD15" t="n" s="14">
+      <c r="BF15" t="n" s="14">
         <v>136.0</v>
       </c>
-      <c r="BE15" t="n" s="14">
+      <c r="BG15" t="n" s="14">
         <v>135.0</v>
       </c>
-      <c r="BF15" t="n" s="14">
+      <c r="BH15" t="n" s="14">
         <v>137.0</v>
       </c>
-      <c r="BG15" t="n" s="14">
+      <c r="BI15" t="n" s="14">
         <v>144.0</v>
       </c>
-      <c r="BH15" t="n" s="14">
+      <c r="BJ15" t="n" s="14">
         <v>132.0</v>
       </c>
-      <c r="BI15" t="n" s="14">
+      <c r="BK15" t="n" s="14">
         <v>133525.0</v>
       </c>
-      <c r="BJ15" t="n" s="14">
+      <c r="BL15" t="n" s="14">
         <v>142.0</v>
       </c>
-      <c r="BK15" t="n" s="14">
+      <c r="BM15" t="n" s="14">
         <v>139.0</v>
       </c>
-      <c r="BL15" t="n" s="14">
+      <c r="BN15" t="n" s="14">
         <v>150.0</v>
       </c>
-      <c r="BM15" t="n" s="14">
+      <c r="BO15" t="n" s="14">
         <v>146.0</v>
       </c>
-      <c r="BN15" t="n" s="14">
+      <c r="BP15" t="n" s="14">
         <v>143.0</v>
       </c>
-      <c r="BO15" t="n" s="14">
+      <c r="BQ15" t="n" s="14">
         <v>143.0</v>
       </c>
-      <c r="BP15" t="n" s="14">
+      <c r="BR15" t="n" s="14">
         <v>140780.0</v>
       </c>
-      <c r="BQ15" t="n" s="14">
+      <c r="BS15" t="n" s="14">
         <v>134.0</v>
       </c>
-      <c r="BR15" t="n" s="14">
+      <c r="BT15" t="n" s="14">
         <v>136.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B16" t="n" s="18">
+        <v>3845.0</v>
+      </c>
+      <c r="C16" t="n" s="18">
+        <v>3849.0</v>
+      </c>
+      <c r="D16" t="n" s="18">
         <v>3875.0</v>
       </c>
-      <c r="C16" t="n" s="18">
+      <c r="E16" t="n" s="18">
         <v>3861.0</v>
       </c>
-      <c r="D16" t="n" s="18">
+      <c r="F16" t="n" s="18">
         <v>3730.0</v>
       </c>
-      <c r="E16" t="n" s="18">
+      <c r="G16" t="n" s="18">
         <v>3809.0</v>
       </c>
-      <c r="F16" t="n" s="18">
+      <c r="H16" t="n" s="18">
         <v>3802.0</v>
       </c>
-      <c r="G16" t="n" s="18">
+      <c r="I16" t="n" s="18">
         <v>3755.0</v>
       </c>
-      <c r="H16" t="n" s="18">
+      <c r="J16" t="n" s="18">
         <v>3784.0</v>
       </c>
-      <c r="I16" t="n" s="18">
+      <c r="K16" t="n" s="18">
         <v>3838.0</v>
       </c>
-      <c r="J16" t="n" s="18">
+      <c r="L16" t="n" s="18">
         <v>3867.0</v>
       </c>
-      <c r="K16" t="n" s="18">
+      <c r="M16" t="n" s="18">
         <v>3946.0</v>
       </c>
-      <c r="L16" t="n" s="18">
+      <c r="N16" t="n" s="18">
         <v>3715.0</v>
       </c>
-      <c r="M16" t="n" s="18">
+      <c r="O16" t="n" s="18">
         <v>3635.0</v>
       </c>
-      <c r="N16" t="n" s="18">
+      <c r="P16" t="n" s="18">
         <v>3587.0</v>
       </c>
-      <c r="O16" t="n" s="18">
+      <c r="Q16" t="n" s="18">
         <v>3230.0</v>
       </c>
-      <c r="P16" t="n" s="18">
+      <c r="R16" t="n" s="18">
         <v>3296.0</v>
       </c>
-      <c r="Q16" t="n" s="18">
+      <c r="S16" t="n" s="18">
         <v>3385.0</v>
       </c>
-      <c r="R16" t="n" s="18">
+      <c r="T16" t="n" s="18">
         <v>3303.0</v>
       </c>
-      <c r="S16" t="n" s="18">
+      <c r="U16" t="n" s="18">
         <v>3253.0</v>
       </c>
-      <c r="T16" t="n" s="18">
+      <c r="V16" t="n" s="18">
         <v>3278.0</v>
       </c>
-      <c r="U16" t="n" s="18">
+      <c r="W16" t="n" s="18">
         <v>3270.0</v>
       </c>
-      <c r="V16" t="n" s="18">
+      <c r="X16" t="n" s="18">
         <v>3296.0</v>
       </c>
-      <c r="W16" t="n" s="18">
+      <c r="Y16" t="n" s="18">
         <v>3248.0</v>
       </c>
-      <c r="X16" t="n" s="18">
+      <c r="Z16" t="n" s="18">
         <v>3058.0</v>
       </c>
-      <c r="Y16" t="n" s="18">
+      <c r="AA16" t="n" s="18">
         <v>3126.0</v>
       </c>
-      <c r="Z16" t="n" s="18">
+      <c r="AB16" t="n" s="18">
         <v>3194.0</v>
       </c>
-      <c r="AA16" t="n" s="18">
+      <c r="AC16" t="n" s="18">
         <v>2879.0</v>
       </c>
-      <c r="AB16" t="n" s="18">
+      <c r="AD16" t="n" s="18">
         <v>2859.0</v>
       </c>
-      <c r="AC16" t="n" s="18">
+      <c r="AE16" t="n" s="18">
         <v>2848.0</v>
       </c>
-      <c r="AD16" t="n" s="18">
+      <c r="AF16" t="n" s="18">
         <v>2901.0</v>
       </c>
-      <c r="AE16" t="n" s="18">
+      <c r="AG16" t="n" s="18">
         <v>2785.0</v>
       </c>
-      <c r="AF16" t="n" s="18">
+      <c r="AH16" t="n" s="18">
         <v>2810.0</v>
       </c>
-      <c r="AG16" t="n" s="18">
+      <c r="AI16" t="n" s="18">
         <v>2826.0</v>
       </c>
-      <c r="AH16" t="n" s="18">
+      <c r="AJ16" t="n" s="18">
         <v>2842.0</v>
       </c>
-      <c r="AI16" t="n" s="18">
+      <c r="AK16" t="n" s="18">
         <v>2731.0</v>
       </c>
-      <c r="AJ16" t="n" s="18">
+      <c r="AL16" t="n" s="18">
         <v>2801.0</v>
       </c>
-      <c r="AK16" t="n" s="18">
+      <c r="AM16" t="n" s="18">
         <v>2941.0</v>
       </c>
-      <c r="AL16" t="n" s="18">
+      <c r="AN16" t="n" s="18">
         <v>2990.0</v>
       </c>
-      <c r="AM16" t="n" s="18">
+      <c r="AO16" t="n" s="18">
         <v>2951.0</v>
       </c>
-      <c r="AN16" t="n" s="18">
+      <c r="AP16" t="n" s="18">
         <v>2982.0</v>
       </c>
-      <c r="AO16" t="n" s="18">
+      <c r="AQ16" t="n" s="18">
         <v>3074.0</v>
       </c>
-      <c r="AP16" t="n" s="18">
+      <c r="AR16" t="n" s="18">
         <v>3092.0</v>
       </c>
-      <c r="AQ16" t="n" s="18">
+      <c r="AS16" t="n" s="18">
         <v>3146.0</v>
       </c>
-      <c r="AR16" t="n" s="18">
+      <c r="AT16" t="n" s="18">
         <v>3162.0</v>
       </c>
-      <c r="AS16" t="n" s="18">
+      <c r="AU16" t="n" s="18">
         <v>3244.0</v>
       </c>
-      <c r="AT16" t="n" s="18">
+      <c r="AV16" t="n" s="18">
         <v>3297.0</v>
       </c>
-      <c r="AU16" t="n" s="18">
+      <c r="AW16" t="n" s="18">
         <v>3345.0</v>
       </c>
-      <c r="AV16" t="n" s="18">
+      <c r="AX16" t="n" s="18">
         <v>3417.0</v>
       </c>
-      <c r="AW16" t="n" s="18">
+      <c r="AY16" t="n" s="18">
         <v>3511.0</v>
       </c>
-      <c r="AX16" t="n" s="18">
+      <c r="AZ16" t="n" s="18">
         <v>3631.0</v>
       </c>
-      <c r="AY16" t="n" s="18">
+      <c r="BA16" t="n" s="18">
         <v>3671.0</v>
       </c>
-      <c r="AZ16" t="n" s="18">
+      <c r="BB16" t="n" s="18">
         <v>3845.0</v>
       </c>
-      <c r="BA16" t="n" s="18">
+      <c r="BC16" t="n" s="18">
         <v>3988.0</v>
       </c>
-      <c r="BB16" t="n" s="18">
+      <c r="BD16" t="n" s="18">
         <v>4138.0</v>
       </c>
-      <c r="BC16" t="n" s="18">
+      <c r="BE16" t="n" s="18">
         <v>4162.0</v>
       </c>
-      <c r="BD16" t="n" s="18">
+      <c r="BF16" t="n" s="18">
         <v>4281.0</v>
       </c>
-      <c r="BE16" t="n" s="18">
+      <c r="BG16" t="n" s="18">
         <v>4321.0</v>
       </c>
-      <c r="BF16" t="n" s="18">
+      <c r="BH16" t="n" s="18">
         <v>4365.0</v>
       </c>
-      <c r="BG16" t="n" s="18">
+      <c r="BI16" t="n" s="18">
         <v>4327.0</v>
       </c>
-      <c r="BH16" t="n" s="18">
+      <c r="BJ16" t="n" s="18">
         <v>3949.0</v>
       </c>
-      <c r="BI16" t="n" s="18">
+      <c r="BK16" t="n" s="18">
         <v>3992673.0</v>
       </c>
-      <c r="BJ16" t="n" s="18">
+      <c r="BL16" t="n" s="18">
         <v>4035.0</v>
       </c>
-      <c r="BK16" t="n" s="18">
+      <c r="BM16" t="n" s="18">
         <v>4152.0</v>
       </c>
-      <c r="BL16" t="n" s="18">
+      <c r="BN16" t="n" s="18">
         <v>4062.0</v>
       </c>
-      <c r="BM16" t="n" s="18">
+      <c r="BO16" t="n" s="18">
         <v>4213.0</v>
       </c>
-      <c r="BN16" t="n" s="18">
+      <c r="BP16" t="n" s="18">
         <v>4249.0</v>
       </c>
-      <c r="BO16" t="n" s="18">
+      <c r="BQ16" t="n" s="18">
         <v>4235.0</v>
       </c>
-      <c r="BP16" t="n" s="18">
+      <c r="BR16" t="n" s="18">
         <v>4337975.0</v>
       </c>
-      <c r="BQ16" t="n" s="18">
+      <c r="BS16" t="n" s="18">
         <v>4513.0</v>
       </c>
-      <c r="BR16" t="n" s="18">
+      <c r="BT16" t="n" s="18">
         <v>4189.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B17" t="n" s="19">
+        <v>89.0</v>
+      </c>
+      <c r="C17" t="n" s="19">
+        <v>86.0</v>
+      </c>
+      <c r="D17" t="n" s="19">
         <v>87.0</v>
       </c>
-      <c r="C17" t="n" s="19">
+      <c r="E17" t="n" s="19">
         <v>88.0</v>
       </c>
-      <c r="D17" t="n" s="19">
+      <c r="F17" t="n" s="19">
         <v>107.0</v>
       </c>
-      <c r="E17" t="n" s="19">
+      <c r="G17" t="n" s="19">
         <v>83.0</v>
       </c>
-      <c r="F17" t="n" s="19">
+      <c r="H17" t="n" s="19">
         <v>86.0</v>
       </c>
-      <c r="G17" t="n" s="19">
+      <c r="I17" t="n" s="19">
         <v>88.0</v>
       </c>
-      <c r="H17" t="n" s="19">
+      <c r="J17" t="n" s="19">
         <v>90.0</v>
       </c>
-      <c r="I17" t="n" s="19">
+      <c r="K17" t="n" s="19">
         <v>93.0</v>
       </c>
-      <c r="J17" t="n" s="19">
+      <c r="L17" t="n" s="19">
         <v>96.0</v>
       </c>
-      <c r="K17" t="n" s="19">
+      <c r="M17" t="n" s="19">
         <v>100.0</v>
       </c>
-      <c r="L17" t="n" s="19">
+      <c r="N17" t="n" s="19">
         <v>100.0</v>
       </c>
-      <c r="M17" t="n" s="19">
+      <c r="O17" t="n" s="19">
         <v>98.0</v>
       </c>
-      <c r="N17" t="n" s="19">
+      <c r="P17" t="n" s="19">
         <v>102.0</v>
       </c>
-      <c r="O17" t="n" s="19">
+      <c r="Q17" t="n" s="19">
         <v>107.0</v>
       </c>
-      <c r="P17" t="n" s="19">
+      <c r="R17" t="n" s="19">
         <v>105.0</v>
       </c>
-      <c r="Q17" t="n" s="19">
+      <c r="S17" t="n" s="19">
         <v>109.0</v>
       </c>
-      <c r="R17" t="n" s="19">
+      <c r="T17" t="n" s="19">
         <v>126.0</v>
       </c>
-      <c r="S17" t="n" s="19">
+      <c r="U17" t="n" s="19">
         <v>122.0</v>
       </c>
-      <c r="T17" t="n" s="19">
+      <c r="V17" t="n" s="19">
         <v>124.0</v>
       </c>
-      <c r="U17" t="n" s="19">
+      <c r="W17" t="n" s="19">
         <v>134.0</v>
       </c>
-      <c r="V17" t="n" s="19">
+      <c r="X17" t="n" s="19">
         <v>134.0</v>
       </c>
-      <c r="W17" t="n" s="19">
+      <c r="Y17" t="n" s="19">
         <v>146.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>151.0</v>
       </c>
       <c r="Z17" t="n" s="19">
         <v>155.0</v>
       </c>
       <c r="AA17" t="n" s="19">
+        <v>151.0</v>
+      </c>
+      <c r="AB17" t="n" s="19">
+        <v>155.0</v>
+      </c>
+      <c r="AC17" t="n" s="19">
         <v>136.0</v>
       </c>
-      <c r="AB17" t="n" s="19">
+      <c r="AD17" t="n" s="19">
         <v>134.0</v>
       </c>
-      <c r="AC17" t="n" s="19">
+      <c r="AE17" t="n" s="19">
         <v>135.0</v>
       </c>
-      <c r="AD17" t="n" s="19">
+      <c r="AF17" t="n" s="19">
         <v>189.0</v>
       </c>
-      <c r="AE17" t="n" s="19">
+      <c r="AG17" t="n" s="19">
         <v>314.0</v>
       </c>
-      <c r="AF17" t="n" s="19">
+      <c r="AH17" t="n" s="19">
         <v>310.0</v>
       </c>
-      <c r="AG17" t="n" s="19">
+      <c r="AI17" t="n" s="19">
         <v>258.0</v>
       </c>
-      <c r="AH17" t="n" s="19">
+      <c r="AJ17" t="n" s="19">
         <v>257.0</v>
       </c>
-      <c r="AI17" t="n" s="19">
+      <c r="AK17" t="n" s="19">
         <v>275.0</v>
       </c>
-      <c r="AJ17" t="n" s="19">
+      <c r="AL17" t="n" s="19">
         <v>291.0</v>
       </c>
-      <c r="AK17" t="n" s="19">
+      <c r="AM17" t="n" s="19">
         <v>262.0</v>
       </c>
-      <c r="AL17" t="n" s="19">
+      <c r="AN17" t="n" s="19">
         <v>243.0</v>
       </c>
-      <c r="AM17" t="n" s="19">
+      <c r="AO17" t="n" s="19">
         <v>274.0</v>
       </c>
-      <c r="AN17" t="n" s="19">
+      <c r="AP17" t="n" s="19">
         <v>237.0</v>
       </c>
-      <c r="AO17" t="n" s="19">
+      <c r="AQ17" t="n" s="19">
         <v>268.0</v>
       </c>
-      <c r="AP17" t="n" s="19">
+      <c r="AR17" t="n" s="19">
         <v>113.0</v>
       </c>
-      <c r="AQ17" t="n" s="19">
+      <c r="AS17" t="n" s="19">
         <v>245.0</v>
       </c>
-      <c r="AR17" t="n" s="19">
+      <c r="AT17" t="n" s="19">
         <v>257.0</v>
       </c>
-      <c r="AS17" t="n" s="19">
+      <c r="AU17" t="n" s="19">
         <v>230.0</v>
       </c>
-      <c r="AT17" t="n" s="19">
+      <c r="AV17" t="n" s="19">
         <v>118.0</v>
       </c>
-      <c r="AU17" t="n" s="19">
+      <c r="AW17" t="n" s="19">
         <v>106.0</v>
       </c>
-      <c r="AV17" t="n" s="19">
+      <c r="AX17" t="n" s="19">
         <v>72.0</v>
       </c>
-      <c r="AW17" t="n" s="19">
+      <c r="AY17" t="n" s="19">
         <v>64.0</v>
       </c>
-      <c r="AX17" t="n" s="19">
+      <c r="AZ17" t="n" s="19">
         <v>147.0</v>
       </c>
-      <c r="AY17" t="n" s="19">
+      <c r="BA17" t="n" s="19">
         <v>57.0</v>
       </c>
-      <c r="AZ17" t="n" s="19">
+      <c r="BB17" t="n" s="19">
         <v>75.0</v>
       </c>
-      <c r="BA17" t="n" s="19">
+      <c r="BC17" t="n" s="19">
         <v>74.0</v>
       </c>
-      <c r="BB17" t="n" s="19">
+      <c r="BD17" t="n" s="19">
         <v>214.0</v>
       </c>
-      <c r="BC17" t="n" s="19">
+      <c r="BE17" t="n" s="19">
         <v>205.0</v>
       </c>
-      <c r="BD17" t="n" s="19">
+      <c r="BF17" t="n" s="19">
         <v>271.0</v>
       </c>
-      <c r="BE17" t="n" s="19">
+      <c r="BG17" t="n" s="19">
         <v>261.0</v>
       </c>
-      <c r="BF17" t="n" s="19">
+      <c r="BH17" t="n" s="19">
         <v>260.0</v>
       </c>
-      <c r="BG17" t="n" s="19">
+      <c r="BI17" t="n" s="19">
         <v>235.0</v>
       </c>
-      <c r="BH17" t="n" s="19">
+      <c r="BJ17" t="n" s="19">
         <v>187.0</v>
       </c>
-      <c r="BI17" t="n" s="19">
+      <c r="BK17" t="n" s="19">
         <v>200900.0</v>
       </c>
-      <c r="BJ17" t="n" s="19">
+      <c r="BL17" t="n" s="19">
         <v>18.0</v>
       </c>
-      <c r="BK17" t="n" s="19">
+      <c r="BM17" t="n" s="19">
         <v>236.0</v>
       </c>
-      <c r="BL17" t="n" s="19">
+      <c r="BN17" t="n" s="19">
         <v>184.0</v>
       </c>
-      <c r="BM17" t="n" s="19">
+      <c r="BO17" t="n" s="19">
         <v>18.0</v>
       </c>
-      <c r="BN17" t="n" s="19">
+      <c r="BP17" t="n" s="19">
         <v>18.0</v>
       </c>
-      <c r="BO17" t="s" s="19">
-[...2 lines deleted...]
-      <c r="BP17" t="n" s="19">
+      <c r="BQ17" t="s" s="19">
+        <v>74</v>
+      </c>
+      <c r="BR17" t="n" s="19">
         <v>17568.0</v>
       </c>
-      <c r="BQ17" t="n" s="19">
+      <c r="BS17" t="n" s="19">
         <v>15.0</v>
       </c>
-      <c r="BR17" t="n" s="19">
+      <c r="BT17" t="n" s="19">
         <v>15.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B18" t="n" s="20">
+        <v>15666.0</v>
+      </c>
+      <c r="C18" t="n" s="20">
+        <v>11519.0</v>
+      </c>
+      <c r="D18" t="n" s="20">
         <v>12450.0</v>
       </c>
-      <c r="C18" t="n" s="20">
+      <c r="E18" t="n" s="20">
         <v>11038.0</v>
       </c>
-      <c r="D18" t="n" s="20">
+      <c r="F18" t="n" s="20">
         <v>15942.0</v>
       </c>
-      <c r="E18" t="n" s="20">
+      <c r="G18" t="n" s="20">
         <v>10712.0</v>
       </c>
-      <c r="F18" t="n" s="20">
+      <c r="H18" t="n" s="20">
         <v>12446.0</v>
       </c>
-      <c r="G18" t="n" s="20">
+      <c r="I18" t="n" s="20">
         <v>11043.0</v>
       </c>
-      <c r="H18" t="n" s="20">
+      <c r="J18" t="n" s="20">
         <v>14266.0</v>
       </c>
-      <c r="I18" t="n" s="20">
+      <c r="K18" t="n" s="20">
         <v>11342.0</v>
       </c>
-      <c r="J18" t="n" s="20">
+      <c r="L18" t="n" s="20">
         <v>12415.0</v>
       </c>
-      <c r="K18" t="n" s="20">
+      <c r="M18" t="n" s="20">
         <v>11312.0</v>
       </c>
-      <c r="L18" t="n" s="20">
+      <c r="N18" t="n" s="20">
         <v>14720.0</v>
       </c>
-      <c r="M18" t="n" s="20">
+      <c r="O18" t="n" s="20">
         <v>11081.0</v>
       </c>
-      <c r="N18" t="n" s="20">
+      <c r="P18" t="n" s="20">
         <v>14137.0</v>
       </c>
-      <c r="O18" t="n" s="20">
+      <c r="Q18" t="n" s="20">
         <v>13825.0</v>
       </c>
-      <c r="P18" t="n" s="20">
+      <c r="R18" t="n" s="20">
         <v>11139.0</v>
       </c>
-      <c r="Q18" t="n" s="20">
+      <c r="S18" t="n" s="20">
         <v>10746.0</v>
       </c>
-      <c r="R18" t="n" s="20">
+      <c r="T18" t="n" s="20">
         <v>13454.0</v>
       </c>
-      <c r="S18" t="n" s="20">
+      <c r="U18" t="n" s="20">
         <v>10786.0</v>
       </c>
-      <c r="T18" t="n" s="20">
+      <c r="V18" t="n" s="20">
         <v>9284.0</v>
       </c>
-      <c r="U18" t="n" s="20">
+      <c r="W18" t="n" s="20">
         <v>9204.0</v>
       </c>
-      <c r="V18" t="n" s="20">
+      <c r="X18" t="n" s="20">
         <v>7143.0</v>
       </c>
-      <c r="W18" t="n" s="20">
+      <c r="Y18" t="n" s="20">
         <v>8250.0</v>
       </c>
-      <c r="X18" t="n" s="20">
+      <c r="Z18" t="n" s="20">
         <v>12060.0</v>
       </c>
-      <c r="Y18" t="n" s="20">
+      <c r="AA18" t="n" s="20">
         <v>7572.0</v>
       </c>
-      <c r="Z18" t="n" s="20">
+      <c r="AB18" t="n" s="20">
         <v>8295.0</v>
       </c>
-      <c r="AA18" t="n" s="20">
+      <c r="AC18" t="n" s="20">
         <v>9578.0</v>
       </c>
-      <c r="AB18" t="n" s="20">
+      <c r="AD18" t="n" s="20">
         <v>6915.0</v>
       </c>
-      <c r="AC18" t="n" s="20">
+      <c r="AE18" t="n" s="20">
         <v>7916.0</v>
       </c>
-      <c r="AD18" t="n" s="20">
+      <c r="AF18" t="n" s="20">
         <v>10526.0</v>
       </c>
-      <c r="AE18" t="n" s="20">
+      <c r="AG18" t="n" s="20">
         <v>6878.0</v>
       </c>
-      <c r="AF18" t="n" s="20">
+      <c r="AH18" t="n" s="20">
         <v>7147.0</v>
       </c>
-      <c r="AG18" t="n" s="20">
+      <c r="AI18" t="n" s="20">
         <v>8722.0</v>
       </c>
-      <c r="AH18" t="n" s="20">
+      <c r="AJ18" t="n" s="20">
         <v>7663.0</v>
       </c>
-      <c r="AI18" t="n" s="20">
+      <c r="AK18" t="n" s="20">
         <v>6587.0</v>
       </c>
-      <c r="AJ18" t="n" s="20">
+      <c r="AL18" t="n" s="20">
         <v>10927.0</v>
       </c>
-      <c r="AK18" t="n" s="20">
+      <c r="AM18" t="n" s="20">
         <v>5993.0</v>
       </c>
-      <c r="AL18" t="n" s="20">
+      <c r="AN18" t="n" s="20">
         <v>10596.0</v>
       </c>
-      <c r="AM18" t="n" s="20">
+      <c r="AO18" t="n" s="20">
         <v>9845.0</v>
       </c>
-      <c r="AN18" t="n" s="20">
+      <c r="AP18" t="n" s="20">
         <v>12301.0</v>
       </c>
-      <c r="AO18" t="n" s="20">
+      <c r="AQ18" t="n" s="20">
         <v>9341.0</v>
       </c>
-      <c r="AP18" t="n" s="20">
+      <c r="AR18" t="n" s="20">
         <v>10524.0</v>
       </c>
-      <c r="AQ18" t="n" s="20">
+      <c r="AS18" t="n" s="20">
         <v>9019.0</v>
       </c>
-      <c r="AR18" t="n" s="20">
+      <c r="AT18" t="n" s="20">
         <v>12282.0</v>
       </c>
-      <c r="AS18" t="n" s="20">
+      <c r="AU18" t="n" s="20">
         <v>9315.0</v>
       </c>
-      <c r="AT18" t="n" s="20">
+      <c r="AV18" t="n" s="20">
         <v>10896.0</v>
       </c>
-      <c r="AU18" t="n" s="20">
+      <c r="AW18" t="n" s="20">
         <v>10385.0</v>
       </c>
-      <c r="AV18" t="n" s="20">
+      <c r="AX18" t="n" s="20">
         <v>11244.0</v>
       </c>
-      <c r="AW18" t="n" s="20">
+      <c r="AY18" t="n" s="20">
         <v>9912.0</v>
       </c>
-      <c r="AX18" t="n" s="20">
+      <c r="AZ18" t="n" s="20">
         <v>11123.0</v>
       </c>
-      <c r="AY18" t="n" s="20">
+      <c r="BA18" t="n" s="20">
         <v>9892.0</v>
       </c>
-      <c r="AZ18" t="n" s="20">
+      <c r="BB18" t="n" s="20">
         <v>12142.0</v>
       </c>
-      <c r="BA18" t="n" s="20">
+      <c r="BC18" t="n" s="20">
         <v>9007.0</v>
       </c>
-      <c r="BB18" t="n" s="20">
+      <c r="BD18" t="n" s="20">
         <v>11670.0</v>
       </c>
-      <c r="BC18" t="n" s="20">
+      <c r="BE18" t="n" s="20">
         <v>10633.0</v>
       </c>
-      <c r="BD18" t="n" s="20">
+      <c r="BF18" t="n" s="20">
         <v>11842.0</v>
       </c>
-      <c r="BE18" t="n" s="20">
+      <c r="BG18" t="n" s="20">
         <v>9725.0</v>
       </c>
-      <c r="BF18" t="n" s="20">
+      <c r="BH18" t="n" s="20">
         <v>11360.0</v>
       </c>
-      <c r="BG18" t="n" s="20">
+      <c r="BI18" t="n" s="20">
         <v>13054.0</v>
       </c>
-      <c r="BH18" t="n" s="20">
+      <c r="BJ18" t="n" s="20">
         <v>15287.0</v>
       </c>
-      <c r="BI18" t="n" s="20">
+      <c r="BK18" t="n" s="20">
         <v>1.2357887E7</v>
       </c>
-      <c r="BJ18" t="n" s="20">
+      <c r="BL18" t="n" s="20">
         <v>12977.0</v>
       </c>
-      <c r="BK18" t="n" s="20">
+      <c r="BM18" t="n" s="20">
         <v>12546.0</v>
       </c>
-      <c r="BL18" t="n" s="20">
+      <c r="BN18" t="n" s="20">
         <v>14427.0</v>
       </c>
-      <c r="BM18" t="n" s="20">
+      <c r="BO18" t="n" s="20">
         <v>10929.0</v>
       </c>
-      <c r="BN18" t="n" s="20">
+      <c r="BP18" t="n" s="20">
         <v>11866.0</v>
       </c>
-      <c r="BO18" t="n" s="20">
+      <c r="BQ18" t="n" s="20">
         <v>11008.0</v>
       </c>
-      <c r="BP18" t="n" s="20">
+      <c r="BR18" t="n" s="20">
         <v>1.3247818E7</v>
       </c>
-      <c r="BQ18" t="n" s="20">
+      <c r="BS18" t="n" s="20">
         <v>10208.0</v>
       </c>
-      <c r="BR18" t="n" s="20">
+      <c r="BT18" t="n" s="20">
         <v>11182.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B19" t="n" s="21">
+        <v>3094.0</v>
+      </c>
+      <c r="C19" t="n" s="21">
+        <v>4619.0</v>
+      </c>
+      <c r="D19" t="n" s="21">
         <v>4010.0</v>
       </c>
-      <c r="C19" t="n" s="21">
+      <c r="E19" t="n" s="21">
         <v>3750.0</v>
       </c>
-      <c r="D19" t="n" s="21">
+      <c r="F19" t="n" s="21">
         <v>2976.0</v>
       </c>
-      <c r="E19" t="n" s="21">
+      <c r="G19" t="n" s="21">
         <v>4292.0</v>
       </c>
-      <c r="F19" t="n" s="21">
+      <c r="H19" t="n" s="21">
         <v>4189.0</v>
       </c>
-      <c r="G19" t="n" s="21">
+      <c r="I19" t="n" s="21">
         <v>3686.0</v>
       </c>
-      <c r="H19" t="n" s="21">
+      <c r="J19" t="n" s="21">
         <v>2890.0</v>
       </c>
-      <c r="I19" t="n" s="21">
+      <c r="K19" t="n" s="21">
         <v>4427.0</v>
       </c>
-      <c r="J19" t="n" s="21">
+      <c r="L19" t="n" s="21">
         <v>4266.0</v>
       </c>
-      <c r="K19" t="n" s="21">
+      <c r="M19" t="n" s="21">
         <v>4517.0</v>
       </c>
-      <c r="L19" t="n" s="21">
+      <c r="N19" t="n" s="21">
         <v>3760.0</v>
       </c>
-      <c r="M19" t="n" s="21">
+      <c r="O19" t="n" s="21">
         <v>5284.0</v>
       </c>
-      <c r="N19" t="n" s="21">
+      <c r="P19" t="n" s="21">
         <v>3421.0</v>
       </c>
-      <c r="O19" t="n" s="21">
+      <c r="Q19" t="n" s="21">
         <v>2240.0</v>
       </c>
-      <c r="P19" t="n" s="21">
+      <c r="R19" t="n" s="21">
         <v>3094.0</v>
       </c>
-      <c r="Q19" t="n" s="21">
+      <c r="S19" t="n" s="21">
         <v>3002.0</v>
       </c>
-      <c r="R19" t="n" s="21">
+      <c r="T19" t="n" s="21">
         <v>2383.0</v>
       </c>
-      <c r="S19" t="n" s="21">
+      <c r="U19" t="n" s="21">
         <v>3364.0</v>
       </c>
-      <c r="T19" t="n" s="21">
+      <c r="V19" t="n" s="21">
         <v>3062.0</v>
       </c>
-      <c r="U19" t="n" s="21">
+      <c r="W19" t="n" s="21">
         <v>2238.0</v>
       </c>
-      <c r="V19" t="n" s="21">
+      <c r="X19" t="n" s="21">
         <v>3281.0</v>
       </c>
-      <c r="W19" t="n" s="21">
+      <c r="Y19" t="n" s="21">
         <v>2586.0</v>
       </c>
-      <c r="X19" t="n" s="21">
+      <c r="Z19" t="n" s="21">
         <v>1875.0</v>
       </c>
-      <c r="Y19" t="n" s="21">
+      <c r="AA19" t="n" s="21">
         <v>2970.0</v>
       </c>
-      <c r="Z19" t="n" s="21">
+      <c r="AB19" t="n" s="21">
         <v>2370.0</v>
       </c>
-      <c r="AA19" t="n" s="21">
+      <c r="AC19" t="n" s="21">
         <v>1861.0</v>
       </c>
-      <c r="AB19" t="n" s="21">
+      <c r="AD19" t="n" s="21">
         <v>2824.0</v>
       </c>
-      <c r="AC19" t="n" s="21">
+      <c r="AE19" t="n" s="21">
         <v>1993.0</v>
       </c>
-      <c r="AD19" t="n" s="21">
+      <c r="AF19" t="n" s="21">
         <v>1892.0</v>
       </c>
-      <c r="AE19" t="n" s="21">
+      <c r="AG19" t="n" s="21">
         <v>2491.0</v>
       </c>
-      <c r="AF19" t="n" s="21">
+      <c r="AH19" t="n" s="21">
         <v>1921.0</v>
       </c>
-      <c r="AG19" t="n" s="21">
+      <c r="AI19" t="n" s="21">
         <v>2111.0</v>
       </c>
-      <c r="AH19" t="n" s="21">
+      <c r="AJ19" t="n" s="21">
         <v>1845.0</v>
       </c>
-      <c r="AI19" t="n" s="21">
+      <c r="AK19" t="n" s="21">
         <v>1509.0</v>
       </c>
-      <c r="AJ19" t="n" s="21">
+      <c r="AL19" t="n" s="21">
         <v>1200.0</v>
       </c>
-      <c r="AK19" t="n" s="21">
+      <c r="AM19" t="n" s="21">
         <v>2305.0</v>
       </c>
-      <c r="AL19" t="n" s="21">
+      <c r="AN19" t="n" s="21">
         <v>1981.0</v>
       </c>
-      <c r="AM19" t="n" s="21">
+      <c r="AO19" t="n" s="21">
         <v>1901.0</v>
       </c>
-      <c r="AN19" t="n" s="21">
+      <c r="AP19" t="n" s="21">
         <v>1761.0</v>
       </c>
-      <c r="AO19" t="n" s="21">
+      <c r="AQ19" t="n" s="21">
         <v>2172.0</v>
       </c>
-      <c r="AP19" t="n" s="21">
+      <c r="AR19" t="n" s="21">
         <v>2124.0</v>
       </c>
-      <c r="AQ19" t="n" s="21">
+      <c r="AS19" t="n" s="21">
         <v>2201.0</v>
       </c>
-      <c r="AR19" t="n" s="21">
+      <c r="AT19" t="n" s="21">
         <v>2608.0</v>
       </c>
-      <c r="AS19" t="n" s="21">
+      <c r="AU19" t="n" s="21">
         <v>2749.0</v>
       </c>
-      <c r="AT19" t="n" s="21">
+      <c r="AV19" t="n" s="21">
         <v>2401.0</v>
       </c>
-      <c r="AU19" t="n" s="21">
+      <c r="AW19" t="n" s="21">
         <v>2219.0</v>
       </c>
-      <c r="AV19" t="n" s="21">
+      <c r="AX19" t="n" s="21">
         <v>1908.0</v>
       </c>
-      <c r="AW19" t="n" s="21">
+      <c r="AY19" t="n" s="21">
         <v>2378.0</v>
       </c>
-      <c r="AX19" t="n" s="21">
+      <c r="AZ19" t="n" s="21">
         <v>2065.0</v>
       </c>
-      <c r="AY19" t="n" s="21">
+      <c r="BA19" t="n" s="21">
         <v>1948.0</v>
       </c>
-      <c r="AZ19" t="n" s="21">
+      <c r="BB19" t="n" s="21">
         <v>1832.0</v>
       </c>
-      <c r="BA19" t="n" s="21">
+      <c r="BC19" t="n" s="21">
         <v>2387.0</v>
       </c>
-      <c r="BB19" t="n" s="21">
+      <c r="BD19" t="n" s="21">
         <v>2410.0</v>
       </c>
-      <c r="BC19" t="n" s="21">
+      <c r="BE19" t="n" s="21">
         <v>2144.0</v>
       </c>
-      <c r="BD19" t="n" s="21">
+      <c r="BF19" t="n" s="21">
         <v>2234.0</v>
       </c>
-      <c r="BE19" t="n" s="21">
+      <c r="BG19" t="n" s="21">
         <v>3116.0</v>
       </c>
-      <c r="BF19" t="n" s="21">
+      <c r="BH19" t="n" s="21">
         <v>2352.0</v>
       </c>
-      <c r="BG19" t="n" s="21">
+      <c r="BI19" t="n" s="21">
         <v>2271.0</v>
       </c>
-      <c r="BH19" t="n" s="21">
+      <c r="BJ19" t="n" s="21">
         <v>2602.0</v>
       </c>
-      <c r="BI19" t="n" s="21">
+      <c r="BK19" t="n" s="21">
         <v>2764467.0</v>
       </c>
-      <c r="BJ19" t="n" s="21">
+      <c r="BL19" t="n" s="21">
         <v>2480.0</v>
       </c>
-      <c r="BK19" t="n" s="21">
+      <c r="BM19" t="n" s="21">
         <v>2445.0</v>
       </c>
-      <c r="BL19" t="n" s="21">
+      <c r="BN19" t="n" s="21">
         <v>2154.0</v>
       </c>
-      <c r="BM19" t="n" s="21">
+      <c r="BO19" t="n" s="21">
         <v>2399.0</v>
       </c>
-      <c r="BN19" t="n" s="21">
+      <c r="BP19" t="n" s="21">
         <v>2109.0</v>
       </c>
-      <c r="BO19" t="n" s="21">
+      <c r="BQ19" t="n" s="21">
         <v>2076.0</v>
       </c>
-      <c r="BP19" t="n" s="21">
+      <c r="BR19" t="n" s="21">
         <v>2179779.0</v>
       </c>
-      <c r="BQ19" t="n" s="21">
+      <c r="BS19" t="n" s="21">
         <v>2573.0</v>
       </c>
-      <c r="BR19" t="n" s="21">
+      <c r="BT19" t="n" s="21">
         <v>2068.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B20" t="n" s="22">
+        <v>19681.0</v>
+      </c>
+      <c r="C20" t="n" s="22">
+        <v>15534.0</v>
+      </c>
+      <c r="D20" t="n" s="22">
         <v>16490.0</v>
       </c>
-      <c r="C20" t="n" s="22">
+      <c r="E20" t="n" s="22">
         <v>15067.0</v>
       </c>
-      <c r="D20" t="n" s="22">
+      <c r="F20" t="n" s="22">
         <v>19845.0</v>
       </c>
-      <c r="E20" t="n" s="22">
+      <c r="G20" t="n" s="22">
         <v>14676.0</v>
       </c>
-      <c r="F20" t="n" s="22">
+      <c r="H20" t="n" s="22">
         <v>16407.0</v>
       </c>
-      <c r="G20" t="n" s="22">
+      <c r="I20" t="n" s="22">
         <v>14963.0</v>
       </c>
-      <c r="H20" t="n" s="22">
+      <c r="J20" t="n" s="22">
         <v>18213.0</v>
       </c>
-      <c r="I20" t="n" s="22">
+      <c r="K20" t="n" s="22">
         <v>15350.0</v>
       </c>
-      <c r="J20" t="n" s="22">
+      <c r="L20" t="n" s="22">
         <v>16451.0</v>
       </c>
-      <c r="K20" t="n" s="22">
+      <c r="M20" t="n" s="22">
         <v>15433.0</v>
       </c>
-      <c r="L20" t="n" s="22">
+      <c r="N20" t="n" s="22">
         <v>18604.0</v>
       </c>
-      <c r="M20" t="n" s="22">
+      <c r="O20" t="n" s="22">
         <v>14886.0</v>
       </c>
-      <c r="N20" t="n" s="22">
+      <c r="P20" t="n" s="22">
         <v>17904.0</v>
       </c>
-      <c r="O20" t="n" s="22">
+      <c r="Q20" t="n" s="22">
         <v>17244.0</v>
       </c>
-      <c r="P20" t="n" s="22">
+      <c r="R20" t="n" s="22">
         <v>14627.0</v>
       </c>
-      <c r="Q20" t="n" s="22">
+      <c r="S20" t="n" s="22">
         <v>14333.0</v>
       </c>
-      <c r="R20" t="n" s="22">
+      <c r="T20" t="n" s="22">
         <v>16973.0</v>
       </c>
-      <c r="S20" t="n" s="22">
+      <c r="U20" t="n" s="22">
         <v>14257.0</v>
       </c>
-      <c r="T20" t="n" s="22">
+      <c r="V20" t="n" s="22">
         <v>12786.0</v>
       </c>
-      <c r="U20" t="n" s="22">
+      <c r="W20" t="n" s="22">
         <v>12697.0</v>
       </c>
-      <c r="V20" t="n" s="22">
+      <c r="X20" t="n" s="22">
         <v>10667.0</v>
       </c>
-      <c r="W20" t="n" s="22">
+      <c r="Y20" t="n" s="22">
         <v>11731.0</v>
       </c>
-      <c r="X20" t="n" s="22">
+      <c r="Z20" t="n" s="22">
         <v>15362.0</v>
       </c>
-      <c r="Y20" t="n" s="22">
+      <c r="AA20" t="n" s="22">
         <v>10936.0</v>
       </c>
-      <c r="Z20" t="n" s="22">
+      <c r="AB20" t="n" s="22">
         <v>11738.0</v>
       </c>
-      <c r="AA20" t="n" s="22">
+      <c r="AC20" t="n" s="22">
         <v>12686.0</v>
       </c>
-      <c r="AB20" t="n" s="22">
+      <c r="AD20" t="n" s="22">
         <v>10011.0</v>
       </c>
-      <c r="AC20" t="n" s="22">
+      <c r="AE20" t="n" s="22">
         <v>11010.0</v>
       </c>
-      <c r="AD20" t="n" s="22">
+      <c r="AF20" t="n" s="22">
         <v>13721.0</v>
       </c>
-      <c r="AE20" t="n" s="22">
+      <c r="AG20" t="n" s="22">
         <v>10088.0</v>
       </c>
-      <c r="AF20" t="n" s="22">
+      <c r="AH20" t="n" s="22">
         <v>10384.0</v>
       </c>
-      <c r="AG20" t="n" s="22">
+      <c r="AI20" t="n" s="22">
         <v>11910.0</v>
       </c>
-      <c r="AH20" t="n" s="22">
+      <c r="AJ20" t="n" s="22">
         <v>10856.0</v>
       </c>
-      <c r="AI20" t="n" s="22">
+      <c r="AK20" t="n" s="22">
         <v>9677.0</v>
       </c>
-      <c r="AJ20" t="n" s="22">
+      <c r="AL20" t="n" s="22">
         <v>14108.0</v>
       </c>
-      <c r="AK20" t="n" s="22">
+      <c r="AM20" t="n" s="22">
         <v>9278.0</v>
       </c>
-      <c r="AL20" t="n" s="22">
+      <c r="AN20" t="n" s="22">
         <v>13909.0</v>
       </c>
-      <c r="AM20" t="n" s="22">
+      <c r="AO20" t="n" s="22">
         <v>13148.0</v>
       </c>
-      <c r="AN20" t="n" s="22">
+      <c r="AP20" t="n" s="22">
         <v>15596.0</v>
       </c>
-      <c r="AO20" t="n" s="22">
+      <c r="AQ20" t="n" s="22">
         <v>12748.0</v>
       </c>
-      <c r="AP20" t="n" s="22">
+      <c r="AR20" t="n" s="22">
         <v>13935.0</v>
       </c>
-      <c r="AQ20" t="n" s="22">
+      <c r="AS20" t="n" s="22">
         <v>12474.0</v>
       </c>
-      <c r="AR20" t="n" s="22">
+      <c r="AT20" t="n" s="22">
         <v>15789.0</v>
       </c>
-      <c r="AS20" t="n" s="22">
+      <c r="AU20" t="n" s="22">
         <v>12907.0</v>
       </c>
-      <c r="AT20" t="n" s="22">
+      <c r="AV20" t="n" s="22">
         <v>14540.0</v>
       </c>
-      <c r="AU20" t="n" s="22">
+      <c r="AW20" t="n" s="22">
         <v>14076.0</v>
       </c>
-      <c r="AV20" t="n" s="22">
+      <c r="AX20" t="n" s="22">
         <v>14993.0</v>
       </c>
-      <c r="AW20" t="n" s="22">
+      <c r="AY20" t="n" s="22">
         <v>13766.0</v>
       </c>
-      <c r="AX20" t="n" s="22">
+      <c r="AZ20" t="n" s="22">
         <v>15028.0</v>
       </c>
-      <c r="AY20" t="n" s="22">
+      <c r="BA20" t="n" s="22">
         <v>13907.0</v>
       </c>
-      <c r="AZ20" t="n" s="22">
+      <c r="BB20" t="n" s="22">
         <v>16378.0</v>
       </c>
-      <c r="BA20" t="n" s="22">
+      <c r="BC20" t="n" s="22">
         <v>13401.0</v>
       </c>
-      <c r="BB20" t="n" s="22">
+      <c r="BD20" t="n" s="22">
         <v>16167.0</v>
       </c>
-      <c r="BC20" t="n" s="22">
+      <c r="BE20" t="n" s="22">
         <v>15139.0</v>
       </c>
-      <c r="BD20" t="n" s="22">
+      <c r="BF20" t="n" s="22">
         <v>16530.0</v>
       </c>
-      <c r="BE20" t="n" s="22">
+      <c r="BG20" t="n" s="22">
         <v>14441.0</v>
       </c>
-      <c r="BF20" t="n" s="22">
+      <c r="BH20" t="n" s="22">
         <v>16122.0</v>
       </c>
-      <c r="BG20" t="n" s="22">
+      <c r="BI20" t="n" s="22">
         <v>17821.0</v>
       </c>
-      <c r="BH20" t="n" s="22">
+      <c r="BJ20" t="n" s="22">
         <v>19644.0</v>
       </c>
-      <c r="BI20" t="n" s="22">
+      <c r="BK20" t="n" s="22">
         <v>1.6749392E7</v>
       </c>
-      <c r="BJ20" t="n" s="22">
+      <c r="BL20" t="n" s="22">
         <v>17411.0</v>
       </c>
-      <c r="BK20" t="n" s="22">
+      <c r="BM20" t="n" s="22">
         <v>17074.0</v>
       </c>
-      <c r="BL20" t="n" s="22">
+      <c r="BN20" t="n" s="22">
         <v>18867.0</v>
       </c>
-      <c r="BM20" t="n" s="22">
+      <c r="BO20" t="n" s="22">
         <v>15495.0</v>
       </c>
-      <c r="BN20" t="n" s="22">
+      <c r="BP20" t="n" s="22">
         <v>16461.0</v>
       </c>
-      <c r="BO20" t="n" s="22">
+      <c r="BQ20" t="n" s="22">
         <v>15594.0</v>
       </c>
-      <c r="BP20" t="n" s="22">
+      <c r="BR20" t="n" s="22">
         <v>1.7914995E7</v>
       </c>
-      <c r="BQ20" t="n" s="22">
+      <c r="BS20" t="n" s="22">
         <v>15081.0</v>
       </c>
-      <c r="BR20" t="n" s="22">
+      <c r="BT20" t="n" s="22">
         <v>15751.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B21" t="n" s="27">
+        <v>9731.0</v>
+      </c>
+      <c r="C21" t="n" s="27">
+        <v>7553.0</v>
+      </c>
+      <c r="D21" t="n" s="27">
         <v>6727.0</v>
       </c>
-      <c r="C21" t="n" s="27">
+      <c r="E21" t="n" s="27">
         <v>8955.0</v>
       </c>
-      <c r="D21" t="n" s="27">
+      <c r="F21" t="n" s="27">
         <v>9422.0</v>
       </c>
-      <c r="E21" t="n" s="27">
+      <c r="G21" t="n" s="27">
         <v>7156.0</v>
       </c>
-      <c r="F21" t="n" s="27">
+      <c r="H21" t="n" s="27">
         <v>6712.0</v>
       </c>
-      <c r="G21" t="n" s="27">
+      <c r="I21" t="n" s="27">
         <v>8766.0</v>
       </c>
-      <c r="H21" t="n" s="27">
+      <c r="J21" t="n" s="27">
         <v>9067.0</v>
       </c>
-      <c r="I21" t="n" s="27">
+      <c r="K21" t="n" s="27">
         <v>7125.0</v>
       </c>
-      <c r="J21" t="n" s="27">
+      <c r="L21" t="n" s="27">
         <v>6665.0</v>
       </c>
-      <c r="K21" t="n" s="27">
+      <c r="M21" t="n" s="27">
         <v>9260.0</v>
       </c>
-      <c r="L21" t="n" s="27">
+      <c r="N21" t="n" s="27">
         <v>9649.0</v>
       </c>
-      <c r="M21" t="n" s="27">
+      <c r="O21" t="n" s="27">
         <v>7811.0</v>
       </c>
-      <c r="N21" t="n" s="27">
+      <c r="P21" t="n" s="27">
         <v>7066.0</v>
       </c>
-      <c r="O21" t="n" s="27">
+      <c r="Q21" t="n" s="27">
         <v>9155.0</v>
       </c>
-      <c r="P21" t="n" s="27">
+      <c r="R21" t="n" s="27">
         <v>7095.0</v>
       </c>
-      <c r="Q21" t="n" s="27">
+      <c r="S21" t="n" s="27">
         <v>6183.0</v>
       </c>
-      <c r="R21" t="n" s="27">
+      <c r="T21" t="n" s="27">
         <v>7426.0</v>
       </c>
-      <c r="S21" t="n" s="27">
+      <c r="U21" t="n" s="27">
         <v>6229.0</v>
       </c>
-      <c r="T21" t="n" s="27">
+      <c r="V21" t="n" s="27">
         <v>5544.0</v>
       </c>
-      <c r="U21" t="n" s="27">
+      <c r="W21" t="n" s="27">
         <v>6444.0</v>
       </c>
-      <c r="V21" t="n" s="27">
+      <c r="X21" t="n" s="27">
         <v>5140.0</v>
       </c>
-      <c r="W21" t="n" s="27">
+      <c r="Y21" t="n" s="27">
         <v>4711.0</v>
       </c>
-      <c r="X21" t="n" s="27">
+      <c r="Z21" t="n" s="27">
         <v>7797.0</v>
       </c>
-      <c r="Y21" t="n" s="27">
+      <c r="AA21" t="n" s="27">
         <v>5586.0</v>
       </c>
-      <c r="Z21" t="n" s="27">
+      <c r="AB21" t="n" s="27">
         <v>4951.0</v>
       </c>
-      <c r="AA21" t="n" s="27">
+      <c r="AC21" t="n" s="27">
         <v>7139.0</v>
       </c>
-      <c r="AB21" t="n" s="27">
+      <c r="AD21" t="n" s="27">
         <v>5509.0</v>
       </c>
-      <c r="AC21" t="n" s="27">
+      <c r="AE21" t="n" s="27">
         <v>5045.0</v>
       </c>
-      <c r="AD21" t="n" s="27">
+      <c r="AF21" t="n" s="27">
         <v>7048.0</v>
       </c>
-      <c r="AE21" t="n" s="27">
+      <c r="AG21" t="n" s="27">
         <v>5517.0</v>
       </c>
-      <c r="AF21" t="n" s="27">
+      <c r="AH21" t="n" s="27">
         <v>5042.0</v>
       </c>
-      <c r="AG21" t="n" s="27">
+      <c r="AI21" t="n" s="27">
         <v>6517.0</v>
       </c>
-      <c r="AH21" t="n" s="27">
+      <c r="AJ21" t="n" s="27">
         <v>4871.0</v>
       </c>
-      <c r="AI21" t="n" s="27">
+      <c r="AK21" t="n" s="27">
         <v>6916.0</v>
       </c>
-      <c r="AJ21" t="n" s="27">
+      <c r="AL21" t="n" s="27">
         <v>7464.0</v>
       </c>
-      <c r="AK21" t="n" s="27">
+      <c r="AM21" t="n" s="27">
         <v>5788.0</v>
       </c>
-      <c r="AL21" t="n" s="27">
+      <c r="AN21" t="n" s="27">
         <v>5537.0</v>
       </c>
-      <c r="AM21" t="n" s="27">
+      <c r="AO21" t="n" s="27">
         <v>10202.0</v>
       </c>
-      <c r="AN21" t="n" s="27">
+      <c r="AP21" t="n" s="27">
         <v>10558.0</v>
       </c>
-      <c r="AO21" t="n" s="27">
+      <c r="AQ21" t="n" s="27">
         <v>9374.0</v>
       </c>
-      <c r="AP21" t="n" s="27">
+      <c r="AR21" t="n" s="27">
         <v>9053.0</v>
       </c>
-      <c r="AQ21" t="n" s="27">
+      <c r="AS21" t="n" s="27">
         <v>10259.0</v>
       </c>
-      <c r="AR21" t="n" s="27">
+      <c r="AT21" t="n" s="27">
         <v>10632.0</v>
       </c>
-      <c r="AS21" t="n" s="27">
+      <c r="AU21" t="n" s="27">
         <v>9441.0</v>
       </c>
-      <c r="AT21" t="n" s="27">
+      <c r="AV21" t="n" s="27">
         <v>9201.0</v>
       </c>
-      <c r="AU21" t="n" s="27">
+      <c r="AW21" t="n" s="27">
         <v>10615.0</v>
       </c>
-      <c r="AV21" t="n" s="27">
+      <c r="AX21" t="n" s="27">
         <v>10985.0</v>
       </c>
-      <c r="AW21" t="n" s="27">
+      <c r="AY21" t="n" s="27">
         <v>9813.0</v>
       </c>
-      <c r="AX21" t="n" s="27">
+      <c r="AZ21" t="n" s="27">
         <v>9481.0</v>
       </c>
-      <c r="AY21" t="n" s="27">
+      <c r="BA21" t="n" s="27">
         <v>10618.0</v>
       </c>
-      <c r="AZ21" t="n" s="27">
+      <c r="BB21" t="n" s="27">
         <v>10951.0</v>
       </c>
-      <c r="BA21" t="n" s="27">
+      <c r="BC21" t="n" s="27">
         <v>9808.0</v>
       </c>
-      <c r="BB21" t="n" s="27">
+      <c r="BD21" t="n" s="27">
         <v>9623.0</v>
       </c>
-      <c r="BC21" t="n" s="27">
+      <c r="BE21" t="n" s="27">
         <v>11063.0</v>
       </c>
-      <c r="BD21" t="n" s="27">
+      <c r="BF21" t="n" s="27">
         <v>11104.0</v>
       </c>
-      <c r="BE21" t="n" s="27">
+      <c r="BG21" t="n" s="27">
         <v>9815.0</v>
       </c>
-      <c r="BF21" t="n" s="27">
+      <c r="BH21" t="n" s="27">
         <v>9441.0</v>
       </c>
-      <c r="BG21" t="n" s="27">
+      <c r="BI21" t="n" s="27">
         <v>13387.0</v>
       </c>
-      <c r="BH21" t="n" s="27">
+      <c r="BJ21" t="n" s="27">
         <v>13391.0</v>
       </c>
-      <c r="BI21" t="n" s="27">
+      <c r="BK21" t="n" s="27">
         <v>1.2021326E7</v>
       </c>
-      <c r="BJ21" t="n" s="27">
+      <c r="BL21" t="n" s="27">
         <v>11209.0</v>
       </c>
-      <c r="BK21" t="n" s="27">
+      <c r="BM21" t="n" s="27">
         <v>12687.0</v>
       </c>
-      <c r="BL21" t="n" s="27">
+      <c r="BN21" t="n" s="27">
         <v>12774.0</v>
       </c>
-      <c r="BM21" t="n" s="27">
+      <c r="BO21" t="n" s="27">
         <v>11398.0</v>
       </c>
-      <c r="BN21" t="n" s="27">
+      <c r="BP21" t="n" s="27">
         <v>12623.0</v>
       </c>
-      <c r="BO21" t="n" s="27">
+      <c r="BQ21" t="n" s="27">
         <v>11870.0</v>
       </c>
-      <c r="BP21" t="n" s="27">
+      <c r="BR21" t="n" s="27">
         <v>1.1957472E7</v>
       </c>
-      <c r="BQ21" t="n" s="27">
+      <c r="BS21" t="n" s="27">
         <v>10669.0</v>
       </c>
-      <c r="BR21" t="n" s="27">
+      <c r="BT21" t="n" s="27">
         <v>11770.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="C22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="D22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="E22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="F22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="G22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="H22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="I22" t="n" s="28">
         <v>2000.0</v>
       </c>
@@ -4536,763 +4652,787 @@
       <c r="BA22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BB22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BC22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BD22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BE22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BF22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BG22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BH22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BI22" t="n" s="28">
+        <v>2000.0</v>
+      </c>
+      <c r="BJ22" t="n" s="28">
+        <v>2000.0</v>
+      </c>
+      <c r="BK22" t="n" s="28">
         <v>2000000.0</v>
       </c>
-      <c r="BJ22" t="n" s="28">
-[...4 lines deleted...]
-      </c>
       <c r="BL22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BM22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BN22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BO22" t="n" s="28">
         <v>2000.0</v>
       </c>
       <c r="BP22" t="n" s="28">
+        <v>2000.0</v>
+      </c>
+      <c r="BQ22" t="n" s="28">
+        <v>2000.0</v>
+      </c>
+      <c r="BR22" t="n" s="28">
         <v>2000000.0</v>
       </c>
-      <c r="BQ22" t="n" s="28">
-[...2 lines deleted...]
-      <c r="BR22" t="n" s="28">
+      <c r="BS22" t="n" s="28">
+        <v>2000.0</v>
+      </c>
+      <c r="BT22" t="n" s="28">
         <v>2000.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B23" t="n" s="29">
+        <v>645.0</v>
+      </c>
+      <c r="C23" t="n" s="29">
+        <v>673.0</v>
+      </c>
+      <c r="D23" t="n" s="29">
         <v>675.0</v>
       </c>
-      <c r="C23" t="n" s="29">
+      <c r="E23" t="n" s="29">
         <v>678.0</v>
       </c>
-      <c r="D23" t="n" s="29">
+      <c r="F23" t="n" s="29">
         <v>696.0</v>
       </c>
-      <c r="E23" t="n" s="29">
+      <c r="G23" t="n" s="29">
         <v>677.0</v>
       </c>
-      <c r="F23" t="n" s="29">
+      <c r="H23" t="n" s="29">
         <v>680.0</v>
       </c>
-      <c r="G23" t="n" s="29">
+      <c r="I23" t="n" s="29">
         <v>683.0</v>
       </c>
-      <c r="H23" t="n" s="29">
+      <c r="J23" t="n" s="29">
         <v>671.0</v>
       </c>
-      <c r="I23" t="n" s="29">
+      <c r="K23" t="n" s="29">
         <v>675.0</v>
       </c>
-      <c r="J23" t="n" s="29">
+      <c r="L23" t="n" s="29">
         <v>677.0</v>
       </c>
-      <c r="K23" t="n" s="29">
+      <c r="M23" t="n" s="29">
         <v>680.0</v>
       </c>
-      <c r="L23" t="n" s="29">
+      <c r="N23" t="n" s="29">
         <v>657.0</v>
       </c>
-      <c r="M23" t="n" s="29">
+      <c r="O23" t="n" s="29">
         <v>646.0</v>
       </c>
-      <c r="N23" t="n" s="29">
+      <c r="P23" t="n" s="29">
         <v>649.0</v>
       </c>
-      <c r="O23" t="n" s="29">
+      <c r="Q23" t="n" s="29">
         <v>576.0</v>
       </c>
-      <c r="P23" t="n" s="29">
+      <c r="R23" t="n" s="29">
         <v>531.0</v>
       </c>
-      <c r="Q23" t="n" s="29">
+      <c r="S23" t="n" s="29">
         <v>531.0</v>
       </c>
-      <c r="R23" t="n" s="29">
+      <c r="T23" t="n" s="29">
         <v>501.0</v>
       </c>
-      <c r="S23" t="n" s="29">
+      <c r="U23" t="n" s="29">
         <v>453.0</v>
       </c>
-      <c r="T23" t="n" s="29">
+      <c r="V23" t="n" s="29">
         <v>454.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>472.0</v>
       </c>
       <c r="W23" t="n" s="29">
         <v>472.0</v>
       </c>
       <c r="X23" t="n" s="29">
+        <v>472.0</v>
+      </c>
+      <c r="Y23" t="n" s="29">
+        <v>472.0</v>
+      </c>
+      <c r="Z23" t="n" s="29">
         <v>688.0</v>
       </c>
-      <c r="Y23" t="n" s="29">
+      <c r="AA23" t="n" s="29">
         <v>632.0</v>
       </c>
-      <c r="Z23" t="n" s="29">
+      <c r="AB23" t="n" s="29">
         <v>627.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>427.0</v>
       </c>
       <c r="AC23" t="n" s="29">
         <v>427.0</v>
       </c>
       <c r="AD23" t="n" s="29">
+        <v>427.0</v>
+      </c>
+      <c r="AE23" t="n" s="29">
+        <v>427.0</v>
+      </c>
+      <c r="AF23" t="n" s="29">
         <v>403.0</v>
       </c>
-      <c r="AE23" t="n" s="29">
+      <c r="AG23" t="n" s="29">
         <v>381.0</v>
       </c>
-      <c r="AF23" t="n" s="29">
+      <c r="AH23" t="n" s="29">
         <v>361.0</v>
       </c>
-      <c r="AG23" t="n" s="29">
+      <c r="AI23" t="n" s="29">
         <v>393.0</v>
       </c>
-      <c r="AH23" t="n" s="29">
+      <c r="AJ23" t="n" s="29">
         <v>387.0</v>
       </c>
-      <c r="AI23" t="n" s="29">
+      <c r="AK23" t="n" s="29">
         <v>383.0</v>
       </c>
-      <c r="AJ23" t="n" s="29">
+      <c r="AL23" t="n" s="29">
         <v>368.0</v>
       </c>
-      <c r="AK23" t="n" s="29">
+      <c r="AM23" t="n" s="29">
         <v>367.0</v>
       </c>
-      <c r="AL23" t="n" s="29">
+      <c r="AN23" t="n" s="29">
         <v>366.0</v>
       </c>
-      <c r="AM23" t="n" s="29">
+      <c r="AO23" t="n" s="29">
         <v>365.0</v>
       </c>
-      <c r="AN23" t="n" s="29">
+      <c r="AP23" t="n" s="29">
         <v>344.0</v>
       </c>
-      <c r="AO23" t="n" s="29">
+      <c r="AQ23" t="n" s="29">
         <v>335.0</v>
       </c>
-      <c r="AP23" t="n" s="29">
+      <c r="AR23" t="n" s="29">
         <v>334.0</v>
       </c>
-      <c r="AQ23" t="n" s="29">
+      <c r="AS23" t="n" s="29">
         <v>332.0</v>
       </c>
-      <c r="AR23" t="n" s="29">
+      <c r="AT23" t="n" s="29">
         <v>329.0</v>
       </c>
-      <c r="AS23" t="n" s="29">
+      <c r="AU23" t="n" s="29">
         <v>326.0</v>
       </c>
-      <c r="AT23" t="n" s="29">
+      <c r="AV23" t="n" s="29">
         <v>323.0</v>
       </c>
-      <c r="AU23" t="n" s="29">
+      <c r="AW23" t="n" s="29">
         <v>320.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>344.0</v>
       </c>
       <c r="AX23" t="n" s="29">
         <v>344.0</v>
       </c>
       <c r="AY23" t="n" s="29">
+        <v>344.0</v>
+      </c>
+      <c r="AZ23" t="n" s="29">
+        <v>344.0</v>
+      </c>
+      <c r="BA23" t="n" s="29">
         <v>316.0</v>
       </c>
-      <c r="AZ23" t="n" s="29">
+      <c r="BB23" t="n" s="29">
         <v>338.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>328.0</v>
       </c>
       <c r="BC23" t="n" s="29">
         <v>328.0</v>
       </c>
       <c r="BD23" t="n" s="29">
+        <v>328.0</v>
+      </c>
+      <c r="BE23" t="n" s="29">
+        <v>328.0</v>
+      </c>
+      <c r="BF23" t="n" s="29">
         <v>178.0</v>
       </c>
-      <c r="BE23" t="n" s="29">
+      <c r="BG23" t="n" s="29">
         <v>179.0</v>
       </c>
-      <c r="BF23" t="n" s="29">
+      <c r="BH23" t="n" s="29">
         <v>181.0</v>
       </c>
-      <c r="BG23" t="n" s="29">
+      <c r="BI23" t="n" s="29">
         <v>285.0</v>
       </c>
-      <c r="BH23" t="n" s="29">
+      <c r="BJ23" t="n" s="29">
         <v>114.0</v>
       </c>
-      <c r="BI23" t="n" s="29">
+      <c r="BK23" t="n" s="29">
         <v>114439.0</v>
       </c>
-      <c r="BJ23" t="n" s="29">
+      <c r="BL23" t="n" s="29">
         <v>116.0</v>
       </c>
-      <c r="BK23" t="n" s="29">
+      <c r="BM23" t="n" s="29">
         <v>101.0</v>
       </c>
-      <c r="BL23" t="n" s="29">
+      <c r="BN23" t="n" s="29">
         <v>144.0</v>
       </c>
-      <c r="BM23" t="n" s="29">
+      <c r="BO23" t="n" s="29">
         <v>38.0</v>
       </c>
-      <c r="BN23" t="n" s="29">
+      <c r="BP23" t="n" s="29">
         <v>40.0</v>
       </c>
-      <c r="BO23" t="n" s="29">
+      <c r="BQ23" t="n" s="29">
         <v>40.0</v>
       </c>
-      <c r="BP23" t="n" s="29">
+      <c r="BR23" t="n" s="29">
         <v>12263.0</v>
       </c>
-      <c r="BQ23" t="n" s="29">
+      <c r="BS23" t="n" s="29">
         <v>15.0</v>
       </c>
-      <c r="BR23" t="n" s="29">
+      <c r="BT23" t="n" s="29">
         <v>15.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B24" t="n" s="30">
+        <v>9305.0</v>
+      </c>
+      <c r="C24" t="n" s="30">
+        <v>7308.0</v>
+      </c>
+      <c r="D24" t="n" s="30">
         <v>9088.0</v>
       </c>
-      <c r="C24" t="n" s="30">
+      <c r="E24" t="n" s="30">
         <v>5434.0</v>
       </c>
-      <c r="D24" t="n" s="30">
+      <c r="F24" t="n" s="30">
         <v>9727.0</v>
       </c>
-      <c r="E24" t="n" s="30">
+      <c r="G24" t="n" s="30">
         <v>6843.0</v>
       </c>
-      <c r="F24" t="n" s="30">
+      <c r="H24" t="n" s="30">
         <v>9015.0</v>
       </c>
-      <c r="G24" t="n" s="30">
+      <c r="I24" t="n" s="30">
         <v>5514.0</v>
       </c>
-      <c r="H24" t="n" s="30">
+      <c r="J24" t="n" s="30">
         <v>8475.0</v>
       </c>
-      <c r="I24" t="n" s="30">
+      <c r="K24" t="n" s="30">
         <v>7550.0</v>
       </c>
-      <c r="J24" t="n" s="30">
+      <c r="L24" t="n" s="30">
         <v>9109.0</v>
       </c>
-      <c r="K24" t="n" s="30">
+      <c r="M24" t="n" s="30">
         <v>5493.0</v>
       </c>
-      <c r="L24" t="n" s="30">
+      <c r="N24" t="n" s="30">
         <v>8298.0</v>
       </c>
-      <c r="M24" t="n" s="30">
+      <c r="O24" t="n" s="30">
         <v>6429.0</v>
       </c>
-      <c r="N24" t="n" s="30">
+      <c r="P24" t="n" s="30">
         <v>10189.0</v>
       </c>
-      <c r="O24" t="n" s="30">
+      <c r="Q24" t="n" s="30">
         <v>7513.0</v>
       </c>
-      <c r="P24" t="n" s="30">
+      <c r="R24" t="n" s="30">
         <v>7001.0</v>
       </c>
-      <c r="Q24" t="n" s="30">
+      <c r="S24" t="n" s="30">
         <v>7619.0</v>
       </c>
-      <c r="R24" t="n" s="30">
+      <c r="T24" t="n" s="30">
         <v>9046.0</v>
       </c>
-      <c r="S24" t="n" s="30">
+      <c r="U24" t="n" s="30">
         <v>7575.0</v>
       </c>
-      <c r="T24" t="n" s="30">
+      <c r="V24" t="n" s="30">
         <v>6788.0</v>
       </c>
-      <c r="U24" t="n" s="30">
+      <c r="W24" t="n" s="30">
         <v>5781.0</v>
       </c>
-      <c r="V24" t="n" s="30">
+      <c r="X24" t="n" s="30">
         <v>5055.0</v>
       </c>
-      <c r="W24" t="n" s="30">
+      <c r="Y24" t="n" s="30">
         <v>6548.0</v>
       </c>
-      <c r="X24" t="n" s="30">
+      <c r="Z24" t="n" s="30">
         <v>6877.0</v>
       </c>
-      <c r="Y24" t="n" s="30">
+      <c r="AA24" t="n" s="30">
         <v>4718.0</v>
       </c>
-      <c r="Z24" t="n" s="30">
+      <c r="AB24" t="n" s="30">
         <v>6160.0</v>
       </c>
-      <c r="AA24" t="n" s="30">
+      <c r="AC24" t="n" s="30">
         <v>5120.0</v>
       </c>
-      <c r="AB24" t="n" s="30">
+      <c r="AD24" t="n" s="30">
         <v>4075.0</v>
       </c>
-      <c r="AC24" t="n" s="30">
+      <c r="AE24" t="n" s="30">
         <v>5538.0</v>
       </c>
-      <c r="AD24" t="n" s="30">
+      <c r="AF24" t="n" s="30">
         <v>6270.0</v>
       </c>
-      <c r="AE24" t="n" s="30">
+      <c r="AG24" t="n" s="30">
         <v>4190.0</v>
       </c>
-      <c r="AF24" t="n" s="30">
+      <c r="AH24" t="n" s="30">
         <v>4981.0</v>
       </c>
-      <c r="AG24" t="n" s="30">
+      <c r="AI24" t="n" s="30">
         <v>5000.0</v>
       </c>
-      <c r="AH24" t="n" s="30">
+      <c r="AJ24" t="n" s="30">
         <v>5598.0</v>
       </c>
-      <c r="AI24" t="n" s="30">
+      <c r="AK24" t="n" s="30">
         <v>2378.0</v>
       </c>
-      <c r="AJ24" t="n" s="30">
+      <c r="AL24" t="n" s="30">
         <v>6276.0</v>
       </c>
-      <c r="AK24" t="n" s="30">
+      <c r="AM24" t="n" s="30">
         <v>3123.0</v>
       </c>
-      <c r="AL24" t="n" s="30">
+      <c r="AN24" t="n" s="30">
         <v>8006.0</v>
       </c>
-      <c r="AM24" t="n" s="30">
+      <c r="AO24" t="n" s="30">
         <v>2581.0</v>
       </c>
-      <c r="AN24" t="n" s="30">
+      <c r="AP24" t="n" s="30">
         <v>4694.0</v>
       </c>
-      <c r="AO24" t="n" s="30">
+      <c r="AQ24" t="n" s="30">
         <v>3038.0</v>
       </c>
-      <c r="AP24" t="n" s="30">
+      <c r="AR24" t="n" s="30">
         <v>4548.0</v>
       </c>
-      <c r="AQ24" t="n" s="30">
+      <c r="AS24" t="n" s="30">
         <v>1883.0</v>
       </c>
-      <c r="AR24" t="n" s="30">
+      <c r="AT24" t="n" s="30">
         <v>4828.0</v>
       </c>
-      <c r="AS24" t="n" s="30">
+      <c r="AU24" t="n" s="30">
         <v>3140.0</v>
       </c>
-      <c r="AT24" t="n" s="30">
+      <c r="AV24" t="n" s="30">
         <v>5017.0</v>
       </c>
-      <c r="AU24" t="n" s="30">
+      <c r="AW24" t="n" s="30">
         <v>3141.0</v>
       </c>
-      <c r="AV24" t="n" s="30">
+      <c r="AX24" t="n" s="30">
         <v>3663.0</v>
       </c>
-      <c r="AW24" t="n" s="30">
+      <c r="AY24" t="n" s="30">
         <v>3609.0</v>
       </c>
-      <c r="AX24" t="n" s="30">
+      <c r="AZ24" t="n" s="30">
         <v>5203.0</v>
       </c>
-      <c r="AY24" t="n" s="30">
+      <c r="BA24" t="n" s="30">
         <v>2973.0</v>
       </c>
-      <c r="AZ24" t="n" s="30">
+      <c r="BB24" t="n" s="30">
         <v>5089.0</v>
       </c>
-      <c r="BA24" t="n" s="30">
+      <c r="BC24" t="n" s="30">
         <v>3265.0</v>
       </c>
-      <c r="BB24" t="n" s="30">
+      <c r="BD24" t="n" s="30">
         <v>6216.0</v>
       </c>
-      <c r="BC24" t="n" s="30">
+      <c r="BE24" t="n" s="30">
         <v>3748.0</v>
       </c>
-      <c r="BD24" t="n" s="30">
+      <c r="BF24" t="n" s="30">
         <v>5248.0</v>
       </c>
-      <c r="BE24" t="n" s="30">
+      <c r="BG24" t="n" s="30">
         <v>4447.0</v>
       </c>
-      <c r="BF24" t="n" s="30">
+      <c r="BH24" t="n" s="30">
         <v>6501.0</v>
       </c>
-      <c r="BG24" t="n" s="30">
+      <c r="BI24" t="n" s="30">
         <v>4149.0</v>
       </c>
-      <c r="BH24" t="n" s="30">
+      <c r="BJ24" t="n" s="30">
         <v>6139.0</v>
       </c>
-      <c r="BI24" t="n" s="30">
+      <c r="BK24" t="n" s="30">
         <v>4613630.0</v>
       </c>
-      <c r="BJ24" t="n" s="30">
+      <c r="BL24" t="n" s="30">
         <v>6086.0</v>
       </c>
-      <c r="BK24" t="n" s="30">
+      <c r="BM24" t="n" s="30">
         <v>4285.0</v>
       </c>
-      <c r="BL24" t="n" s="30">
+      <c r="BN24" t="n" s="30">
         <v>5949.0</v>
       </c>
-      <c r="BM24" t="n" s="30">
+      <c r="BO24" t="n" s="30">
         <v>4059.0</v>
       </c>
-      <c r="BN24" t="n" s="30">
+      <c r="BP24" t="n" s="30">
         <v>3798.0</v>
       </c>
-      <c r="BO24" t="n" s="30">
+      <c r="BQ24" t="n" s="30">
         <v>3684.0</v>
       </c>
-      <c r="BP24" t="n" s="30">
+      <c r="BR24" t="n" s="30">
         <v>5945263.0</v>
       </c>
-      <c r="BQ24" t="n" s="30">
+      <c r="BS24" t="n" s="30">
         <v>4397.0</v>
       </c>
-      <c r="BR24" t="n" s="30">
+      <c r="BT24" t="n" s="30">
         <v>3967.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B25" t="n" s="31">
+        <v>19681.0</v>
+      </c>
+      <c r="C25" t="n" s="31">
+        <v>15534.0</v>
+      </c>
+      <c r="D25" t="n" s="31">
         <v>16490.0</v>
       </c>
-      <c r="C25" t="n" s="31">
+      <c r="E25" t="n" s="31">
         <v>15067.0</v>
       </c>
-      <c r="D25" t="n" s="31">
+      <c r="F25" t="n" s="31">
         <v>19845.0</v>
       </c>
-      <c r="E25" t="n" s="31">
+      <c r="G25" t="n" s="31">
         <v>14676.0</v>
       </c>
-      <c r="F25" t="n" s="31">
+      <c r="H25" t="n" s="31">
         <v>16407.0</v>
       </c>
-      <c r="G25" t="n" s="31">
+      <c r="I25" t="n" s="31">
         <v>14963.0</v>
       </c>
-      <c r="H25" t="n" s="31">
+      <c r="J25" t="n" s="31">
         <v>18213.0</v>
       </c>
-      <c r="I25" t="n" s="31">
+      <c r="K25" t="n" s="31">
         <v>15350.0</v>
       </c>
-      <c r="J25" t="n" s="31">
+      <c r="L25" t="n" s="31">
         <v>16451.0</v>
       </c>
-      <c r="K25" t="n" s="31">
+      <c r="M25" t="n" s="31">
         <v>15433.0</v>
       </c>
-      <c r="L25" t="n" s="31">
+      <c r="N25" t="n" s="31">
         <v>18604.0</v>
       </c>
-      <c r="M25" t="n" s="31">
+      <c r="O25" t="n" s="31">
         <v>14886.0</v>
       </c>
-      <c r="N25" t="n" s="31">
+      <c r="P25" t="n" s="31">
         <v>17904.0</v>
       </c>
-      <c r="O25" t="n" s="31">
+      <c r="Q25" t="n" s="31">
         <v>17244.0</v>
       </c>
-      <c r="P25" t="n" s="31">
+      <c r="R25" t="n" s="31">
         <v>14627.0</v>
       </c>
-      <c r="Q25" t="n" s="31">
+      <c r="S25" t="n" s="31">
         <v>14333.0</v>
       </c>
-      <c r="R25" t="n" s="31">
+      <c r="T25" t="n" s="31">
         <v>16973.0</v>
       </c>
-      <c r="S25" t="n" s="31">
+      <c r="U25" t="n" s="31">
         <v>14257.0</v>
       </c>
-      <c r="T25" t="n" s="31">
+      <c r="V25" t="n" s="31">
         <v>12786.0</v>
       </c>
-      <c r="U25" t="n" s="31">
+      <c r="W25" t="n" s="31">
         <v>12697.0</v>
       </c>
-      <c r="V25" t="n" s="31">
+      <c r="X25" t="n" s="31">
         <v>10667.0</v>
       </c>
-      <c r="W25" t="n" s="31">
+      <c r="Y25" t="n" s="31">
         <v>11731.0</v>
       </c>
-      <c r="X25" t="n" s="31">
+      <c r="Z25" t="n" s="31">
         <v>15362.0</v>
       </c>
-      <c r="Y25" t="n" s="31">
+      <c r="AA25" t="n" s="31">
         <v>10936.0</v>
       </c>
-      <c r="Z25" t="n" s="31">
+      <c r="AB25" t="n" s="31">
         <v>11738.0</v>
       </c>
-      <c r="AA25" t="n" s="31">
+      <c r="AC25" t="n" s="31">
         <v>12686.0</v>
       </c>
-      <c r="AB25" t="n" s="31">
+      <c r="AD25" t="n" s="31">
         <v>10011.0</v>
       </c>
-      <c r="AC25" t="n" s="31">
+      <c r="AE25" t="n" s="31">
         <v>11010.0</v>
       </c>
-      <c r="AD25" t="n" s="31">
+      <c r="AF25" t="n" s="31">
         <v>13721.0</v>
       </c>
-      <c r="AE25" t="n" s="31">
+      <c r="AG25" t="n" s="31">
         <v>10088.0</v>
       </c>
-      <c r="AF25" t="n" s="31">
+      <c r="AH25" t="n" s="31">
         <v>10384.0</v>
       </c>
-      <c r="AG25" t="n" s="31">
+      <c r="AI25" t="n" s="31">
         <v>11910.0</v>
       </c>
-      <c r="AH25" t="n" s="31">
+      <c r="AJ25" t="n" s="31">
         <v>10856.0</v>
       </c>
-      <c r="AI25" t="n" s="31">
+      <c r="AK25" t="n" s="31">
         <v>9677.0</v>
       </c>
-      <c r="AJ25" t="n" s="31">
+      <c r="AL25" t="n" s="31">
         <v>14108.0</v>
       </c>
-      <c r="AK25" t="n" s="31">
+      <c r="AM25" t="n" s="31">
         <v>9278.0</v>
       </c>
-      <c r="AL25" t="n" s="31">
+      <c r="AN25" t="n" s="31">
         <v>13909.0</v>
       </c>
-      <c r="AM25" t="n" s="31">
+      <c r="AO25" t="n" s="31">
         <v>13148.0</v>
       </c>
-      <c r="AN25" t="n" s="31">
+      <c r="AP25" t="n" s="31">
         <v>15596.0</v>
       </c>
-      <c r="AO25" t="n" s="31">
+      <c r="AQ25" t="n" s="31">
         <v>12748.0</v>
       </c>
-      <c r="AP25" t="n" s="31">
+      <c r="AR25" t="n" s="31">
         <v>13935.0</v>
       </c>
-      <c r="AQ25" t="n" s="31">
+      <c r="AS25" t="n" s="31">
         <v>12474.0</v>
       </c>
-      <c r="AR25" t="n" s="31">
+      <c r="AT25" t="n" s="31">
         <v>15789.0</v>
       </c>
-      <c r="AS25" t="n" s="31">
+      <c r="AU25" t="n" s="31">
         <v>12907.0</v>
       </c>
-      <c r="AT25" t="n" s="31">
+      <c r="AV25" t="n" s="31">
         <v>14540.0</v>
       </c>
-      <c r="AU25" t="n" s="31">
+      <c r="AW25" t="n" s="31">
         <v>14076.0</v>
       </c>
-      <c r="AV25" t="n" s="31">
+      <c r="AX25" t="n" s="31">
         <v>14993.0</v>
       </c>
-      <c r="AW25" t="n" s="31">
+      <c r="AY25" t="n" s="31">
         <v>13766.0</v>
       </c>
-      <c r="AX25" t="n" s="31">
+      <c r="AZ25" t="n" s="31">
         <v>15028.0</v>
       </c>
-      <c r="AY25" t="n" s="31">
+      <c r="BA25" t="n" s="31">
         <v>13907.0</v>
       </c>
-      <c r="AZ25" t="n" s="31">
+      <c r="BB25" t="n" s="31">
         <v>16378.0</v>
       </c>
-      <c r="BA25" t="n" s="31">
+      <c r="BC25" t="n" s="31">
         <v>13401.0</v>
       </c>
-      <c r="BB25" t="n" s="31">
+      <c r="BD25" t="n" s="31">
         <v>16167.0</v>
       </c>
-      <c r="BC25" t="n" s="31">
+      <c r="BE25" t="n" s="31">
         <v>15139.0</v>
       </c>
-      <c r="BD25" t="n" s="31">
+      <c r="BF25" t="n" s="31">
         <v>16530.0</v>
       </c>
-      <c r="BE25" t="n" s="31">
+      <c r="BG25" t="n" s="31">
         <v>14441.0</v>
       </c>
-      <c r="BF25" t="n" s="31">
+      <c r="BH25" t="n" s="31">
         <v>16122.0</v>
       </c>
-      <c r="BG25" t="n" s="31">
+      <c r="BI25" t="n" s="31">
         <v>17821.0</v>
       </c>
-      <c r="BH25" t="n" s="31">
+      <c r="BJ25" t="n" s="31">
         <v>19644.0</v>
       </c>
-      <c r="BI25" t="n" s="31">
+      <c r="BK25" t="n" s="31">
         <v>1.6749395E7</v>
       </c>
-      <c r="BJ25" t="n" s="31">
+      <c r="BL25" t="n" s="31">
         <v>17411.0</v>
       </c>
-      <c r="BK25" t="n" s="31">
+      <c r="BM25" t="n" s="31">
         <v>17074.0</v>
       </c>
-      <c r="BL25" t="n" s="31">
+      <c r="BN25" t="n" s="31">
         <v>18867.0</v>
       </c>
-      <c r="BM25" t="n" s="31">
+      <c r="BO25" t="n" s="31">
         <v>15495.0</v>
       </c>
-      <c r="BN25" t="n" s="31">
+      <c r="BP25" t="n" s="31">
         <v>16461.0</v>
       </c>
-      <c r="BO25" t="n" s="31">
+      <c r="BQ25" t="n" s="31">
         <v>15594.0</v>
       </c>
-      <c r="BP25" t="n" s="31">
+      <c r="BR25" t="n" s="31">
         <v>1.7914998E7</v>
       </c>
-      <c r="BQ25" t="n" s="31">
+      <c r="BS25" t="n" s="31">
         <v>15081.0</v>
       </c>
-      <c r="BR25" t="n" s="31">
+      <c r="BT25" t="n" s="31">
         <v>15751.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B28" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B29" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="B28:BR28"/>
-[...6 lines deleted...]
-    <mergeCell ref="A35:BR35"/>
+    <mergeCell ref="B28:BT28"/>
+    <mergeCell ref="B29:BT29"/>
+    <mergeCell ref="B30:BT30"/>
+    <mergeCell ref="B31:BT31"/>
+    <mergeCell ref="B32:BT32"/>
+    <mergeCell ref="A1:BT1"/>
+    <mergeCell ref="A2:BT2"/>
+    <mergeCell ref="A35:BT35"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>